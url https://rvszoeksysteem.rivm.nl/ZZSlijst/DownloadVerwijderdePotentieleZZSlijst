--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06f32f05faad4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/414dd67039b642ffbcf2c9b23b1dbc12.psmdcp" Id="Rdc4d1ff08aa74645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f09c6decb7047d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e05e483e990489fad12a5fc692e29a8.psmdcp" Id="Rbd86f3606881441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>