--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f09c6decb7047d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e05e483e990489fad12a5fc692e29a8.psmdcp" Id="Rbd86f3606881441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e6be4a71e04db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/452d7d023d494e00a626423a26f5a32b.psmdcp" Id="Rb7635c61be804158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -1004,50 +1004,53 @@
   <x:si>
     <x:t>203-080-7</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexylacrylaat</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl acrylate</x:t>
   </x:si>
   <x:si>
     <x:t>138495-42-8</x:t>
   </x:si>
   <x:si>
     <x:t>2H,3H-decafluoropentaan</x:t>
   </x:si>
   <x:si>
     <x:t>2H,3H-decafluoropentane</x:t>
   </x:si>
   <x:si>
     <x:t>868-77-9</x:t>
   </x:si>
   <x:si>
     <x:t>212-782-2</x:t>
   </x:si>
   <x:si>
+    <x:t>2-hydroxyethyl methacrylaat</x:t>
+  </x:si>
+  <x:si>
     <x:t>2-hydroxyethyl methacrylate</x:t>
   </x:si>
   <x:si>
     <x:t>75-65-0</x:t>
   </x:si>
   <x:si>
     <x:t>200-889-7</x:t>
   </x:si>
   <x:si>
     <x:t>2-methyl-2-propanol</x:t>
   </x:si>
   <x:si>
     <x:t>2-methylpropan-2-ol</x:t>
   </x:si>
   <x:si>
     <x:t>58190-62-8</x:t>
   </x:si>
   <x:si>
     <x:t>700-810-0</x:t>
   </x:si>
   <x:si>
     <x:t>2-pentanone, O,O',O''-(ethenylsilylidyne)trioxime</x:t>
   </x:si>
   <x:si>
     <x:t>1170315-90-8</x:t>
@@ -1298,54 +1301,54 @@
   <x:si>
     <x:t>219-785-8</x:t>
   </x:si>
   <x:si>
     <x:t>3-trimethoxysilylpropyl methacrylate</x:t>
   </x:si>
   <x:si>
     <x:t>77-40-7</x:t>
   </x:si>
   <x:si>
     <x:t>201-025-1</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-(1-methylpropylideen)bisfenol</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-(1-methylpropylidene)bisphenol</x:t>
   </x:si>
   <x:si>
     <x:t>1478-61-1</x:t>
   </x:si>
   <x:si>
     <x:t>216-036-7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen] difenol</x:t>
-[...2 lines deleted...]
-    <x:t>4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene] diphenol</x:t>
+    <x:t>4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]difenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof is oorspronkelijk van de pZZS-lijst verwijderd omdat er een zelfclassificatie als CMR 1A of 1B was. Omdat deze stof tot de ZZS-stofgroep PFAS behoort, is deze stof inmiddels op de ZZS-lijst geplaatst.</x:t>
   </x:si>
   <x:si>
     <x:t>90-93-7</x:t>
   </x:si>
   <x:si>
     <x:t>202-025-4</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-bis(diethylamino)benzophenone</x:t>
   </x:si>
   <x:si>
     <x:t>101-68-8</x:t>
   </x:si>
   <x:si>
     <x:t>202-966-0</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-methyleendifenyldiisocyanaat</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-methylenediphenyl diisocyanate</x:t>
   </x:si>
@@ -2279,53 +2282,50 @@
   <x:si>
     <x:t>693-21-0</x:t>
   </x:si>
   <x:si>
     <x:t>211-745-8</x:t>
   </x:si>
   <x:si>
     <x:t>diethyleenglycoldinitraat</x:t>
   </x:si>
   <x:si>
     <x:t>oxydiethylene dinitrate</x:t>
   </x:si>
   <x:si>
     <x:t>67-43-6</x:t>
   </x:si>
   <x:si>
     <x:t>200-652-8</x:t>
   </x:si>
   <x:si>
     <x:t>di-ethyleentriaminepenta-azijnzuur</x:t>
   </x:si>
   <x:si>
     <x:t>N-carboxymethyliminobis(ethylenenitrilo)tetra(acetic acid)</x:t>
   </x:si>
   <x:si>
-    <x:t>Deze stof staat nog niet als ZZS in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>75980-60-8</x:t>
   </x:si>
   <x:si>
     <x:t>278-355-8</x:t>
   </x:si>
   <x:si>
     <x:t>difenyl(2,4,6-trimethylbenzoyl) fosfineoxide</x:t>
   </x:si>
   <x:si>
     <x:t>diphenyl(2,4,6-trimethylbenzoyl) phosphine oxide</x:t>
   </x:si>
   <x:si>
     <x:t>5-11-2019</x:t>
   </x:si>
   <x:si>
     <x:t>102-06-7</x:t>
   </x:si>
   <x:si>
     <x:t>203-002-1</x:t>
   </x:si>
   <x:si>
     <x:t>difenylguanidine</x:t>
   </x:si>
   <x:si>
     <x:t>1,3-diphenylguanidine</x:t>
@@ -3776,51 +3776,51 @@
   <x:si>
     <x:t>206-800-8</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorheptaansulfonaat</x:t>
   </x:si>
   <x:si>
     <x:t>1,1,2,2,3,3,4,4,5,5,6,6,7,7,7-pentadecafluoroheptane-1-sulphonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>375-85-9</x:t>
   </x:si>
   <x:si>
     <x:t>206-798-9</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorheptaanzuur</x:t>
   </x:si>
   <x:si>
     <x:t>perfluoroheptanoic acid</x:t>
   </x:si>
   <x:si>
     <x:t>29-3-2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Deze stof staat nog niet als ZZS in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel. Deze stof heeft een dampspanning groter dan 10 Pa, op basis van andere stofeigenschappen wordt echter ingeschat dat de stof niet gasvormig geëmitteerd zal worden maar aan aerosolen zal sorberen. Op basis hiervan wordt de stofklasse MVP 1 geadviseerd.</x:t>
+    <x:t>Deze stof staat nog niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel. Deze stof heeft een dampspanning groter dan 10 Pa, op basis van andere stofeigenschappen wordt echter ingeschat dat de stof niet gasvormig geëmitteerd zal worden maar aan aerosolen zal sorberen. Op basis hiervan wordt de stofklasse MVP 1 geadviseerd.</x:t>
   </x:si>
   <x:si>
     <x:t>355-42-0</x:t>
   </x:si>
   <x:si>
     <x:t>206-585-0</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorhexaan</x:t>
   </x:si>
   <x:si>
     <x:t>perflexane</x:t>
   </x:si>
   <x:si>
     <x:t>67905-19-5</x:t>
   </x:si>
   <x:si>
     <x:t>267-638-1</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorhexadecanoaat</x:t>
   </x:si>
   <x:si>
     <x:t>perfluoropalmitic acid</x:t>
   </x:si>
@@ -7527,4088 +7527,4088 @@
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11">
       <x:c r="A77" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11">
       <x:c r="A78" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11">
       <x:c r="A79" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11">
       <x:c r="A80" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11">
       <x:c r="A81" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11">
       <x:c r="A82" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11">
       <x:c r="A83" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11">
       <x:c r="A84" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11">
       <x:c r="A85" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11">
       <x:c r="A86" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11">
       <x:c r="A87" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11">
       <x:c r="A88" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11">
       <x:c r="A89" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11">
       <x:c r="A90" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11">
       <x:c r="A91" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11">
       <x:c r="A92" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11">
       <x:c r="A93" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11">
       <x:c r="A94" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11">
       <x:c r="A95" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11">
       <x:c r="A96" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11">
       <x:c r="A97" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11">
       <x:c r="A98" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11">
       <x:c r="A99" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11">
       <x:c r="A100" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11">
       <x:c r="A101" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11">
       <x:c r="A102" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11">
       <x:c r="A103" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11">
       <x:c r="A104" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11">
       <x:c r="A105" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11">
       <x:c r="A106" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11">
       <x:c r="A107" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11">
       <x:c r="A108" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11">
       <x:c r="A109" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11">
       <x:c r="A110" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11">
       <x:c r="A111" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11">
       <x:c r="A112" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11">
       <x:c r="A113" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11">
       <x:c r="A114" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11">
       <x:c r="A115" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11">
       <x:c r="A116" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11">
       <x:c r="A117" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11">
       <x:c r="A118" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11">
       <x:c r="A119" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11">
       <x:c r="A120" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11">
       <x:c r="A121" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11">
       <x:c r="A122" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11">
       <x:c r="A123" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11">
       <x:c r="A124" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11">
       <x:c r="A125" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11">
       <x:c r="A126" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11">
       <x:c r="A127" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11">
       <x:c r="A128" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11">
       <x:c r="A129" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11">
       <x:c r="A130" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11">
       <x:c r="A131" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11">
       <x:c r="A132" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11">
       <x:c r="A133" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11">
       <x:c r="A134" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11">
       <x:c r="A135" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11">
       <x:c r="A136" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11">
       <x:c r="A137" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11">
       <x:c r="A138" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11">
       <x:c r="A139" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11">
       <x:c r="A140" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11">
       <x:c r="A141" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11">
       <x:c r="A142" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11">
       <x:c r="A143" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11">
       <x:c r="A144" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11">
       <x:c r="A145" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11">
       <x:c r="A146" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11">
       <x:c r="A147" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11">
       <x:c r="A148" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11">
       <x:c r="A149" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11">
       <x:c r="A150" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11">
       <x:c r="A151" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11">
       <x:c r="A152" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11">
       <x:c r="A153" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11">
       <x:c r="A154" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11">
       <x:c r="A155" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11">
       <x:c r="A156" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11">
       <x:c r="A157" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11">
       <x:c r="A158" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11">
       <x:c r="A159" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11">
       <x:c r="A160" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11">
       <x:c r="A161" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11">
       <x:c r="A162" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11">
       <x:c r="A163" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11">
       <x:c r="A164" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11">
       <x:c r="A165" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11">
       <x:c r="A166" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="C166" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="D166" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="E166" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F166" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G166" s="0" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="H166" s="0" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11">
       <x:c r="A167" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11">
       <x:c r="A168" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11">
       <x:c r="A169" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11">
       <x:c r="A170" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11">
       <x:c r="A171" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11">
       <x:c r="A172" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11">
       <x:c r="A173" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11">
       <x:c r="A174" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11">
       <x:c r="A175" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11">
       <x:c r="A176" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11">
       <x:c r="A177" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11">
       <x:c r="A178" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11">
       <x:c r="A179" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11">
       <x:c r="A180" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11">
       <x:c r="A181" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11">
       <x:c r="A182" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11">
       <x:c r="A183" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11">
       <x:c r="A184" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11">
       <x:c r="A185" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11">
       <x:c r="A186" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11">
       <x:c r="A187" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11">
       <x:c r="A188" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11">
       <x:c r="A189" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11">
       <x:c r="A190" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11">
       <x:c r="A191" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11">
       <x:c r="A192" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11">
       <x:c r="A193" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
@@ -11701,51 +11701,51 @@
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11">
       <x:c r="A196" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11">
       <x:c r="A197" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
@@ -11771,86 +11771,86 @@
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11">
       <x:c r="A198" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11">
       <x:c r="A199" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11">
       <x:c r="A200" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
@@ -12051,51 +12051,51 @@
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11">
       <x:c r="A206" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11">
       <x:c r="A207" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
@@ -12261,51 +12261,51 @@
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11">
       <x:c r="A212" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11">
       <x:c r="A213" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
@@ -12331,86 +12331,86 @@
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11">
       <x:c r="A214" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11">
       <x:c r="A215" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11">
       <x:c r="A216" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
@@ -12646,86 +12646,86 @@
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11">
       <x:c r="A223" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11">
       <x:c r="A224" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11">
       <x:c r="A225" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
@@ -12926,51 +12926,51 @@
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11">
       <x:c r="A231" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11">
       <x:c r="A232" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
@@ -12996,51 +12996,51 @@
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11">
       <x:c r="A233" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11">
       <x:c r="A234" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
@@ -13276,86 +13276,86 @@
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11">
       <x:c r="A241" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11">
       <x:c r="A242" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11">
       <x:c r="A243" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
@@ -13521,51 +13521,51 @@
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11">
       <x:c r="A248" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11">
       <x:c r="A249" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
@@ -14116,51 +14116,51 @@
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11">
       <x:c r="A265" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11">
       <x:c r="A266" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
@@ -14186,51 +14186,51 @@
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11">
       <x:c r="A267" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11">
       <x:c r="A268" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
@@ -14326,51 +14326,51 @@
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11">
       <x:c r="A271" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11">
       <x:c r="A272" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
@@ -14571,51 +14571,51 @@
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11">
       <x:c r="A278" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11">
       <x:c r="A279" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
@@ -14781,51 +14781,51 @@
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11">
       <x:c r="A284" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11">
       <x:c r="A285" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
@@ -15061,156 +15061,156 @@
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11">
       <x:c r="A292" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11">
       <x:c r="A293" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11">
       <x:c r="A294" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11">
       <x:c r="A295" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11">
       <x:c r="A296" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
@@ -15516,51 +15516,51 @@
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11">
       <x:c r="A305" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11">
       <x:c r="A306" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
@@ -15656,51 +15656,51 @@
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11">
       <x:c r="A309" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11">
       <x:c r="A310" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
@@ -15901,51 +15901,51 @@
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11">
       <x:c r="A316" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11">
       <x:c r="A317" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
@@ -15971,86 +15971,86 @@
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11">
       <x:c r="A318" s="1" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11">
       <x:c r="A319" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11">
       <x:c r="A320" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
@@ -16671,51 +16671,51 @@
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11">
       <x:c r="A338" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11">
       <x:c r="A339" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
@@ -16881,51 +16881,51 @@
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11">
       <x:c r="A344" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11">
       <x:c r="A345" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
@@ -16951,86 +16951,86 @@
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11">
       <x:c r="A346" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11">
       <x:c r="A347" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11">
       <x:c r="A348" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
@@ -17301,51 +17301,51 @@
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11">
       <x:c r="A356" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11">
       <x:c r="A357" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
@@ -17581,51 +17581,51 @@
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:11">
       <x:c r="A364" s="1" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11">
       <x:c r="A365" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
@@ -17651,51 +17651,51 @@
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11">
       <x:c r="A366" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:11">
       <x:c r="A367" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
@@ -17791,51 +17791,51 @@
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11">
       <x:c r="A370" s="1" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11">
       <x:c r="A371" s="1" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
@@ -18071,57 +18071,57 @@
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11">
       <x:c r="A378" s="1" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11">
       <x:c r="A379" s="1" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
@@ -18211,51 +18211,51 @@
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11">
       <x:c r="A382" s="1" t="s">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11">
       <x:c r="A383" s="1" t="s">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
@@ -18561,51 +18561,51 @@
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11">
       <x:c r="A392" s="1" t="s">
         <x:v>1464</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11">
       <x:c r="A393" s="1" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
@@ -18631,54 +18631,54 @@
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11">
       <x:c r="A394" s="1" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11">
       <x:c r="A395" s="1" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
@@ -18701,51 +18701,51 @@
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11">
       <x:c r="A396" s="1" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 