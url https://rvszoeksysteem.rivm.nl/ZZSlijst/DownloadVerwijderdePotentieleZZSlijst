--- v2 (2025-11-17)
+++ v3 (2025-12-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e6be4a71e04db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/452d7d023d494e00a626423a26f5a32b.psmdcp" Id="Rb7635c61be804158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cf39bc32a6a4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/317cd2c1bdc34a0e8e863195c779fcba.psmdcp" Id="R8a870dab6f004ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -3512,51 +3512,51 @@
   <x:si>
     <x:t>perflutren</x:t>
   </x:si>
   <x:si>
     <x:t>556-67-2</x:t>
   </x:si>
   <x:si>
     <x:t>209-136-7</x:t>
   </x:si>
   <x:si>
     <x:t>octamethyltetrasiloxaan</x:t>
   </x:si>
   <x:si>
     <x:t>octamethylcyclotetrasiloxane</x:t>
   </x:si>
   <x:si>
     <x:t>107-51-7</x:t>
   </x:si>
   <x:si>
     <x:t>203-497-4</x:t>
   </x:si>
   <x:si>
     <x:t>octamethyltrisiloxaan</x:t>
   </x:si>
   <x:si>
-    <x:t>Octamethyltrisiloxane</x:t>
+    <x:t>octamethyltrisiloxane</x:t>
   </x:si>
   <x:si>
     <x:t>700-960-7</x:t>
   </x:si>
   <x:si>
     <x:t>oligomerisatie- en alkyleringsreactieproducten van 2-fenylpropeen en fenol</x:t>
   </x:si>
   <x:si>
     <x:t>oligomerisation and alkylation reaction products of 2-phenylpropene and phenol</x:t>
   </x:si>
   <x:si>
     <x:t>26038-87-9</x:t>
   </x:si>
   <x:si>
     <x:t>247-421-8</x:t>
   </x:si>
   <x:si>
     <x:t>orthoboorzuur, verbinding met 2-aminoethanol</x:t>
   </x:si>
   <x:si>
     <x:t>orthoboric acid, compound with 2-aminoethanol</x:t>
   </x:si>
   <x:si>
     <x:t>19-11-2019</x:t>
   </x:si>