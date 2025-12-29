--- v3 (2025-12-08)
+++ v4 (2025-12-29)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cf39bc32a6a4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/317cd2c1bdc34a0e8e863195c779fcba.psmdcp" Id="R8a870dab6f004ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8989204c86984149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/728e27fd392048eb889cb62d34de89f5.psmdcp" Id="Rf3f055cbc9684c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>