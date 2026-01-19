--- v4 (2025-12-29)
+++ v5 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8989204c86984149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/728e27fd392048eb889cb62d34de89f5.psmdcp" Id="Rf3f055cbc9684c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree94043d54504285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ece43169d7974846b588e8ea597fcca1.psmdcp" Id="R87791b04145e4142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>