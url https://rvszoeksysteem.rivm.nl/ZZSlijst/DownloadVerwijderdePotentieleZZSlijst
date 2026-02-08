--- v5 (2026-01-19)
+++ v6 (2026-02-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree94043d54504285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ece43169d7974846b588e8ea597fcca1.psmdcp" Id="R87791b04145e4142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e30740313574210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0109c16a9e6846e4b314fe4a224c11ec.psmdcp" Id="Re03c43d5a52a48cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>