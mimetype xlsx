--- v6 (2026-02-08)
+++ v7 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e30740313574210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0109c16a9e6846e4b314fe4a224c11ec.psmdcp" Id="Re03c43d5a52a48cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3ed7faedfa45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34dddd77f5244648b004ba9f2c66495c.psmdcp" Id="Rdf35777174b840c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -848,51 +848,51 @@
   <x:si>
     <x:t>1,4-dichloro-2-nitrobenzene</x:t>
   </x:si>
   <x:si>
     <x:t>10-1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>88-58-4</x:t>
   </x:si>
   <x:si>
     <x:t>201-841-8</x:t>
   </x:si>
   <x:si>
     <x:t>2,5-di-tert-butylhydroquinon</x:t>
   </x:si>
   <x:si>
     <x:t>2,5-di-tert-butylhydroquinone</x:t>
   </x:si>
   <x:si>
     <x:t>3891-98-3</x:t>
   </x:si>
   <x:si>
     <x:t>622-542-2</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">2,6,10-trimethyldodecaan </x:t>
+    <x:t>2,6,10-trimethyldodecaan</x:t>
   </x:si>
   <x:si>
     <x:t>2,6,10-trimethyldodecane</x:t>
   </x:si>
   <x:si>
     <x:t>12-07-2022</x:t>
   </x:si>
   <x:si>
     <x:t>128-37-0</x:t>
   </x:si>
   <x:si>
     <x:t>204-881-4</x:t>
   </x:si>
   <x:si>
     <x:t>2,6-di-tert-butyl-p-kresol</x:t>
   </x:si>
   <x:si>
     <x:t>2,6-di-tert-butyl-p-cresol</x:t>
   </x:si>
   <x:si>
     <x:t>91-08-7</x:t>
   </x:si>
   <x:si>
     <x:t>202-039-0</x:t>
   </x:si>
@@ -1079,51 +1079,51 @@
   <x:si>
     <x:t>2-trifluormethylaniline</x:t>
   </x:si>
   <x:si>
     <x:t>2-(trifluoromethyl)aniline</x:t>
   </x:si>
   <x:si>
     <x:t>232938-43-1</x:t>
   </x:si>
   <x:si>
     <x:t>432-520-2</x:t>
   </x:si>
   <x:si>
     <x:t>3-({[(4-methylphenyl)sulfonyl]carbamoyl}amino)phenyl 4-methylbenzenesulfonate</x:t>
   </x:si>
   <x:si>
     <x:t>3-({[(4-methylphenyl)sulfonyl]carbamoyl}amino)phenyl 4-methylbenzenesulfonat</x:t>
   </x:si>
   <x:si>
     <x:t>19430-93-4</x:t>
   </x:si>
   <x:si>
     <x:t>243-053-7</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">3,3,4,4,5,5,6,6,6-nonafluorhexeen </x:t>
+    <x:t>3,3,4,4,5,5,6,6,6-nonafluorhexeen</x:t>
   </x:si>
   <x:si>
     <x:t>3,3,4,4,5,5,6,6,6-nonafluorohexene</x:t>
   </x:si>
   <x:si>
     <x:t>27619-97-2</x:t>
   </x:si>
   <x:si>
     <x:t>248-580-6</x:t>
   </x:si>
   <x:si>
     <x:t>3,3,4,4,5,5,6,6,7,7,8,8,8-tridecafluoroctaansulfonzuur</x:t>
   </x:si>
   <x:si>
     <x:t>3,3,4,4,5,5,6,6,7,7,8,8,8-tridecafluorooctanesulphonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>17527-29-6</x:t>
   </x:si>
   <x:si>
     <x:t>241-527-8</x:t>
   </x:si>
   <x:si>
     <x:t>3,3,4,4,5,5,6,6,7,7,8,8,8-tridecafluoroctylacrylaat</x:t>
   </x:si>
@@ -2045,51 +2045,51 @@
   <x:si>
     <x:t>96-29-7</x:t>
   </x:si>
   <x:si>
     <x:t>202-496-6</x:t>
   </x:si>
   <x:si>
     <x:t>butanon oxime</x:t>
   </x:si>
   <x:si>
     <x:t>2-butanone oxime</x:t>
   </x:si>
   <x:si>
     <x:t>24-3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>85535-85-9</x:t>
   </x:si>
   <x:si>
     <x:t>287-477-0</x:t>
   </x:si>
   <x:si>
     <x:t>C14-17-chlooralkanen</x:t>
   </x:si>
   <x:si>
-    <x:t>Alkanes, C14-17, chloro</x:t>
+    <x:t>alkanes, C14-17, chloro</x:t>
   </x:si>
   <x:si>
     <x:t>12007-56-6</x:t>
   </x:si>
   <x:si>
     <x:t>234-511-7</x:t>
   </x:si>
   <x:si>
     <x:t>calcium tetraboraat</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">calcium tetraborate </x:t>
   </x:si>
   <x:si>
     <x:t>1333-86-4</x:t>
   </x:si>
   <x:si>
     <x:t>215-609-9</x:t>
   </x:si>
   <x:si>
     <x:t>carbon black</x:t>
   </x:si>
   <x:si>
     <x:t>353-50-4</x:t>
   </x:si>
@@ -2450,53 +2450,50 @@
   <x:si>
     <x:t>di-tert-pentyl peroxide</x:t>
   </x:si>
   <x:si>
     <x:t>85507-79-5</x:t>
   </x:si>
   <x:si>
     <x:t>287-401-6</x:t>
   </x:si>
   <x:si>
     <x:t>diundecyl phthalate, branched and linear</x:t>
   </x:si>
   <x:si>
     <x:t>540-97-6</x:t>
   </x:si>
   <x:si>
     <x:t>208-762-8</x:t>
   </x:si>
   <x:si>
     <x:t>dodecamethylcyclohexasiloxaan</x:t>
   </x:si>
   <x:si>
     <x:t>dodecamethylcyclohexasiloxane</x:t>
   </x:si>
   <x:si>
-    <x:t>Berekend als Sb</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>27193-86-8</x:t>
   </x:si>
   <x:si>
     <x:t>248-312-8</x:t>
   </x:si>
   <x:si>
     <x:t>dodecylfenol</x:t>
   </x:si>
   <x:si>
     <x:t>dodecylphenol</x:t>
   </x:si>
   <x:si>
     <x:t>04-10-2023</x:t>
   </x:si>
   <x:si>
     <x:t>405-420-1</x:t>
   </x:si>
   <x:si>
     <x:t>EDDHMAFEK</x:t>
   </x:si>
   <x:si>
     <x:t>75-07-0</x:t>
   </x:si>
   <x:si>
     <x:t>200-836-8</x:t>
@@ -2993,51 +2990,51 @@
   <x:si>
     <x:t>reaction mass of 2,2,3,3,5,5,6,6-octafluoro-4-(1,1,1,2,3,3,3-heptafluoropropan-2-yl)morpholine and 2,2,3,3,5,5,6,6-octafluoro-4-(heptafluoropropyl)morpholine</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van chloordifluormethaan en chloorpentafluorethaan</x:t>
   </x:si>
   <x:si>
     <x:t>mixture of chlorodifluoromethane and chloropentafluoroethane</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van ethyleenoxide en pentafluorethaan</x:t>
   </x:si>
   <x:si>
     <x:t>mixture of ethylene oxide and pentafluoro ethane</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL maar bevat één of meerdere ZZS. De stofklasse van de ZZS met de strengste stofklasse is weergegeven.</x:t>
   </x:si>
   <x:si>
     <x:t>426218-78-2</x:t>
   </x:si>
   <x:si>
     <x:t>422-040-1</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">mengsel van: 4-(2,2,3-trimethylcyclopent-3-een-1-yl)-1-methyl-2-oxabicyclo[2.2.2]octaan; 1-(2,2,3-trimethylcyclopent-3-een-1-yl)-5-methyl-6-oxabicyclo[3.2.1]octaan; spiro[cyclohex-3-een-1-yl-[(4,5,6,6a-tetrahydro-3,6',6',6'a-tetramethyl)-1,3'(3'aH)-[2H]cyclopenta[b]furaan]; spiro[cyclohex-3-een-1-yl-[4,5,6,6a-tetrahydro-4,6',6',6'a-tetramethyl)-1,3'(3'aH)-[2H]cyclopenta[b]]furaan] </x:t>
+    <x:t>mengsel van: 4-(2,2,3-trimethylcyclopent-3-een-1-yl)-1-methyl-2-oxabicyclo[2.2.2]octaan; 1-(2,2,3-trimethylcyclopent-3-een-1-yl)-5-methyl-6-oxabicyclo[3.2.1]octaan; spiro[cyclohex-3-een-1-yl-[(4,5,6,6a-tetrahydro-3,6',6',6'a-tetramethyl)-1,3'(3'ah)-[2h]cyclopenta[b]furaan]; spiro[cyclohex-3-een-1-yl-[4,5,6,6a-tetrahydro-4,6',6',6'a-tetramethyl)-1,3'(3'ah)-[2h]cyclopenta[b]]furaan]</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">a mixture of: 4-(2,2,3-trimethylcyclopent-3-en-1-yl)-1-methyl-2-oxabicyclo[2.2.2]octane; 1-(2,2,3-trimethylcyclopent-3-en-1-yl)-5-methyl-6-oxabicyclo[3.2.1]octane; spiro[cyclohex-3-en-1-yl-[(4,5,6,6a-tetrahydro-3,6',6',6'a-tetramethyl)-1,3'(3'aH)-[2H]cyclopenta[b]]furan] </x:t>
   </x:si>
   <x:si>
     <x:t>192268-65-8</x:t>
   </x:si>
   <x:si>
     <x:t>421-820-9</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van: trifenylthiofosfaat en tertiar gebutyleerde fenylderivaten</x:t>
   </x:si>
   <x:si>
     <x:t>reaction mass of: triphenylthiophosphate and tertiary butylated phenyl derivatives</x:t>
   </x:si>
   <x:si>
     <x:t>104810-48-2</x:t>
   </x:si>
   <x:si>
     <x:t>400-830-7</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van: α-3-(3-(2H-benzotriazool-2-yl)-5-tert-butyl-4-hydroxyfenyl)propionyl-ω-hydroxypoly(oxyethyleen); α-3-(3-(2H-benzotriazool-2-yl)-5-tert-butyl-4-hydroxyfenyl)propionyl-ω-3-(3-(2H-benzotriazool-2-yl)-5-tert-butyl-4-hydroxyfenyl)propionyloxypoly(oxyethyleen)</x:t>
   </x:si>
@@ -3233,50 +3230,65 @@
   <x:si>
     <x:t>679-769-5</x:t>
   </x:si>
   <x:si>
     <x:t>N,N-diethylacrylamide</x:t>
   </x:si>
   <x:si>
     <x:t>3710-84-7</x:t>
   </x:si>
   <x:si>
     <x:t>223-055-4</x:t>
   </x:si>
   <x:si>
     <x:t>N,N-diethylhydroxylamine</x:t>
   </x:si>
   <x:si>
     <x:t>135-57-9</x:t>
   </x:si>
   <x:si>
     <x:t>205-201-9</x:t>
   </x:si>
   <x:si>
     <x:t>N,N'-dithiodi-o-phenylenedibenzamide</x:t>
   </x:si>
   <x:si>
+    <x:t>32588-76-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251-118-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N,N'-ethyleenbis(3,4,5,6-tetrabroomftalimide)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N,N'-ethylenebis(3,4,5,6-tetrabromophthalimide)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-3-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>16669-59-3</x:t>
   </x:si>
   <x:si>
     <x:t>240-715-7</x:t>
   </x:si>
   <x:si>
     <x:t>N-[(2-methylpropoxy)methyl]acrylamide</x:t>
   </x:si>
   <x:si>
     <x:t>1228186-18-2</x:t>
   </x:si>
   <x:si>
     <x:t>629-767-5</x:t>
   </x:si>
   <x:si>
     <x:t>N-[2-(piperazin-1-yl)ethyl]C18-insaturated-alkylamide</x:t>
   </x:si>
   <x:si>
     <x:t>90-30-2</x:t>
   </x:si>
   <x:si>
     <x:t>201-983-0</x:t>
   </x:si>
   <x:si>
     <x:t>N-1-naphthylaniline</x:t>
@@ -3416,50 +3428,53 @@
   <x:si>
     <x:t>N-butylbenzenesulfonamide</x:t>
   </x:si>
   <x:si>
     <x:t>1219010-04-4</x:t>
   </x:si>
   <x:si>
     <x:t>629-719-3</x:t>
   </x:si>
   <x:si>
     <x:t>N-C16-18 (even numbered) and C18 (unsaturated) alkyl propane-1,3-diamine</x:t>
   </x:si>
   <x:si>
     <x:t>110-54-3</x:t>
   </x:si>
   <x:si>
     <x:t>203-777-6</x:t>
   </x:si>
   <x:si>
     <x:t>n-hexaan</x:t>
   </x:si>
   <x:si>
     <x:t>n-hexane</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Deze stof staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk en toxiciteit. </x:t>
+  </x:si>
+  <x:si>
     <x:t>nitrobenzotrifluoriden</x:t>
   </x:si>
   <x:si>
     <x:t>nitrobenzo trifluorides</x:t>
   </x:si>
   <x:si>
     <x:t>109-60-4</x:t>
   </x:si>
   <x:si>
     <x:t>203-686-1</x:t>
   </x:si>
   <x:si>
     <x:t>n-propylacetaat</x:t>
   </x:si>
   <x:si>
     <x:t>n-propyl acetate</x:t>
   </x:si>
   <x:si>
     <x:t>597-82-0</x:t>
   </x:si>
   <x:si>
     <x:t>209-909-9</x:t>
   </x:si>
   <x:si>
     <x:t>O,O,O-trifenylfosforthioaat</x:t>
@@ -3743,51 +3758,51 @@
   <x:si>
     <x:t>perfluorbutaansulfonzuur en zijn zouten</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorobutane sulfonic acid and its salts</x:t>
   </x:si>
   <x:si>
     <x:t>375-22-4</x:t>
   </x:si>
   <x:si>
     <x:t>206-786-3</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorbutaanzuur en zijn zouten en precursoren</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorobutanoic acid and its salts and precursors</x:t>
   </x:si>
   <x:si>
     <x:t>335-77-3</x:t>
   </x:si>
   <x:si>
     <x:t>206-401-9</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">perfluordecaansulfonaat </x:t>
+    <x:t>perfluordecaansulfonaat</x:t>
   </x:si>
   <x:si>
     <x:t>henicosafluorodecanesulphonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>375-92-8</x:t>
   </x:si>
   <x:si>
     <x:t>206-800-8</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorheptaansulfonaat</x:t>
   </x:si>
   <x:si>
     <x:t>1,1,2,2,3,3,4,4,5,5,6,6,7,7,7-pentadecafluoroheptane-1-sulphonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>375-85-9</x:t>
   </x:si>
   <x:si>
     <x:t>206-798-9</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorheptaanzuur</x:t>
   </x:si>
@@ -4043,51 +4058,51 @@
   <x:si>
     <x:t>403-080-9</x:t>
   </x:si>
   <x:si>
     <x:t>sodium 3-(2H-benzotriazol-2-yl)-5-sec-butyl-4-hydroxybenzenesulfonate</x:t>
   </x:si>
   <x:si>
     <x:t>Sodium 3-(2H-benzotriazol-2-yl)-5-sec-butyl-4-hydroxybenzenesulfonate</x:t>
   </x:si>
   <x:si>
     <x:t>100-42-5</x:t>
   </x:si>
   <x:si>
     <x:t>202-851-5</x:t>
   </x:si>
   <x:si>
     <x:t>styreen</x:t>
   </x:si>
   <x:si>
     <x:t>styrene</x:t>
   </x:si>
   <x:si>
     <x:t>936-414-1</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">synthetisch grafiet in buisvorm, grafiet en meerwandige koolstof nanobuizen, </x:t>
+    <x:t>synthetisch grafiet in buisvorm, grafiet en meerwandige koolstof nanobuizen,</x:t>
   </x:si>
   <x:si>
     <x:t>multi-Walled Carbon Nanotubes, synthetic graphite in tubular shape</x:t>
   </x:si>
   <x:si>
     <x:t>701-160-0</x:t>
   </x:si>
   <x:si>
     <x:t>Tangled Multi-Walled Carbon Nanotubes</x:t>
   </x:si>
   <x:si>
     <x:t>8000-41-7</x:t>
   </x:si>
   <x:si>
     <x:t>232-268-1</x:t>
   </x:si>
   <x:si>
     <x:t>terpineol</x:t>
   </x:si>
   <x:si>
     <x:t>614-45-9</x:t>
   </x:si>
   <x:si>
     <x:t>210-382-2</x:t>
   </x:si>
@@ -4197,50 +4212,53 @@
     <x:t>theophylline</x:t>
   </x:si>
   <x:si>
     <x:t>7488-55-3</x:t>
   </x:si>
   <x:si>
     <x:t>231-302-2</x:t>
   </x:si>
   <x:si>
     <x:t>tin sulfaat</x:t>
   </x:si>
   <x:si>
     <x:t>Tin sulphate</x:t>
   </x:si>
   <x:si>
     <x:t>66711-86-2</x:t>
   </x:si>
   <x:si>
     <x:t>811-213-0</x:t>
   </x:si>
   <x:si>
     <x:t>trans-1,1,1,4,4,4‐hexafluor‐2‐buteen</x:t>
   </x:si>
   <x:si>
     <x:t>(2E)-1,1,1,4,4,4-hexafluoro-2-butene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126049-00-1</x:t>
   </x:si>
   <x:si>
     <x:t>468-740-0</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl-2-methoxypropylfosfonium zout met 4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]bis[fenol]</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl-2-methoxypropylphosphonium salt with 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]bis[phenol]</x:t>
   </x:si>
   <x:si>
     <x:t>51851-37-7</x:t>
   </x:si>
   <x:si>
     <x:t>257-473-3</x:t>
   </x:si>
   <x:si>
     <x:t>triethoxy(3,3,4,4,5,5,6,6,7,7,8,8,8-tridecafluoroctyl)silaan</x:t>
   </x:si>
   <x:si>
     <x:t>triethoxy(3,3,4,4,5,5,6,6,7,7,8,8,8-tridecafluorooctyl)silane</x:t>
   </x:si>
   <x:si>
     <x:t>115-86-6</x:t>
   </x:si>
@@ -4537,52 +4555,52 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:K396" totalsRowShown="0">
-  <x:autoFilter ref="A1:K396"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:K397" totalsRowShown="0">
+  <x:autoFilter ref="A1:K397"/>
   <x:tableColumns count="11">
     <x:tableColumn id="1" name="CAS-nummer" dataDxfId="0"/>
     <x:tableColumn id="2" name="EG-nummer" dataDxfId="0"/>
     <x:tableColumn id="3" name="Nederlandse stofnaam"/>
     <x:tableColumn id="4" name="Engelse stofnaam"/>
     <x:tableColumn id="5" name="Stofklasse voor luchtemissies"/>
     <x:tableColumn id="6" name="Emissiegrenswaarde"/>
     <x:tableColumn id="7" name="Datum verwijdering"/>
     <x:tableColumn id="8" name="Reden verwijdering"/>
     <x:tableColumn id="9" name="Voetnoot1"/>
     <x:tableColumn id="10" name="Voetnoot2"/>
     <x:tableColumn id="11" name="Voetnoot3"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4847,51 +4865,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K396"/>
+  <x:dimension ref="A1:K397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="35.710625" defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="11" width="35.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -12057,6706 +12075,6741 @@
       <x:c r="A206" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11">
       <x:c r="A207" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
+      <x:c r="C207" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C207" s="0" t="s">
+      <x:c r="D207" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="D207" s="0" t="s">
+      <x:c r="E207" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G207" s="0" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>818</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11">
       <x:c r="A208" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="C208" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="C208" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11">
       <x:c r="A209" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
+      <x:c r="C209" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="C209" s="0" t="s">
+      <x:c r="D209" s="0" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>824</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11">
       <x:c r="A210" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="B210" s="1" t="s">
+      <x:c r="C210" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="C210" s="0" t="s">
+      <x:c r="D210" s="0" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>829</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11">
       <x:c r="A211" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="B211" s="1" t="s">
+      <x:c r="C211" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="C211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11">
       <x:c r="A212" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
+      <x:c r="C212" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
+      <x:c r="D212" s="0" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11">
       <x:c r="A213" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
+      <x:c r="C213" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="C213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11">
       <x:c r="A214" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
+      <x:c r="C214" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="C214" s="0" t="s">
+      <x:c r="D214" s="0" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>844</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11">
       <x:c r="A215" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
+      <x:c r="C215" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="C215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11">
       <x:c r="A216" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
+      <x:c r="C216" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="C216" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11">
       <x:c r="A217" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
+      <x:c r="C217" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="C217" s="0" t="s">
+      <x:c r="D217" s="0" t="s">
         <x:v>853</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>854</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11">
       <x:c r="A218" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="B218" s="1" t="s">
+      <x:c r="C218" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
-      <x:c r="C218" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11">
       <x:c r="A219" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="B219" s="1" t="s">
+      <x:c r="C219" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
-      <x:c r="C219" s="0" t="s">
+      <x:c r="D219" s="0" t="s">
         <x:v>860</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11">
       <x:c r="A220" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="B220" s="1" t="s">
+      <x:c r="C220" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="C220" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11">
       <x:c r="A221" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
+      <x:c r="C221" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="C221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11">
       <x:c r="A222" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
+      <x:c r="C222" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="C222" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11">
       <x:c r="A223" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
+      <x:c r="C223" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="C223" s="0" t="s">
+      <x:c r="D223" s="0" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>874</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11">
       <x:c r="A224" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="B224" s="1" t="s">
+      <x:c r="C224" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="C224" s="0" t="s">
+      <x:c r="D224" s="0" t="s">
         <x:v>877</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>878</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11">
       <x:c r="A225" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="B225" s="1" t="s">
+      <x:c r="C225" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="C225" s="0" t="s">
+      <x:c r="D225" s="0" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>882</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11">
       <x:c r="A226" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
+      <x:c r="C226" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="C226" s="0" t="s">
+      <x:c r="D226" s="0" t="s">
         <x:v>885</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>886</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11">
       <x:c r="A227" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="B227" s="1" t="s">
+      <x:c r="C227" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="C227" s="0" t="s">
+      <x:c r="D227" s="0" t="s">
         <x:v>889</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>890</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11">
       <x:c r="A228" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="B228" s="1" t="s">
+      <x:c r="C228" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="C228" s="0" t="s">
+      <x:c r="D228" s="0" t="s">
         <x:v>893</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>894</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11">
       <x:c r="A229" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="B229" s="1" t="s">
+      <x:c r="C229" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="C229" s="0" t="s">
+      <x:c r="D229" s="0" t="s">
         <x:v>897</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>898</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11">
       <x:c r="A230" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="B230" s="1" t="s">
+      <x:c r="C230" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="C230" s="0" t="s">
+      <x:c r="D230" s="0" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>902</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11">
       <x:c r="A231" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
+      <x:c r="C231" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="C231" s="0" t="s">
+      <x:c r="D231" s="0" t="s">
         <x:v>905</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>906</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11">
       <x:c r="A232" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
+      <x:c r="C232" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="C232" s="0" t="s">
+      <x:c r="D232" s="0" t="s">
         <x:v>909</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>910</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11">
       <x:c r="A233" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
+      <x:c r="C233" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="C233" s="0" t="s">
+      <x:c r="D233" s="0" t="s">
         <x:v>913</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>914</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11">
       <x:c r="A234" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
+      <x:c r="C234" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="C234" s="0" t="s">
+      <x:c r="D234" s="0" t="s">
         <x:v>917</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>918</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11">
       <x:c r="A235" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
+      <x:c r="C235" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="C235" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11">
       <x:c r="A236" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="B236" s="1" t="s">
+      <x:c r="C236" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="C236" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11">
       <x:c r="A237" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="B237" s="1" t="s">
+      <x:c r="C237" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="C237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11">
       <x:c r="A238" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="B238" s="1" t="s">
+      <x:c r="C238" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="C238" s="0" t="s">
+      <x:c r="D238" s="0" t="s">
         <x:v>930</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11">
       <x:c r="A239" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="s">
         <x:v>932</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>933</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11">
       <x:c r="A240" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
+      <x:c r="C240" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="C240" s="0" t="s">
+      <x:c r="D240" s="0" t="s">
         <x:v>936</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>937</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11">
       <x:c r="A241" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
+      <x:c r="C241" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="C241" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11">
       <x:c r="A242" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
+      <x:c r="C242" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="C242" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11">
       <x:c r="A243" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="C243" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
-      <x:c r="C243" s="0" t="s">
+      <x:c r="D243" s="0" t="s">
         <x:v>945</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11">
       <x:c r="A244" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
+      <x:c r="C244" s="0" t="s">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="C244" s="0" t="s">
+      <x:c r="D244" s="0" t="s">
         <x:v>949</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>950</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11">
       <x:c r="A245" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="B245" s="1" t="s">
+      <x:c r="C245" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
-      <x:c r="C245" s="0" t="s">
+      <x:c r="D245" s="0" t="s">
         <x:v>953</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>954</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11">
       <x:c r="A246" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>956</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11">
       <x:c r="A247" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="D247" s="0" t="s">
         <x:v>957</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>958</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11">
       <x:c r="A248" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="B248" s="1" t="s">
+      <x:c r="C248" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="C248" s="0" t="s">
+      <x:c r="D248" s="0" t="s">
         <x:v>961</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>962</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11">
       <x:c r="A249" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="B249" s="1" t="s">
+      <x:c r="C249" s="0" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="C249" s="0" t="s">
+      <x:c r="D249" s="0" t="s">
         <x:v>965</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>966</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11">
       <x:c r="A250" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="s">
         <x:v>967</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>968</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11">
       <x:c r="A251" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
+      <x:c r="C251" s="0" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="C251" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11">
       <x:c r="A252" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
         <x:v>972</x:v>
       </x:c>
-      <x:c r="C252" s="0" t="s">
+      <x:c r="D252" s="0" t="s">
         <x:v>973</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>974</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11">
       <x:c r="A253" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="C253" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="C253" s="0" t="s">
+      <x:c r="D253" s="0" t="s">
         <x:v>976</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>977</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11">
       <x:c r="A254" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="C254" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
-      <x:c r="C254" s="0" t="s">
+      <x:c r="D254" s="0" t="s">
         <x:v>979</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>980</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11">
       <x:c r="A255" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="C255" s="0" t="s">
+      <x:c r="D255" s="0" t="s">
         <x:v>982</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>983</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11">
       <x:c r="A256" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="C256" s="0" t="s">
+      <x:c r="D256" s="0" t="s">
         <x:v>985</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11">
       <x:c r="A257" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="D257" s="0" t="s">
         <x:v>987</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>988</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11">
       <x:c r="A258" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="D258" s="0" t="s">
         <x:v>989</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>990</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11">
       <x:c r="A259" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="B259" s="1" t="s">
+      <x:c r="C259" s="0" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="C259" s="0" t="s">
+      <x:c r="D259" s="0" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11">
       <x:c r="A260" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="B260" s="1" t="s">
+      <x:c r="C260" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="C260" s="0" t="s">
+      <x:c r="D260" s="0" t="s">
         <x:v>998</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>999</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11">
       <x:c r="A261" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="B261" s="1" t="s">
+      <x:c r="C261" s="0" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="C261" s="0" t="s">
+      <x:c r="D261" s="0" t="s">
         <x:v>1002</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1003</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11">
       <x:c r="A262" s="1" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="B262" s="1" t="s">
+      <x:c r="C262" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="C262" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11">
       <x:c r="A263" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C263" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C263" s="0" t="s">
+      <x:c r="D263" s="0" t="s">
         <x:v>1008</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1009</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11">
       <x:c r="A264" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
+      <x:c r="C264" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
-      <x:c r="C264" s="0" t="s">
+      <x:c r="D264" s="0" t="s">
         <x:v>1012</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1013</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11">
       <x:c r="A265" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
-      <x:c r="B265" s="1" t="s">
+      <x:c r="C265" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="C265" s="0" t="s">
+      <x:c r="D265" s="0" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1017</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11">
       <x:c r="A266" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
-      <x:c r="B266" s="1" t="s">
+      <x:c r="C266" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
-      <x:c r="C266" s="0" t="s">
+      <x:c r="D266" s="0" t="s">
         <x:v>1020</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1021</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11">
       <x:c r="A267" s="1" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
-      <x:c r="B267" s="1" t="s">
+      <x:c r="C267" s="0" t="s">
         <x:v>1023</x:v>
       </x:c>
-      <x:c r="C267" s="0" t="s">
+      <x:c r="D267" s="0" t="s">
         <x:v>1024</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1025</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11">
       <x:c r="A268" s="1" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
+      <x:c r="C268" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="C268" s="0" t="s">
+      <x:c r="D268" s="0" t="s">
         <x:v>1028</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1029</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11">
       <x:c r="A269" s="1" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="B269" s="1" t="s">
+      <x:c r="C269" s="0" t="s">
         <x:v>1031</x:v>
       </x:c>
-      <x:c r="C269" s="0" t="s">
+      <x:c r="D269" s="0" t="s">
         <x:v>1032</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1033</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11">
       <x:c r="A270" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
-      <x:c r="B270" s="1" t="s">
+      <x:c r="C270" s="0" t="s">
         <x:v>1035</x:v>
       </x:c>
-      <x:c r="C270" s="0" t="s">
+      <x:c r="D270" s="0" t="s">
         <x:v>1036</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1037</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:11">
       <x:c r="A271" s="1" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="B271" s="1" t="s">
+      <x:c r="C271" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
-      <x:c r="C271" s="0" t="s">
+      <x:c r="D271" s="0" t="s">
         <x:v>1040</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1041</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:11">
       <x:c r="A272" s="1" t="s">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
-      <x:c r="B272" s="1" t="s">
+      <x:c r="C272" s="0" t="s">
         <x:v>1043</x:v>
       </x:c>
-      <x:c r="C272" s="0" t="s">
+      <x:c r="D272" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
-      <x:c r="D272" s="0" t="s">
+      <x:c r="E272" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
         <x:v>1045</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1046</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:11">
       <x:c r="A273" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
         <x:v>1047</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:11">
       <x:c r="A274" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="B274" s="1" t="s">
+      <x:c r="C274" s="0" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="C274" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:11">
       <x:c r="A275" s="1" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
-      <x:c r="B275" s="1" t="s">
+      <x:c r="C275" s="0" t="s">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="C275" s="0" t="s">
+      <x:c r="D275" s="0" t="s">
         <x:v>1054</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1055</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:11">
       <x:c r="A276" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="B276" s="1" t="s">
+      <x:c r="C276" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
-      <x:c r="C276" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:11">
       <x:c r="A277" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="B277" s="1" t="s">
+      <x:c r="C277" s="0" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="C277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:11">
       <x:c r="A278" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="B278" s="1" t="s">
+      <x:c r="C278" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="C278" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:11">
       <x:c r="A279" s="1" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="B279" s="1" t="s">
+      <x:c r="C279" s="0" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="C279" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:11">
       <x:c r="A280" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="B280" s="1" t="s">
+      <x:c r="C280" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
-      <x:c r="C280" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:11">
       <x:c r="A281" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
+      <x:c r="C281" s="0" t="s">
         <x:v>1072</x:v>
       </x:c>
-      <x:c r="C281" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:11">
       <x:c r="A282" s="1" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="B282" s="1" t="s">
+      <x:c r="C282" s="0" t="s">
         <x:v>1075</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1076</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:11">
       <x:c r="A283" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:11">
       <x:c r="A284" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:11">
       <x:c r="A285" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:11">
       <x:c r="A286" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:11">
       <x:c r="A287" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
+      <x:c r="C287" s="0" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="C287" s="0" t="s">
+      <x:c r="D287" s="0" t="s">
         <x:v>1094</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1095</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:11">
       <x:c r="A288" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:11">
       <x:c r="A289" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:11">
       <x:c r="A290" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:11">
       <x:c r="A291" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:11">
       <x:c r="A292" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:11">
       <x:c r="A293" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:11">
       <x:c r="A294" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:11">
       <x:c r="A295" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:11">
       <x:c r="A296" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:11">
       <x:c r="A297" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:11">
       <x:c r="A298" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:11">
       <x:c r="A299" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:11">
       <x:c r="A300" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:11">
       <x:c r="A301" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:11">
       <x:c r="A302" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:11">
       <x:c r="A303" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:11">
       <x:c r="A304" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:11">
       <x:c r="A305" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:11">
       <x:c r="A306" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:11">
       <x:c r="A307" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:11">
       <x:c r="A308" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:11">
       <x:c r="A309" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:11">
       <x:c r="A310" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:11">
       <x:c r="A311" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:11">
       <x:c r="A312" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:11">
       <x:c r="A313" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:11">
       <x:c r="A314" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:11">
       <x:c r="A315" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:11">
       <x:c r="A316" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:11">
       <x:c r="A317" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:11">
       <x:c r="A318" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:11">
       <x:c r="A319" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:11">
       <x:c r="A320" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:11">
       <x:c r="A321" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C321" s="0" t="s">
         <x:v>1217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1218</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:11">
       <x:c r="A322" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:11">
       <x:c r="A323" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:11">
       <x:c r="A324" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:11">
       <x:c r="A325" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:11">
       <x:c r="A326" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:11">
       <x:c r="A327" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:11">
       <x:c r="A328" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:11">
       <x:c r="A329" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:11">
       <x:c r="A330" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:11">
       <x:c r="A331" s="1" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="B331" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="B331" s="1" t="s">
+      <x:c r="C331" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="C331" s="0" t="s">
+      <x:c r="D331" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="D331" s="0" t="s">
+      <x:c r="E331" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F331" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G331" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="E331" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H331" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:11">
       <x:c r="A332" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:11">
       <x:c r="A333" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:11">
       <x:c r="A334" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:11">
       <x:c r="A335" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:11">
       <x:c r="A336" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:11">
       <x:c r="A337" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:11">
       <x:c r="A338" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:11">
       <x:c r="A339" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:11">
       <x:c r="A340" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:11">
       <x:c r="A341" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:11">
       <x:c r="A342" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:11">
       <x:c r="A343" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:11">
       <x:c r="A344" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:11">
       <x:c r="A345" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:11">
       <x:c r="A346" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:11">
       <x:c r="A347" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:11">
       <x:c r="A348" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:11">
       <x:c r="A349" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:11">
       <x:c r="A350" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:11">
       <x:c r="A351" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:11">
       <x:c r="A352" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:11">
       <x:c r="A353" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:11">
       <x:c r="A354" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:11">
       <x:c r="A355" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:11">
       <x:c r="A356" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:11">
       <x:c r="A357" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:11">
       <x:c r="A358" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:11">
       <x:c r="A359" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:11">
       <x:c r="A360" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:11">
       <x:c r="A361" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:11">
       <x:c r="A362" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:11">
       <x:c r="A363" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:11">
       <x:c r="A364" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:11">
       <x:c r="A365" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:11">
       <x:c r="A366" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:11">
       <x:c r="A367" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:11">
       <x:c r="A368" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:11">
       <x:c r="A369" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:11">
       <x:c r="A370" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:11">
       <x:c r="A371" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:11">
       <x:c r="A372" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:11">
       <x:c r="A373" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:11">
       <x:c r="A374" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:11">
       <x:c r="A375" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1406</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:11">
       <x:c r="A376" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:11">
       <x:c r="A377" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>1415</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:11">
       <x:c r="A378" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1419</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:11">
       <x:c r="A379" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1423</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:11">
       <x:c r="A380" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:11">
       <x:c r="A381" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:11">
       <x:c r="A382" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:11">
       <x:c r="A383" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>1435</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:11">
       <x:c r="A384" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:11">
       <x:c r="A385" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>1443</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:11">
       <x:c r="A386" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:11">
       <x:c r="A387" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>1446</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1447</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:11">
       <x:c r="A388" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:11">
       <x:c r="A389" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:11">
       <x:c r="A390" s="1" t="s">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>1459</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:11">
       <x:c r="A391" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:11">
       <x:c r="A392" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1467</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:11">
       <x:c r="A393" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:11">
       <x:c r="A394" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:11">
       <x:c r="A395" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>1478</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:11">
       <x:c r="A396" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>1483</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="H396" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="I396" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="J396" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K396" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:11">
+      <x:c r="A397" s="1" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="B397" s="1" t="s">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="C397" s="0" t="s">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="D397" s="0" t="s">
+        <x:v>1489</x:v>
+      </x:c>
+      <x:c r="E397" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F397" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G397" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="H396" s="0" t="s">
+      <x:c r="H397" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="I396" s="0" t="s">
+      <x:c r="I397" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="J396" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="K396" s="0" t="s">
+      <x:c r="J397" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K397" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>