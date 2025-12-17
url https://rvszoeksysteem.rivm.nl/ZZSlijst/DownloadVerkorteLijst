--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5faf9fe4ed934425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c63e2a8767140339cada1d95d9a899a.psmdcp" Id="Rd655ff3337a24d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09afc80bfb8149ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db72f984ef874348a816b334a829fe1d.psmdcp" Id="R9c53535940734f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -1694,53 +1694,50 @@
   <x:si>
     <x:t>334-88-3</x:t>
   </x:si>
   <x:si>
     <x:t>206-382-7</x:t>
   </x:si>
   <x:si>
     <x:t>diazomethaan</x:t>
   </x:si>
   <x:si>
     <x:t>diazomethane</x:t>
   </x:si>
   <x:si>
     <x:t>67-43-6</x:t>
   </x:si>
   <x:si>
     <x:t>200-652-8</x:t>
   </x:si>
   <x:si>
     <x:t>di-ethyleentriaminepenta-azijnzuur</x:t>
   </x:si>
   <x:si>
     <x:t>N-carboxymethyliminobis(ethylenenitrilo)tetra(acetic acid)</x:t>
   </x:si>
   <x:si>
-    <x:t>Deze stof staat nog niet als ZZS in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>64-67-5</x:t>
   </x:si>
   <x:si>
     <x:t>200-589-6</x:t>
   </x:si>
   <x:si>
     <x:t>diethylsulfaat</x:t>
   </x:si>
   <x:si>
     <x:t>diethyl sulphate</x:t>
   </x:si>
   <x:si>
     <x:t>75980-60-8</x:t>
   </x:si>
   <x:si>
     <x:t>278-355-8</x:t>
   </x:si>
   <x:si>
     <x:t>difenyl(2,4,6-trimethylbenzoyl) fosfineoxide</x:t>
   </x:si>
   <x:si>
     <x:t>diphenyl(2,4,6-trimethylbenzoyl) phosphine oxide</x:t>
   </x:si>
   <x:si>
     <x:t>24-8-2023</x:t>
@@ -2654,50 +2651,53 @@
   <x:si>
     <x:t>S-(tricyclo[5.2.1.0'2,6]deca-3-en-8(of 9)-yl) O-isopropyl O’-isopropyl fosfordithioaat</x:t>
   </x:si>
   <x:si>
     <x:t>S-(tricyclo[5.2.1.0'2,6]deca-3-en- 8(or 9)-yl) O-isopropyl O’-isopropyl phosphorodithioate</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet op de kandidaatslijst maar wordt genoemd in een support document voor opname op de kandidaatslijst</x:t>
   </x:si>
   <x:si>
     <x:t>94-59-7</x:t>
   </x:si>
   <x:si>
     <x:t>202-345-4</x:t>
   </x:si>
   <x:si>
     <x:t>safrool</x:t>
   </x:si>
   <x:si>
     <x:t>safrole</x:t>
   </x:si>
   <x:si>
     <x:t>silicavezels, met name cristoballiet en tridymiet</x:t>
   </x:si>
   <x:si>
+    <x:t>silica fibers, in particular cristoballite and tridymite</x:t>
+  </x:si>
+  <x:si>
     <x:t>31-10-2023</x:t>
   </x:si>
   <x:si>
     <x:t>20420-43-3</x:t>
   </x:si>
   <x:si>
     <x:t>891-892-8</x:t>
   </x:si>
   <x:si>
     <x:t>stannaan, tributyl(2-ethoxyethenyl)-, (Z)-</x:t>
   </x:si>
   <x:si>
     <x:t>stannane, tributyl(2-ethoxyethenyl)-, (Z)-</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof wordt niet als individuele stof als ZZS geïdentificeerd maar valt onder de ZZS-stofgroep organische tinverbindingen</x:t>
   </x:si>
   <x:si>
     <x:t>2457-02-5</x:t>
   </x:si>
   <x:si>
     <x:t>219-536-3</x:t>
   </x:si>
   <x:si>
     <x:t>strontium bis(2-ethylhexanoaat)</x:t>
@@ -2714,51 +2714,51 @@
   <x:si>
     <x:t>tellurium</x:t>
   </x:si>
   <x:si>
     <x:t>7446-07-3</x:t>
   </x:si>
   <x:si>
     <x:t>231-193-1</x:t>
   </x:si>
   <x:si>
     <x:t>tellurium dioxide</x:t>
   </x:si>
   <x:si>
     <x:t>Tellurium dioxide</x:t>
   </x:si>
   <x:si>
     <x:t>69029-86-3</x:t>
   </x:si>
   <x:si>
     <x:t>273-828-5</x:t>
   </x:si>
   <x:si>
     <x:t>tellurium, slakken</x:t>
   </x:si>
   <x:si>
-    <x:t>Slags, tellurium</x:t>
+    <x:t>slags, tellurium</x:t>
   </x:si>
   <x:si>
     <x:t>6-4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>26140-60-3</x:t>
   </x:si>
   <x:si>
     <x:t>247-477-3</x:t>
   </x:si>
   <x:si>
     <x:t>terfenyl</x:t>
   </x:si>
   <x:si>
     <x:t>terphenyl</x:t>
   </x:si>
   <x:si>
     <x:t>Terfenyl wordt als ZZS aangemerkt omdat in ieder geval een van de isomeren (o-terfenyl, ec nr.  201-517-6) ZZS is</x:t>
   </x:si>
   <x:si>
     <x:t>3006-82-4</x:t>
   </x:si>
   <x:si>
     <x:t>221-110-7</x:t>
   </x:si>
@@ -11442,4221 +11442,4221 @@
       <x:c r="F160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:16">
       <x:c r="A161" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
+      <x:c r="C161" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="C161" s="0" t="s">
+      <x:c r="D161" s="0" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:16">
       <x:c r="A162" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
+      <x:c r="C162" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="C162" s="0" t="s">
+      <x:c r="D162" s="0" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:16">
       <x:c r="A163" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
+      <x:c r="C163" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C163" s="0" t="s">
+      <x:c r="D163" s="0" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:16">
       <x:c r="A164" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
+      <x:c r="C164" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="C164" s="0" t="s">
+      <x:c r="D164" s="0" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>578</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P164" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:16">
       <x:c r="A165" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
+      <x:c r="C165" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="C165" s="0" t="s">
+      <x:c r="D165" s="0" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:16">
       <x:c r="A166" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
+      <x:c r="C166" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C166" s="0" t="s">
+      <x:c r="D166" s="0" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>586</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P166" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:16">
       <x:c r="A167" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
+      <x:c r="C167" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:16">
       <x:c r="A168" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
+      <x:c r="C168" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="C168" s="0" t="s">
+      <x:c r="D168" s="0" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>593</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P168" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:16">
       <x:c r="A169" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
+      <x:c r="C169" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="C169" s="0" t="s">
+      <x:c r="D169" s="0" t="s">
         <x:v>596</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>597</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:16">
       <x:c r="A170" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
+      <x:c r="C170" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C170" s="0" t="s">
+      <x:c r="D170" s="0" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P170" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:16">
       <x:c r="A171" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="B171" s="1" t="s">
+      <x:c r="C171" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="C171" s="0" t="s">
+      <x:c r="D171" s="0" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:16">
       <x:c r="A172" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
+      <x:c r="C172" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C172" s="0" t="s">
+      <x:c r="D172" s="0" t="s">
         <x:v>608</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>609</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P172" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:16">
       <x:c r="A173" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:16">
       <x:c r="A174" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="B174" s="1" t="s">
+      <x:c r="C174" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="C174" s="0" t="s">
+      <x:c r="D174" s="0" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>618</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P174" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:16">
       <x:c r="A175" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="B175" s="1" t="s">
+      <x:c r="C175" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:16">
       <x:c r="A176" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
+      <x:c r="C176" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="C176" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P176" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:16">
       <x:c r="A177" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
+      <x:c r="C177" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="C177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:16">
       <x:c r="A178" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
+      <x:c r="C178" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="C178" s="0" t="s">
+      <x:c r="D178" s="0" t="s">
         <x:v>631</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P178" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:16">
       <x:c r="A179" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
+      <x:c r="C179" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="C179" s="0" t="s">
+      <x:c r="D179" s="0" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:16">
       <x:c r="A180" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
+      <x:c r="C180" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C180" s="0" t="s">
+      <x:c r="D180" s="0" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>640</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P180" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:16">
       <x:c r="A181" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="D181" s="0" t="s">
+      <x:c r="E181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I181" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K181" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="E181" s="0" t="s">
-[...17 lines deleted...]
-      <x:c r="K181" s="0" t="s">
+      <x:c r="L181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="M181" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="L181" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="M181" s="0" t="s">
+      <x:c r="N181" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="N181" s="0" t="s">
+      <x:c r="O181" s="0" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:16">
       <x:c r="A182" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
+      <x:c r="C182" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="C182" s="0" t="s">
+      <x:c r="D182" s="0" t="s">
         <x:v>649</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>650</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:16">
       <x:c r="A183" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
+      <x:c r="C183" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="C183" s="0" t="s">
+      <x:c r="D183" s="0" t="s">
         <x:v>653</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>654</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:16">
       <x:c r="A184" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="B184" s="1" t="s">
+      <x:c r="C184" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="C184" s="0" t="s">
+      <x:c r="D184" s="0" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>658</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P184" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:16">
       <x:c r="A185" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="B185" s="1" t="s">
+      <x:c r="C185" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="C185" s="0" t="s">
+      <x:c r="D185" s="0" t="s">
         <x:v>661</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="N185" s="0" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:16">
       <x:c r="A186" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="B186" s="1" t="s">
+      <x:c r="C186" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="C186" s="0" t="s">
+      <x:c r="D186" s="0" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:16">
       <x:c r="A187" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
+      <x:c r="C187" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="C187" s="0" t="s">
+      <x:c r="D187" s="0" t="s">
         <x:v>671</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>672</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:16">
       <x:c r="A188" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P188" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:16">
       <x:c r="A189" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
+      <x:c r="C189" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="C189" s="0" t="s">
+      <x:c r="D189" s="0" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:16">
       <x:c r="A190" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
+      <x:c r="C190" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="C190" s="0" t="s">
+      <x:c r="D190" s="0" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:16">
       <x:c r="A191" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="B191" s="1" t="s">
+      <x:c r="C191" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="C191" s="0" t="s">
+      <x:c r="D191" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="D191" s="0" t="s">
+      <x:c r="E191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L191" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="M191" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="E191" s="0" t="s">
-[...23 lines deleted...]
-      <x:c r="M191" s="0" t="s">
+      <x:c r="N191" s="0" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:16">
       <x:c r="A192" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
+      <x:c r="C192" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="C192" s="0" t="s">
+      <x:c r="D192" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="D192" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="N192" s="0" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P192" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:16">
       <x:c r="A193" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
+      <x:c r="C193" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="C193" s="0" t="s">
+      <x:c r="D193" s="0" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>697</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:16">
       <x:c r="A194" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
+      <x:c r="C194" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="C194" s="0" t="s">
+      <x:c r="D194" s="0" t="s">
         <x:v>700</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>701</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P194" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:16">
       <x:c r="A195" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="B195" s="1" t="s">
+      <x:c r="C195" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="C195" s="0" t="s">
+      <x:c r="D195" s="0" t="s">
         <x:v>704</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>705</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:16">
       <x:c r="A196" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="C196" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="C196" s="0" t="s">
+      <x:c r="D196" s="0" t="s">
         <x:v>708</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="P196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:16">
       <x:c r="A197" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
+      <x:c r="C197" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="C197" s="0" t="s">
+      <x:c r="D197" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="D197" s="0" t="s">
+      <x:c r="E197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J197" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K197" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="E197" s="0" t="s">
-[...17 lines deleted...]
-      <x:c r="K197" s="0" t="s">
+      <x:c r="L197" s="0" t="s">
         <x:v>714</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>715</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:16">
       <x:c r="A198" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="B198" s="1" t="s">
+      <x:c r="C198" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="C198" s="0" t="s">
+      <x:c r="D198" s="0" t="s">
         <x:v>718</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>719</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:16">
       <x:c r="A199" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="B199" s="1" t="s">
+      <x:c r="C199" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="C199" s="0" t="s">
+      <x:c r="D199" s="0" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:16">
       <x:c r="A200" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="B200" s="1" t="s">
+      <x:c r="C200" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="C200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:16">
       <x:c r="A201" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:16">
       <x:c r="A202" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="B202" s="1" t="s">
+      <x:c r="C202" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="C202" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:16">
       <x:c r="A203" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C203" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C203" s="0" t="s">
+      <x:c r="D203" s="0" t="s">
         <x:v>736</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:16">
       <x:c r="A204" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="C204" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="C204" s="0" t="s">
+      <x:c r="D204" s="0" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>740</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:16">
       <x:c r="A205" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="C205" s="0" t="s">
+      <x:c r="D205" s="0" t="s">
         <x:v>742</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>743</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:16">
       <x:c r="A206" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C206" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="C206" s="0" t="s">
+      <x:c r="D206" s="0" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>746</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:16">
       <x:c r="A207" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="C207" s="0" t="s">
+      <x:c r="D207" s="0" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>749</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:16">
       <x:c r="A208" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C208" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="C208" s="0" t="s">
+      <x:c r="D208" s="0" t="s">
         <x:v>752</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>753</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:16">
       <x:c r="A209" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="C209" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="C209" s="0" t="s">
+      <x:c r="D209" s="0" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>756</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:16">
       <x:c r="A210" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="D210" s="0" t="s">
         <x:v>757</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="P210" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:16">
       <x:c r="A211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="D211" s="0" t="s">
         <x:v>759</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>760</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:16">
       <x:c r="A212" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
+      <x:c r="C212" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
+      <x:c r="D212" s="0" t="s">
         <x:v>763</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>764</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:16">
       <x:c r="A213" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="s">
         <x:v>765</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>766</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:16">
       <x:c r="A214" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
+      <x:c r="C214" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="C214" s="0" t="s">
+      <x:c r="D214" s="0" t="s">
         <x:v>769</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:16">
       <x:c r="A215" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
+      <x:c r="C215" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="C215" s="0" t="s">
+      <x:c r="D215" s="0" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>774</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:16">
       <x:c r="A216" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
+      <x:c r="C216" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="C216" s="0" t="s">
+      <x:c r="D216" s="0" t="s">
         <x:v>777</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>778</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P216" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:16">
       <x:c r="A217" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
+      <x:c r="C217" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="C217" s="0" t="s">
+      <x:c r="D217" s="0" t="s">
         <x:v>781</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>782</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="O217" s="0" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:16">
       <x:c r="A218" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="B218" s="1" t="s">
+      <x:c r="C218" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="C218" s="0" t="s">
+      <x:c r="D218" s="0" t="s">
         <x:v>787</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>788</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:16">
       <x:c r="A219" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
-      <x:c r="B219" s="1" t="s">
+      <x:c r="C219" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="C219" s="0" t="s">
+      <x:c r="D219" s="0" t="s">
         <x:v>791</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>792</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:16">
       <x:c r="A220" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="D220" s="0" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>794</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:16">
       <x:c r="A221" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="D221" s="0" t="s">
         <x:v>795</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:16">
       <x:c r="A222" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
+      <x:c r="C222" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="C222" s="0" t="s">
+      <x:c r="D222" s="0" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P222" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:16">
       <x:c r="A223" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
+      <x:c r="C223" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="C223" s="0" t="s">
+      <x:c r="D223" s="0" t="s">
         <x:v>803</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>804</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:16">
       <x:c r="A224" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="B224" s="1" t="s">
+      <x:c r="C224" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="C224" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:16">
       <x:c r="A225" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="B225" s="1" t="s">
+      <x:c r="C225" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="C225" s="0" t="s">
+      <x:c r="D225" s="0" t="s">
         <x:v>810</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>811</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:16">
       <x:c r="A226" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
+      <x:c r="C226" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="C226" s="0" t="s">
+      <x:c r="D226" s="0" t="s">
         <x:v>814</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>815</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P226" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:16">
       <x:c r="A227" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="B227" s="1" t="s">
+      <x:c r="C227" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="C227" s="0" t="s">
+      <x:c r="D227" s="0" t="s">
         <x:v>818</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>819</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:16">
       <x:c r="A228" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="B228" s="1" t="s">
+      <x:c r="C228" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="C228" s="0" t="s">
+      <x:c r="D228" s="0" t="s">
         <x:v>822</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>823</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P228" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:16">
       <x:c r="A229" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="B229" s="1" t="s">
+      <x:c r="C229" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
-      <x:c r="C229" s="0" t="s">
+      <x:c r="D229" s="0" t="s">
         <x:v>826</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>827</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:16">
       <x:c r="A230" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="B230" s="1" t="s">
+      <x:c r="C230" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="C230" s="0" t="s">
+      <x:c r="D230" s="0" t="s">
         <x:v>830</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>831</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:16">
       <x:c r="A231" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
+      <x:c r="C231" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="C231" s="0" t="s">
+      <x:c r="D231" s="0" t="s">
         <x:v>834</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>835</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="N231" s="0" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:16">
       <x:c r="A232" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
+      <x:c r="C232" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="C232" s="0" t="s">
+      <x:c r="D232" s="0" t="s">
         <x:v>840</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:16">
       <x:c r="A233" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
+      <x:c r="C233" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="C233" s="0" t="s">
+      <x:c r="D233" s="0" t="s">
         <x:v>844</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>845</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:16">
       <x:c r="A234" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C234" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="0" t="s">
+      <x:c r="D234" s="0" t="s">
         <x:v>848</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>849</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:16">
       <x:c r="A235" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C235" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C235" s="0" t="s">
+      <x:c r="D235" s="0" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>853</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:16">
       <x:c r="A236" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
-      <x:c r="B236" s="1" t="s">
+      <x:c r="C236" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="C236" s="0" t="s">
+      <x:c r="D236" s="0" t="s">
         <x:v>856</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>857</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:16">
       <x:c r="A237" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="D237" s="0" t="s">
         <x:v>859</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>860</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="O237" s="0" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:16">
       <x:c r="A238" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="D238" s="0" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>863</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="O238" s="0" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:16">
       <x:c r="A239" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="C239" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="C239" s="0" t="s">
+      <x:c r="D239" s="0" t="s">
         <x:v>865</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>866</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:16">
       <x:c r="A240" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D240" s="0" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:16">
       <x:c r="A241" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
+      <x:c r="C241" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="C241" s="0" t="s">
+      <x:c r="D241" s="0" t="s">
         <x:v>871</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>872</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:16">
       <x:c r="A242" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="D242" s="0" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>874</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:16">
       <x:c r="A243" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
+      <x:c r="C243" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="C243" s="0" t="s">
+      <x:c r="D243" s="0" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>879</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:16">
       <x:c r="A244" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="D244" s="0" t="s">
         <x:v>880</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -15689,51 +15689,51 @@
       <x:c r="E245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:16">
       <x:c r="A246" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
@@ -15939,51 +15939,51 @@
       <x:c r="E250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:16">
       <x:c r="A251" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
@@ -16139,57 +16139,57 @@
       <x:c r="E254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:16">
       <x:c r="A255" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
@@ -16239,51 +16239,51 @@
       <x:c r="E256" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:16">
       <x:c r="A257" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
@@ -16589,51 +16589,51 @@
       <x:c r="E263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:16">
       <x:c r="A264" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">