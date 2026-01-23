--- v1 (2025-12-17)
+++ v2 (2026-01-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09afc80bfb8149ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db72f984ef874348a816b334a829fe1d.psmdcp" Id="R9c53535940734f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16e173862324ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a461dd88c844a15aa3f51cbbb0295d4.psmdcp" Id="R872bea00fd1f44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>