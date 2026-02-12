--- v2 (2026-01-23)
+++ v3 (2026-02-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16e173862324ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a461dd88c844a15aa3f51cbbb0295d4.psmdcp" Id="R872bea00fd1f44c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01837d29c03a4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53d9e51b88d94e499e61f7d63df51b99.psmdcp" Id="R1fc863e1997c4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>