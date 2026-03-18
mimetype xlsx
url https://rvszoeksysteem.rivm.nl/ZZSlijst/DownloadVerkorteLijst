--- v3 (2026-02-12)
+++ v4 (2026-03-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01837d29c03a4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53d9e51b88d94e499e61f7d63df51b99.psmdcp" Id="R1fc863e1997c4bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e9bb3aa1b643fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f708882da9b4208817976af5f379151.psmdcp" Id="R88a199b195f34101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -371,50 +371,53 @@
   <x:si>
     <x:t>627-083-1</x:t>
   </x:si>
   <x:si>
     <x:t>1-(2-hydroxy-5-nonyl(vertakt)-fenyl)ethanon oxime</x:t>
   </x:si>
   <x:si>
     <x:t>1-(2-hydroxy-5-nonyl(branched)-phenyl)ethanone oxime</x:t>
   </x:si>
   <x:si>
     <x:t>16-7-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof wordt niet in de algemene bronnen voor ZZS-identificatie genoemd maar bevat een ZZS</x:t>
   </x:si>
   <x:si>
     <x:t>76733-77-2</x:t>
   </x:si>
   <x:si>
     <x:t>1,1'-(2,2,2-trichloorethylideen)bis[2-methoxy-benzeen]</x:t>
   </x:si>
   <x:si>
     <x:t>1,1'-(2,2,2-trichloroethylidene)bis[2-methoxy-benzene]</x:t>
   </x:si>
   <x:si>
+    <x:t>1-7-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>17928-28-8</x:t>
   </x:si>
   <x:si>
     <x:t>241-867-7</x:t>
   </x:si>
   <x:si>
     <x:t>1,1,1,3,5,5,5-heptamethyl-3-[(trimethylsilyl)oxy]trisiloxaan</x:t>
   </x:si>
   <x:si>
     <x:t>1,1,1,3,5,5,5-heptamethyl-3-[(trimethylsilyl)oxy]trisiloxane</x:t>
   </x:si>
   <x:si>
     <x:t>8-7-2025</x:t>
   </x:si>
   <x:si>
     <x:t>75-35-4</x:t>
   </x:si>
   <x:si>
     <x:t>200-864-0</x:t>
   </x:si>
   <x:si>
     <x:t>1,1-dichlooretheen</x:t>
   </x:si>
   <x:si>
     <x:t>1,1-dichloroethylene</x:t>
@@ -422,51 +425,51 @@
   <x:si>
     <x:t>gO.1</x:t>
   </x:si>
   <x:si>
     <x:t>20 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat nog niet als ZZS in bijlage III van het BAL. In de toekomst zal deze stof worden ingedeeld in een MVP1 of MVP2 stofklasse met bijbehorende  emissiegrenswaarde</x:t>
   </x:si>
   <x:si>
     <x:t>337513-72-1</x:t>
   </x:si>
   <x:si>
     <x:t>881-746-1</x:t>
   </x:si>
   <x:si>
     <x:t>1,2,3,4,5-pentabroom-6-(2,4,5-tribromofenoxy)benzeen</x:t>
   </x:si>
   <x:si>
     <x:t>1,2,3,4,5-pentabromo-6-(2,4,5-tribromophenoxy)benzene</x:t>
   </x:si>
   <x:si>
     <x:t>22-8-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Deze stof staat op de-ZZS lijst omdat deze onder de ZZS-stofgroep gebromeerde brandvertragers valt.</x:t>
+    <x:t>Deze stof staat (ook) op de ZZS-lijst omdat deze onder de ZZS-stofgroep gebromeerde brandvertragers valt.</x:t>
   </x:si>
   <x:si>
     <x:t>288-88-0</x:t>
   </x:si>
   <x:si>
     <x:t>206-022-9</x:t>
   </x:si>
   <x:si>
     <x:t>1,2,4-triazool</x:t>
   </x:si>
   <x:si>
     <x:t>1,2,4-triazole</x:t>
   </x:si>
   <x:si>
     <x:t>13-7-2021</x:t>
   </x:si>
   <x:si>
     <x:t>122-60-1</x:t>
   </x:si>
   <x:si>
     <x:t>204-557-2</x:t>
   </x:si>
   <x:si>
     <x:t>1,2-epoxy-3-fenoxypropaan</x:t>
   </x:si>
@@ -1115,75 +1118,75 @@
   <x:si>
     <x:t>421-150-7</x:t>
   </x:si>
   <x:si>
     <x:t>3-ethyl-2-methyl-2-(3-methylbutyl)-1,3-oxazolidine</x:t>
   </x:si>
   <x:si>
     <x:t>1453-58-3</x:t>
   </x:si>
   <x:si>
     <x:t>215-925-7</x:t>
   </x:si>
   <x:si>
     <x:t>3-methylpyrazool</x:t>
   </x:si>
   <x:si>
     <x:t>3-methylpyrazole</x:t>
   </x:si>
   <x:si>
     <x:t>64049-29-2</x:t>
   </x:si>
   <x:si>
     <x:t>4,4’-methylene-bis(2-chloroaniline) hydrochloride</x:t>
   </x:si>
   <x:si>
-    <x:t>4,4'-Methylene-bis(2-chloroaniline) hydrochloride</x:t>
+    <x:t>4,4'-methylene-bis(2-chloroaniline) hydrochloride</x:t>
   </x:si>
   <x:si>
     <x:t>8-2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>92-86-4</x:t>
   </x:si>
   <x:si>
     <x:t>202-198-6</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">4,4'-dibroombifenyl </x:t>
+    <x:t>4,4'-dibroombifenyl</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">4,4'-dibromobiphenyl </x:t>
   </x:si>
   <x:si>
     <x:t>92-66-0</x:t>
   </x:si>
   <x:si>
     <x:t>202-176-6</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">4-broombifenyl </x:t>
+    <x:t>4-broombifenyl</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">4-bromobiphenyl </x:t>
   </x:si>
   <x:si>
     <x:t>27147-75-7</x:t>
   </x:si>
   <x:si>
     <x:t>608-055-8</x:t>
   </x:si>
   <x:si>
     <x:t>4-isododecylfenol</x:t>
   </x:si>
   <x:si>
     <x:t>phenol, 4-isododecyl-</x:t>
   </x:si>
   <x:si>
     <x:t>822-36-6</x:t>
   </x:si>
   <x:si>
     <x:t>212-497-3</x:t>
   </x:si>
   <x:si>
     <x:t>4-methylimidazool</x:t>
   </x:si>
@@ -1292,51 +1295,51 @@
   <x:si>
     <x:t>7-oxa-3-oxiranylbicyclo[4.1.0]heptane</x:t>
   </x:si>
   <x:si>
     <x:t>67968-63-2</x:t>
   </x:si>
   <x:si>
     <x:t>267-966-5</x:t>
   </x:si>
   <x:si>
     <x:t>9(of 10)-sulfooctadecaanzuur, kaliumzout</x:t>
   </x:si>
   <x:si>
     <x:t>9(or 10)-sulphooctadecanoic acid, potassium salt</x:t>
   </x:si>
   <x:si>
     <x:t>68609-93-8</x:t>
   </x:si>
   <x:si>
     <x:t>271-843-1</x:t>
   </x:si>
   <x:si>
     <x:t>9-octadeceenzuur (Z)-, gesulfoneerd, kaliumzouten</x:t>
   </x:si>
   <x:si>
-    <x:t>9-Octadecenoic acid (Z)-, sulfonated, potassium salts</x:t>
+    <x:t>9-octadecenoic acid (Z)-, sulfonated, potassium salts</x:t>
   </x:si>
   <x:si>
     <x:t>127-06-0</x:t>
   </x:si>
   <x:si>
     <x:t>204-820-1</x:t>
   </x:si>
   <x:si>
     <x:t>aceton oxime</x:t>
   </x:si>
   <x:si>
     <x:t>acetone oxime</x:t>
   </x:si>
   <x:si>
     <x:t>94551-87-8</x:t>
   </x:si>
   <x:si>
     <x:t>305-433-1</x:t>
   </x:si>
   <x:si>
     <x:t>afvalslik en bezinksel, elektrolytische koperzuivering, ontkoperd</x:t>
   </x:si>
   <x:si>
     <x:t>slimes and sludges, copper electrolyte refining, decopperised</x:t>
   </x:si>
@@ -2342,119 +2345,149 @@
   <x:si>
     <x:t>methyl-ONN-azoxymethyl acetate</x:t>
   </x:si>
   <x:si>
     <x:t>874819-71-3</x:t>
   </x:si>
   <x:si>
     <x:t>477-690-9</x:t>
   </x:si>
   <x:si>
     <x:t>N-(2-nitrofenyl) fosforzuurtriamide</x:t>
   </x:si>
   <x:si>
     <x:t>N-(2-nitrophenyl)phosphoric triamide</x:t>
   </x:si>
   <x:si>
     <x:t>110-26-9</x:t>
   </x:si>
   <x:si>
     <x:t>203-750-9</x:t>
   </x:si>
   <x:si>
     <x:t>N,N’-methyleendiacrylamide</x:t>
   </x:si>
   <x:si>
-    <x:t>N,N'-Methylenebisacrylamide</x:t>
+    <x:t>N,N'-methylenebisacrylamide</x:t>
   </x:si>
   <x:si>
     <x:t>5625-90-1</x:t>
   </x:si>
   <x:si>
     <x:t>227-062-3</x:t>
   </x:si>
   <x:si>
     <x:t>N,N′-methyleendimorfoline</x:t>
   </x:si>
   <x:si>
     <x:t>N,N′-methylenedimorpholine</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend te worden ingedeeld als kan worden aangetoond dat de theoretische maximumconcentratie van formaldehyde die kan vrijkomen uit het mengsel zoals het in de handel wordt gebracht, ongeacht de bron, lager is dan 0,1 %. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als mutageen te worden ingedeeld als kan worden aangetoond dat de theoretische maximumconcentratie van formaldehyde die kan vrijkomen uit het mengsel zoals het in de handel wordt gebracht, ongeacht de bron, lager is dan 1 %. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
   </x:si>
   <x:si>
     <x:t>99-97-8</x:t>
   </x:si>
   <x:si>
     <x:t>202-805-4</x:t>
   </x:si>
   <x:si>
     <x:t>N,N-dimethyl-p-toluïdine</x:t>
   </x:si>
   <x:si>
     <x:t>N,N-dimethyl-p-toluidine</x:t>
   </x:si>
   <x:si>
+    <x:t>32588-76-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251-118-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N,N'-ethyleenbis(3,4,5,6-tetrabroomftalimide)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N,N'-ethylenebis(3,4,5,6-tetrabromophthalimide)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-3-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Op basis van het OSPAR verdrag worden alle gebromeerde brandvertragers als ZZS geïdentificeerd.</x:t>
+  </x:si>
+  <x:si>
     <x:t>52556-42-0</x:t>
   </x:si>
   <x:si>
     <x:t>258-004-5</x:t>
   </x:si>
   <x:si>
     <x:t>natrium 3-(allyloxy)-2-hydroxypropaansulfonaat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium 3-(allyloxy)-2-hydroxypropanesulphonate</x:t>
   </x:si>
   <x:si>
     <x:t>natriumperoxoboraat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium peroxoborate</x:t>
   </x:si>
   <x:si>
     <x:t>natriumperoxoboraat, hexahydraat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium peroxoborate, hexahydrate</x:t>
   </x:si>
   <x:si>
     <x:t>2687-91-4</x:t>
   </x:si>
   <x:si>
     <x:t>220-250-6</x:t>
   </x:si>
   <x:si>
     <x:t>N-ethyl-2-pyrrolidon</x:t>
   </x:si>
   <x:si>
     <x:t>N-ethyl-2-pyrrolidone</x:t>
   </x:si>
   <x:si>
+    <x:t>110-54-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203-777-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>n-hexaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>n-hexane</x:t>
+  </x:si>
+  <x:si>
     <x:t>98-95-3</x:t>
   </x:si>
   <x:si>
     <x:t>202-716-0</x:t>
   </x:si>
   <x:si>
     <x:t>nitrobenzeen</x:t>
   </x:si>
   <x:si>
     <x:t>nitrobenzene</x:t>
   </x:si>
   <x:si>
     <x:t>621-64-7</x:t>
   </x:si>
   <x:si>
     <x:t>210-698-0</x:t>
   </x:si>
   <x:si>
     <x:t>nitrosodipropylamine</x:t>
   </x:si>
   <x:si>
     <x:t>872-50-4</x:t>
   </x:si>
   <x:si>
     <x:t>212-828-1</x:t>
@@ -2592,50 +2625,59 @@
     <x:t>phenol, p-sec-nonyl-, phosphite</x:t>
   </x:si>
   <x:si>
     <x:t>1471311-26-8</x:t>
   </x:si>
   <x:si>
     <x:t>939-460-0</x:t>
   </x:si>
   <x:si>
     <x:t>reactieproduct van 1,3,4-thiadiazolidin-2,5-dithion, formaldehyde en fenol, heptyl derivaten</x:t>
   </x:si>
   <x:si>
     <x:t>reaction product of 1,3,4-thiadiazolidine-2,5-dithione, formaldehyde and phenol, heptyl derivs.</x:t>
   </x:si>
   <x:si>
     <x:t>25-11-2022</x:t>
   </x:si>
   <x:si>
     <x:t>reactieproducten van paraformaldehyde en 2-hydroxypropylamine (ratio 3:2)</x:t>
   </x:si>
   <x:si>
     <x:t>reaction products from paraformaldehyde and 2-hydroxypropylamine (ratio 3:2)</x:t>
   </x:si>
   <x:si>
     <x:t>30-5-2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>954-309-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reactieproducten van paraformaldehyde en 2-hydroxypropylamine (ratio 3:2) [MBO]</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction products of paraformaldehyde and 2-hydroxypropylamine (ratio 3:2) [MBO]</x:t>
   </x:si>
   <x:si>
     <x:t>reactieproducten van paraformaldehyde met 2-hydroxypropylamine (ratio 1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>reaction products of paraformaldehyde with 2-hydroxypropylamine (ratio 1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>701-179-4</x:t>
   </x:si>
   <x:si>
     <x:t>reactieproducten van vetzuren, C18 (onverzadigd) alkyl met zwaveltrioxide, kaliumzouten</x:t>
   </x:si>
   <x:si>
     <x:t>reaction products of fatty acids, C18 (unsaturated) alkyl with sulfur trioxide, potassium salts</x:t>
   </x:si>
   <x:si>
     <x:t>respirabel kristallijn silicastof</x:t>
   </x:si>
   <x:si>
     <x:t>respirable crystalline silica dust</x:t>
   </x:si>
   <x:si>
     <x:t>255881-94-8</x:t>
   </x:si>
@@ -3127,52 +3169,52 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P276" totalsRowShown="0">
-  <x:autoFilter ref="A1:P276"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P279" totalsRowShown="0">
+  <x:autoFilter ref="A1:P279"/>
   <x:tableColumns count="16">
     <x:tableColumn id="1" name="CAS-nummer" dataDxfId="0"/>
     <x:tableColumn id="2" name="EG-nummer" dataDxfId="0"/>
     <x:tableColumn id="3" name="Nederlandse stofnaam"/>
     <x:tableColumn id="4" name="Engelse stofnaam"/>
     <x:tableColumn id="5" name="ZZS volgens EU gevaarsindeling"/>
     <x:tableColumn id="6" name="ZZS volgens REACH SVHC"/>
     <x:tableColumn id="7" name="ZZS volgens REACH Restricties"/>
     <x:tableColumn id="8" name="ZZS volgens KRW"/>
     <x:tableColumn id="9" name="ZZS volgens OSPAR"/>
     <x:tableColumn id="10" name="ZZS volgens EU-POP Verordening"/>
     <x:tableColumn id="11" name="Stofklasse voor luchtemissies"/>
     <x:tableColumn id="12" name="Emissiegrenswaarde"/>
     <x:tableColumn id="13" name="Datum toevoeging"/>
     <x:tableColumn id="14" name="Voetnoot1"/>
     <x:tableColumn id="15" name="Voetnoot2"/>
     <x:tableColumn id="16" name="Voetnoot3"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -3442,51 +3484,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:P276"/>
+  <x:dimension ref="A1:P279"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="35.710625" defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="16" width="35.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:16">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -3621,51 +3663,51 @@
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:16">
       <x:c r="A4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
@@ -6189,11109 +6231,11259 @@
       <x:c r="E55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:16">
       <x:c r="A56" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:16">
       <x:c r="A57" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C57" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E57" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G57" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I57" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="B57" s="1" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="N57" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:16">
       <x:c r="A58" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P58" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:16">
       <x:c r="A59" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:16">
       <x:c r="A60" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:16">
       <x:c r="A61" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:16">
       <x:c r="A62" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:16">
       <x:c r="A63" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:16">
       <x:c r="A64" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:16">
       <x:c r="A65" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:16">
       <x:c r="A66" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P66" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:16">
       <x:c r="A67" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:16">
       <x:c r="A68" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P68" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:16">
       <x:c r="A69" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:16">
       <x:c r="A70" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M70" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P70" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:16">
       <x:c r="A71" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:16">
       <x:c r="A72" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P72" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:16">
       <x:c r="A73" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:16">
       <x:c r="A74" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M74" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N74" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P74" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:16">
       <x:c r="A75" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:16">
       <x:c r="A76" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M76" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N76" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O76" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P76" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:16">
       <x:c r="A77" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:16">
       <x:c r="A78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P78" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:16">
       <x:c r="A79" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:16">
       <x:c r="A80" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P80" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:16">
       <x:c r="A81" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:16">
       <x:c r="A82" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P82" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:16">
       <x:c r="A83" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:16">
       <x:c r="A84" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P84" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:16">
       <x:c r="A85" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:16">
       <x:c r="A86" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P86" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:16">
       <x:c r="A87" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:16">
       <x:c r="A88" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="P88" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:16">
       <x:c r="A89" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:16">
       <x:c r="A90" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P90" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:16">
       <x:c r="A91" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:16">
       <x:c r="A92" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P92" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:16">
       <x:c r="A93" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:16">
       <x:c r="A94" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P94" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:16">
       <x:c r="A95" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:16">
       <x:c r="A96" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P96" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:16">
       <x:c r="A97" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:16">
       <x:c r="A98" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P98" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:16">
       <x:c r="A99" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:16">
       <x:c r="A100" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P100" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:16">
       <x:c r="A101" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:16">
       <x:c r="A102" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M102" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P102" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:16">
       <x:c r="A103" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:16">
       <x:c r="A104" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P104" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:16">
       <x:c r="A105" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:16">
       <x:c r="A106" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P106" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:16">
       <x:c r="A107" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:16">
       <x:c r="A108" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P108" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:16">
       <x:c r="A109" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:16">
       <x:c r="A110" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P110" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:16">
       <x:c r="A111" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:16">
       <x:c r="A112" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P112" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:16">
       <x:c r="A113" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:16">
       <x:c r="A114" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P114" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:16">
       <x:c r="A115" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:16">
       <x:c r="A116" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P116" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:16">
       <x:c r="A117" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:16">
       <x:c r="A118" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P118" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:16">
       <x:c r="A119" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:16">
       <x:c r="A120" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P120" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:16">
       <x:c r="A121" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:16">
       <x:c r="A122" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P122" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:16">
       <x:c r="A123" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:16">
       <x:c r="A124" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P124" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:16">
       <x:c r="A125" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:16">
       <x:c r="A126" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P126" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:16">
       <x:c r="A127" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:16">
       <x:c r="A128" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P128" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:16">
       <x:c r="A129" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:16">
       <x:c r="A130" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P130" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:16">
       <x:c r="A131" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:16">
       <x:c r="A132" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P132" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:16">
       <x:c r="A133" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:16">
       <x:c r="A134" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P134" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:16">
       <x:c r="A135" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:16">
       <x:c r="A136" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P136" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:16">
       <x:c r="A137" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:16">
       <x:c r="A138" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P138" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:16">
       <x:c r="A139" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:16">
       <x:c r="A140" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P140" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:16">
       <x:c r="A141" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:16">
       <x:c r="A142" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N142" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P142" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:16">
       <x:c r="A143" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:16">
       <x:c r="A144" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P144" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:16">
       <x:c r="A145" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:16">
       <x:c r="A146" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P146" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:16">
       <x:c r="A147" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:16">
       <x:c r="A148" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P148" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:16">
       <x:c r="A149" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:16">
       <x:c r="A150" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P150" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:16">
       <x:c r="A151" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:16">
       <x:c r="A152" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P152" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:16">
       <x:c r="A153" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:16">
       <x:c r="A154" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P154" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:16">
       <x:c r="A155" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:16">
       <x:c r="A156" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N156" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P156" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:16">
       <x:c r="A157" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:16">
       <x:c r="A158" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P158" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:16">
       <x:c r="A159" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:16">
       <x:c r="A160" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:16">
       <x:c r="A161" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:16">
       <x:c r="A162" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:16">
       <x:c r="A163" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:16">
       <x:c r="A164" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P164" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:16">
       <x:c r="A165" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:16">
       <x:c r="A166" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P166" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:16">
       <x:c r="A167" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:16">
       <x:c r="A168" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P168" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:16">
       <x:c r="A169" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:16">
       <x:c r="A170" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P170" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:16">
       <x:c r="A171" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:16">
       <x:c r="A172" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P172" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:16">
       <x:c r="A173" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:16">
       <x:c r="A174" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P174" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:16">
       <x:c r="A175" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:16">
       <x:c r="A176" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P176" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:16">
       <x:c r="A177" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:16">
       <x:c r="A178" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P178" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:16">
       <x:c r="A179" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:16">
       <x:c r="A180" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P180" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:16">
       <x:c r="A181" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:16">
       <x:c r="A182" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:16">
       <x:c r="A183" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:16">
       <x:c r="A184" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P184" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:16">
       <x:c r="A185" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:16">
       <x:c r="A186" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:16">
       <x:c r="A187" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:16">
       <x:c r="A188" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P188" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:16">
       <x:c r="A189" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:16">
       <x:c r="A190" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:16">
       <x:c r="A191" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:16">
       <x:c r="A192" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="C192" s="0" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="E192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L192" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="M192" s="0" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="N192" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P192" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:16">
       <x:c r="A193" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:16">
       <x:c r="A194" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P194" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:16">
       <x:c r="A195" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:16">
       <x:c r="A196" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:16">
       <x:c r="A197" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:16">
       <x:c r="A198" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:16">
       <x:c r="A199" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:16">
       <x:c r="A200" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:16">
       <x:c r="A201" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:16">
       <x:c r="A202" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:16">
       <x:c r="A203" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:16">
       <x:c r="A204" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:16">
       <x:c r="A205" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:16">
       <x:c r="A206" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:16">
       <x:c r="A207" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:16">
       <x:c r="A208" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:16">
       <x:c r="A209" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:16">
       <x:c r="A210" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="P210" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:16">
       <x:c r="A211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:16">
       <x:c r="A212" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:16">
       <x:c r="A213" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:16">
       <x:c r="A214" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:16">
       <x:c r="A215" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:16">
       <x:c r="A216" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P216" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:16">
       <x:c r="A217" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:16">
       <x:c r="A218" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:16">
       <x:c r="A219" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:16">
       <x:c r="A220" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:16">
       <x:c r="A221" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:16">
       <x:c r="A222" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P222" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:16">
       <x:c r="A223" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:16">
       <x:c r="A224" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:16">
       <x:c r="A225" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:16">
       <x:c r="A226" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P226" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:16">
       <x:c r="A227" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:16">
       <x:c r="A228" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P228" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:16">
       <x:c r="A229" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:16">
       <x:c r="A230" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:16">
       <x:c r="A231" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:16">
       <x:c r="A232" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:16">
       <x:c r="A233" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:16">
       <x:c r="A234" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:16">
       <x:c r="A235" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:16">
       <x:c r="A236" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:16">
       <x:c r="A237" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:16">
       <x:c r="A238" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:16">
       <x:c r="A239" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:16">
       <x:c r="A240" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:16">
       <x:c r="A241" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:16">
       <x:c r="A242" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:16">
       <x:c r="A243" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:16">
       <x:c r="A244" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:16">
       <x:c r="A245" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:16">
       <x:c r="A246" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P246" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:16">
       <x:c r="A247" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:16">
       <x:c r="A248" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P248" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:16">
       <x:c r="A249" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:16">
       <x:c r="A250" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:16">
       <x:c r="A251" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:16">
       <x:c r="A252" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L252" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P252" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:16">
       <x:c r="A253" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:16">
       <x:c r="A254" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:16">
       <x:c r="A255" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:16">
       <x:c r="A256" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:16">
       <x:c r="A257" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:16">
       <x:c r="A258" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P258" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:16">
       <x:c r="A259" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:16">
       <x:c r="A260" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P260" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:16">
       <x:c r="A261" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:16">
       <x:c r="A262" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P262" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:16">
       <x:c r="A263" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:16">
       <x:c r="A264" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="P264" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:16">
       <x:c r="A265" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:16">
       <x:c r="A266" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P266" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:16">
       <x:c r="A267" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:16">
       <x:c r="A268" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="P268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:16">
       <x:c r="A269" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:16">
       <x:c r="A270" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M270" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="N270" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:16">
       <x:c r="A271" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N271" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:16">
       <x:c r="A272" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:16">
       <x:c r="A273" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N273" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:16">
       <x:c r="A274" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P274" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:16">
       <x:c r="A275" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="N275" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:16">
       <x:c r="A276" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="O276" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="P276" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:16">
+      <x:c r="A277" s="1" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="E277" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K277" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="L277" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="M277" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="N277" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="O276" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="P276" s="0" t="s">
+      <x:c r="O277" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="P277" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:16">
+      <x:c r="A278" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="D278" s="0" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="E278" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G278" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H278" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I278" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J278" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K278" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="L278" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="M278" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="N278" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="O278" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="P278" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:16">
+      <x:c r="A279" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="E279" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G279" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I279" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K279" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="L279" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="M279" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="N279" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="O279" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="P279" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>