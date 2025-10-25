--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6cd90493a34cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed21904eca0947459a3fa922254e6c4e.psmdcp" Id="Rc3238aa5c5674c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb64a6279d894c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a2144917c974118853467101dcbf7ae.psmdcp" Id="R5d506fc606c94b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -1640,53 +1640,50 @@
   <x:si>
     <x:t>fenylethanol</x:t>
   </x:si>
   <x:si>
     <x:t>1-phenylethanol</x:t>
   </x:si>
   <x:si>
     <x:t>85-44-9</x:t>
   </x:si>
   <x:si>
     <x:t>201-607-5</x:t>
   </x:si>
   <x:si>
     <x:t>ftaalzuuranhydride</x:t>
   </x:si>
   <x:si>
     <x:t>phthalic anhydride</x:t>
   </x:si>
   <x:si>
     <x:t>S</x:t>
   </x:si>
   <x:si>
     <x:t>3 mg/Nm3</x:t>
   </x:si>
   <x:si>
-    <x:t>Deze stof wordt binnen het REACH kader onderzocht op ZZS eigenschappen maar staat niet op de potentiele ZZS-lijst omdat er een CLP-zelfklassificaties als CMR 1A of 1B door bedrijven is. Het bevoegd gezag kan daarom overwegen om deze stof als ZZS te beschouwen en een MVP stofklasse met bijbehorende emissiegrenswaarde te hanteren.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>98-01-1</x:t>
   </x:si>
   <x:si>
     <x:t>202-627-7</x:t>
   </x:si>
   <x:si>
     <x:t>furfural</x:t>
   </x:si>
   <x:si>
     <x:t>2-furaldehyde</x:t>
   </x:si>
   <x:si>
     <x:t>168689-49-4</x:t>
   </x:si>
   <x:si>
     <x:t>418-550-9</x:t>
   </x:si>
   <x:si>
     <x:t>hexadecyl 4-chloro-3-[2-(5,5-dimethyl-2,4-dioxo-1,3-oxazolidin-3-yl)-4,4-dimethyl-3-oxopentamido]benzoate</x:t>
   </x:si>
   <x:si>
     <x:t>121-82-4</x:t>
   </x:si>
   <x:si>
     <x:t>204-500-1</x:t>
@@ -2280,53 +2277,50 @@
     <x:t>p-diisopropylbenzeen</x:t>
   </x:si>
   <x:si>
     <x:t>1,4-diisopropylbenzene</x:t>
   </x:si>
   <x:si>
     <x:t>12007-92-0</x:t>
   </x:si>
   <x:si>
     <x:t>234-522-7</x:t>
   </x:si>
   <x:si>
     <x:t>Pentaboron sodium octaoxide</x:t>
   </x:si>
   <x:si>
     <x:t>7601-90-3</x:t>
   </x:si>
   <x:si>
     <x:t>231-512-4</x:t>
   </x:si>
   <x:si>
     <x:t>perchloorzuur</x:t>
   </x:si>
   <x:si>
     <x:t>perchloric acid</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Geldt ook voor zouten van perchloorzuur</x:t>
   </x:si>
   <x:si>
     <x:t>68610-51-5</x:t>
   </x:si>
   <x:si>
     <x:t>271-867-2</x:t>
   </x:si>
   <x:si>
     <x:t>Phenol, 4-methyl-, reaction products with dicyclopentadiene and isobutylene</x:t>
   </x:si>
   <x:si>
     <x:t>61788-44-1</x:t>
   </x:si>
   <x:si>
     <x:t>262-975-0</x:t>
   </x:si>
   <x:si>
     <x:t>Phenol, styrenated</x:t>
   </x:si>
   <x:si>
     <x:t>84605-29-8</x:t>
   </x:si>
   <x:si>
     <x:t>283-392-8</x:t>
   </x:si>
@@ -11119,6418 +11113,6418 @@
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="N156" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O156" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P156" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:16">
       <x:c r="A157" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
+      <x:c r="C157" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C157" s="0" t="s">
+      <x:c r="D157" s="0" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>547</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:16">
       <x:c r="A158" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="B158" s="1" t="s">
+      <x:c r="C158" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C158" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P158" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:16">
       <x:c r="A159" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="B159" s="1" t="s">
+      <x:c r="C159" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C159" s="0" t="s">
+      <x:c r="D159" s="0" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>554</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:16">
       <x:c r="A160" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
+      <x:c r="C160" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="C160" s="0" t="s">
+      <x:c r="D160" s="0" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P160" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:16">
       <x:c r="A161" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
+      <x:c r="C161" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="C161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:16">
       <x:c r="A162" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C162" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="C162" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P162" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:16">
       <x:c r="A163" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
+      <x:c r="C163" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:16">
       <x:c r="A164" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
+      <x:c r="C164" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="C164" s="0" t="s">
+      <x:c r="D164" s="0" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:16">
       <x:c r="A165" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
+      <x:c r="C165" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C165" s="0" t="s">
+      <x:c r="D165" s="0" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:16">
       <x:c r="A166" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
+      <x:c r="C166" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="C166" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P166" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:16">
       <x:c r="A167" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
+      <x:c r="C167" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C167" s="0" t="s">
+      <x:c r="D167" s="0" t="s">
         <x:v>580</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:16">
       <x:c r="A168" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
+      <x:c r="C168" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="C168" s="0" t="s">
+      <x:c r="D168" s="0" t="s">
         <x:v>584</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>585</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P168" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:16">
       <x:c r="A169" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
+      <x:c r="C169" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="C169" s="0" t="s">
+      <x:c r="D169" s="0" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:16">
       <x:c r="A170" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
+      <x:c r="C170" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="C170" s="0" t="s">
+      <x:c r="D170" s="0" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>593</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P170" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:16">
       <x:c r="A171" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="B171" s="1" t="s">
+      <x:c r="C171" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="C171" s="0" t="s">
+      <x:c r="D171" s="0" t="s">
         <x:v>596</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>597</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:16">
       <x:c r="A172" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
+      <x:c r="C172" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C172" s="0" t="s">
+      <x:c r="D172" s="0" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:16">
       <x:c r="A173" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="B173" s="1" t="s">
+      <x:c r="C173" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="C173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:16">
       <x:c r="A174" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="B174" s="1" t="s">
+      <x:c r="C174" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="C174" s="0" t="s">
+      <x:c r="D174" s="0" t="s">
         <x:v>607</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>608</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P174" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:16">
       <x:c r="A175" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="B175" s="1" t="s">
+      <x:c r="C175" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="C175" s="0" t="s">
+      <x:c r="D175" s="0" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:16">
       <x:c r="A176" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
+      <x:c r="C176" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="C176" s="0" t="s">
+      <x:c r="D176" s="0" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:16">
       <x:c r="A177" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
+      <x:c r="C177" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="C177" s="0" t="s">
+      <x:c r="D177" s="0" t="s">
         <x:v>619</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>620</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:16">
       <x:c r="A178" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
+      <x:c r="C178" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C178" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:16">
       <x:c r="A179" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
+      <x:c r="C179" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C179" s="0" t="s">
+      <x:c r="D179" s="0" t="s">
         <x:v>626</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>627</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:16">
       <x:c r="A180" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
+      <x:c r="C180" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="C180" s="0" t="s">
+      <x:c r="D180" s="0" t="s">
         <x:v>630</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>631</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P180" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:16">
       <x:c r="A181" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="C181" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="C181" s="0" t="s">
+      <x:c r="D181" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="D181" s="0" t="s">
+      <x:c r="E181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L181" s="0" t="s">
         <x:v>634</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>635</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:16">
       <x:c r="A182" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C182" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C182" s="0" t="s">
+      <x:c r="D182" s="0" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>640</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P182" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:16">
       <x:c r="A183" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="C183" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="C183" s="0" t="s">
+      <x:c r="D183" s="0" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:16">
       <x:c r="A184" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C184" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="C184" s="0" t="s">
+      <x:c r="D184" s="0" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>646</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:16">
       <x:c r="A185" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C185" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="C185" s="0" t="s">
+      <x:c r="D185" s="0" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:16">
       <x:c r="A186" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="B186" s="1" t="s">
+      <x:c r="C186" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="C186" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:16">
       <x:c r="A187" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
+      <x:c r="C187" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="C187" s="0" t="s">
+      <x:c r="D187" s="0" t="s">
         <x:v>655</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>656</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:16">
       <x:c r="A188" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="B188" s="1" t="s">
+      <x:c r="C188" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="C188" s="0" t="s">
+      <x:c r="D188" s="0" t="s">
         <x:v>659</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>660</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:16">
       <x:c r="A189" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
+      <x:c r="C189" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="C189" s="0" t="s">
+      <x:c r="D189" s="0" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:16">
       <x:c r="A190" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
+      <x:c r="C190" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="C190" s="0" t="s">
+      <x:c r="D190" s="0" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:16">
       <x:c r="A191" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C191" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="C191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:16">
       <x:c r="A192" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
+      <x:c r="C192" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="C192" s="0" t="s">
+      <x:c r="D192" s="0" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:16">
       <x:c r="A193" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="C193" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="C193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:16">
       <x:c r="A194" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
         <x:v>677</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>678</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:16">
       <x:c r="A195" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="B195" s="1" t="s">
+      <x:c r="C195" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="C195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:16">
       <x:c r="A196" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="B196" s="1" t="s">
+      <x:c r="C196" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="C196" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:16">
       <x:c r="A197" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
+      <x:c r="C197" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:16">
       <x:c r="A198" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="B198" s="1" t="s">
+      <x:c r="C198" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="C198" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:16">
       <x:c r="A199" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="B199" s="1" t="s">
+      <x:c r="C199" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="C199" s="0" t="s">
+      <x:c r="D199" s="0" t="s">
         <x:v>693</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>694</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:16">
       <x:c r="A200" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="B200" s="1" t="s">
+      <x:c r="C200" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="C200" s="0" t="s">
+      <x:c r="D200" s="0" t="s">
         <x:v>697</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>698</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:16">
       <x:c r="A201" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="B201" s="1" t="s">
+      <x:c r="C201" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="C201" s="0" t="s">
+      <x:c r="D201" s="0" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>702</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:16">
       <x:c r="A202" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="B202" s="1" t="s">
+      <x:c r="C202" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="C202" s="0" t="s">
+      <x:c r="D202" s="0" t="s">
         <x:v>705</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>706</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:16">
       <x:c r="A203" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
+      <x:c r="C203" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C203" s="0" t="s">
+      <x:c r="D203" s="0" t="s">
         <x:v>709</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>710</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:16">
       <x:c r="A204" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="B204" s="1" t="s">
+      <x:c r="C204" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="C204" s="0" t="s">
+      <x:c r="D204" s="0" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>714</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:16">
       <x:c r="A205" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="B205" s="1" t="s">
+      <x:c r="C205" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="C205" s="0" t="s">
+      <x:c r="D205" s="0" t="s">
         <x:v>717</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>718</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:16">
       <x:c r="A206" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
+      <x:c r="C206" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
-      <x:c r="C206" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:16">
       <x:c r="A207" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="C207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:16">
       <x:c r="A208" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="B208" s="1" t="s">
+      <x:c r="C208" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="C208" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:16">
       <x:c r="A209" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
+      <x:c r="C209" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="C209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:16">
       <x:c r="A210" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="B210" s="1" t="s">
+      <x:c r="C210" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C210" s="0" t="s">
+      <x:c r="D210" s="0" t="s">
         <x:v>732</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>733</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P210" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:16">
       <x:c r="A211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C211" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="C211" s="0" t="s">
+      <x:c r="D211" s="0" t="s">
         <x:v>735</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>736</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:16">
       <x:c r="A212" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
+      <x:c r="D212" s="0" t="s">
         <x:v>738</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>739</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:16">
       <x:c r="A213" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
+      <x:c r="C213" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="C213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:16">
       <x:c r="A214" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
+      <x:c r="C214" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="C214" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:16">
       <x:c r="A215" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
+      <x:c r="C215" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="C215" s="0" t="s">
+      <x:c r="D215" s="0" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>749</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:16">
       <x:c r="A216" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
+      <x:c r="C216" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="C216" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P216" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:16">
       <x:c r="A217" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
+      <x:c r="C217" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="C217" s="0" t="s">
+      <x:c r="D217" s="0" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>756</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:16">
       <x:c r="A218" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="C218" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="B218" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P218" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:16">
       <x:c r="A219" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C219" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="B219" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:16">
       <x:c r="A220" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="C220" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="B220" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:16">
       <x:c r="A221" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="C221" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:16">
       <x:c r="A222" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="C222" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
+      <x:c r="D222" s="0" t="s">
         <x:v>771</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>773</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P222" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:16">
       <x:c r="A223" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C223" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:16">
       <x:c r="A224" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="C224" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="B224" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:16">
       <x:c r="A225" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="C225" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="B225" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:16">
       <x:c r="A226" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="C226" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P226" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:16">
       <x:c r="A227" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="C227" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="B227" s="1" t="s">
+      <x:c r="D227" s="0" t="s">
         <x:v>787</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>789</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:16">
       <x:c r="A228" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P228" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:16">
       <x:c r="A229" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:16">
       <x:c r="A230" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:16">
       <x:c r="A231" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:16">
       <x:c r="A232" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P232" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:16">
       <x:c r="A233" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:16">
       <x:c r="A234" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P234" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:16">
       <x:c r="A235" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:16">
       <x:c r="A236" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C236" s="0" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="D236" s="0" t="s">
         <x:v>806</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P236" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:16">
       <x:c r="A237" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:16">
       <x:c r="A238" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:16">
       <x:c r="A239" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C239" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:16">
       <x:c r="A240" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:16">
       <x:c r="A241" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="C241" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:16">
       <x:c r="A242" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="C242" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:16">
       <x:c r="A243" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="C243" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:16">
       <x:c r="A244" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="C244" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P244" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:16">
       <x:c r="A245" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:16">
       <x:c r="A246" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P246" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:16">
       <x:c r="A247" s="1" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="B247" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="C247" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="B247" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:16">
       <x:c r="A248" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="C248" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="B248" s="1" t="s">
+      <x:c r="D248" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="C248" s="0" t="s">
+      <x:c r="E248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I248" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="M248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="N248" s="0" t="s">
         <x:v>839</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:16">
       <x:c r="A249" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="C249" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B249" s="1" t="s">
+      <x:c r="D249" s="0" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>845</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:16">
       <x:c r="A250" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:16">
       <x:c r="A251" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
+      <x:c r="D251" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="C251" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:16">
       <x:c r="A252" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="B252" s="1" t="s">
+      <x:c r="D252" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
-      <x:c r="C252" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P252" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:16">
       <x:c r="A253" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="C253" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
-      <x:c r="B253" s="1" t="s">
+      <x:c r="D253" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="C253" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:16">
       <x:c r="A254" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="C254" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="B254" s="1" t="s">
+      <x:c r="D254" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="C254" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:16">
       <x:c r="A255" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
+      <x:c r="D255" s="0" t="s">
         <x:v>866</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:16">
       <x:c r="A256" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
+      <x:c r="D256" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="C256" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P256" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:16">
       <x:c r="A257" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="C257" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
+      <x:c r="D257" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="C257" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:16">
       <x:c r="A258" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="B258" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="C258" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="B258" s="1" t="s">
+      <x:c r="D258" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="C258" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:16">
       <x:c r="A259" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="B259" s="1" t="s">
+      <x:c r="D259" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="C259" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:16">
       <x:c r="A260" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P260" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:16">
       <x:c r="A261" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="B261" s="1" t="s">
+      <x:c r="D261" s="0" t="s">
         <x:v>887</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>889</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:16">
       <x:c r="A262" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="C262" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="B262" s="1" t="s">
+      <x:c r="D262" s="0" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>893</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:16">
       <x:c r="A263" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="C263" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
+      <x:c r="D263" s="0" t="s">
         <x:v>895</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>897</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:16">
       <x:c r="A264" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="C264" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:16">
       <x:c r="A265" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="C265" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="B265" s="1" t="s">
+      <x:c r="D265" s="0" t="s">
         <x:v>902</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>904</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:16">
       <x:c r="A266" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="C266" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="B266" s="1" t="s">
+      <x:c r="D266" s="0" t="s">
         <x:v>906</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>908</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:16">
       <x:c r="A267" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="C267" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="B267" s="1" t="s">
+      <x:c r="D267" s="0" t="s">
         <x:v>910</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>912</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:16">
       <x:c r="A268" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="C268" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:16">
       <x:c r="A269" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="C269" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="B269" s="1" t="s">
+      <x:c r="D269" s="0" t="s">
         <x:v>917</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>919</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:16">
       <x:c r="A270" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="C270" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="B270" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N270" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:16">
       <x:c r="A271" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="C271" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="B271" s="1" t="s">
+      <x:c r="D271" s="0" t="s">
         <x:v>924</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>926</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N271" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:16">
       <x:c r="A272" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="B272" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:16">
       <x:c r="A273" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="C273" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="B273" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:16">
       <x:c r="A274" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="B274" s="1" t="s">
+      <x:c r="D274" s="0" t="s">
         <x:v>934</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>936</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:16">
       <x:c r="A275" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="C275" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="B275" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:16">
       <x:c r="A276" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="C276" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="B276" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P276" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:16">
       <x:c r="A277" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
-      <x:c r="B277" s="1" t="s">
+      <x:c r="D277" s="0" t="s">
         <x:v>944</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:16">
       <x:c r="A278" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
-      <x:c r="B278" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:16">
       <x:c r="A279" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
         <x:v>950</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>952</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:16">
       <x:c r="A280" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N280" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:16">
       <x:c r="A281" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="C281" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
+      <x:c r="D281" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
-      <x:c r="C281" s="0" t="s">
+      <x:c r="E281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="I281" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="K281" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="L281" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="D281" s="0" t="s">
+      <x:c r="M281" s="0" t="s">
         <x:v>958</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>960</x:v>
       </x:c>
       <x:c r="N281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:16">
       <x:c r="A282" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="C282" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="B282" s="1" t="s">
+      <x:c r="D282" s="0" t="s">
         <x:v>962</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>964</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:16">
       <x:c r="A283" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="B283" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="C283" s="0" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="B283" s="1" t="s">
+      <x:c r="D283" s="0" t="s">
         <x:v>966</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>968</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:16">
       <x:c r="A284" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="B284" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="C284" s="0" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="B284" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>