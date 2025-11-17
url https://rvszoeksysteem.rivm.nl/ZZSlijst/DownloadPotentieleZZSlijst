--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb64a6279d894c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a2144917c974118853467101dcbf7ae.psmdcp" Id="R5d506fc606c94b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f77123884c94149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2009d377b2f048c594b82739ebf95b88.psmdcp" Id="R4d859273f55e41ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>