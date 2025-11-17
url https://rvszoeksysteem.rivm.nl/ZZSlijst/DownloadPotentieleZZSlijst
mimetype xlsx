--- v2 (2025-11-17)
+++ v3 (2025-11-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f77123884c94149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2009d377b2f048c594b82739ebf95b88.psmdcp" Id="R4d859273f55e41ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634f9c0dd3614579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e600b9700a474347ac302af346aff266.psmdcp" Id="R6184ce0edceb4371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>