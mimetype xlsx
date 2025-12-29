--- v3 (2025-11-17)
+++ v4 (2025-12-29)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634f9c0dd3614579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e600b9700a474347ac302af346aff266.psmdcp" Id="R6184ce0edceb4371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7dfe9c1e064e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e406b3cbf8c4f7483c134ae09e937f7.psmdcp" Id="R4201041972ab4475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>