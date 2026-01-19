--- v4 (2025-12-29)
+++ v5 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7dfe9c1e064e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e406b3cbf8c4f7483c134ae09e937f7.psmdcp" Id="R4201041972ab4475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e4e677ccee4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28c8a4a8ada847d794fdb49faa04b009.psmdcp" Id="R2a4eccde1d7f4112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -1340,50 +1340,62 @@
   <x:si>
     <x:t>205-137-1</x:t>
   </x:si>
   <x:si>
     <x:t>bis(8-hydroxyquinolinium) sulphate</x:t>
   </x:si>
   <x:si>
     <x:t>13927-71-4</x:t>
   </x:si>
   <x:si>
     <x:t>237-695-7</x:t>
   </x:si>
   <x:si>
     <x:t>Bis(dibutyldithiocarbamato-S,S')copper</x:t>
   </x:si>
   <x:si>
     <x:t>38640-62-9</x:t>
   </x:si>
   <x:si>
     <x:t>254-052-6</x:t>
   </x:si>
   <x:si>
     <x:t>Bis(isopropyl)naphthalene</x:t>
   </x:si>
   <x:si>
+    <x:t>12291-65-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>602-907-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>borium calcium oxide (B6Ca2O11), hydraat (1:5)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>boron calcium oxide (B6Ca2O11), hydrate (1:5)</x:t>
+  </x:si>
+  <x:si>
     <x:t>431-03-8</x:t>
   </x:si>
   <x:si>
     <x:t>207-069-8</x:t>
   </x:si>
   <x:si>
     <x:t>butaandion</x:t>
   </x:si>
   <x:si>
     <x:t>butanedione</x:t>
   </x:si>
   <x:si>
     <x:t>98171-53-0</x:t>
   </x:si>
   <x:si>
     <x:t>308-662-5</x:t>
   </x:si>
   <x:si>
     <x:t>butaanzuur, 4-amino-4-oxosulfo-, N-coco alkyl derivaten, mononatriumzouten, verbindingen met triethanolamine</x:t>
   </x:si>
   <x:si>
     <x:t>butanoic acid, 4-amino-4-oxosulfo-, N-coco alkyl derivs., monosodium salts, compds. with triethanolamine</x:t>
   </x:si>
   <x:si>
     <x:t>78-93-3</x:t>
@@ -1446,53 +1458,50 @@
     <x:t>701-311-0</x:t>
   </x:si>
   <x:si>
     <x:t>calcium metaborate (Ca(BO2)2) and calcium tetraborate (CaB4O7), amorphous reaction products of boric acid with lime</x:t>
   </x:si>
   <x:si>
     <x:t>2921-88-2</x:t>
   </x:si>
   <x:si>
     <x:t>220-864-4</x:t>
   </x:si>
   <x:si>
     <x:t>chloorpyrifos</x:t>
   </x:si>
   <x:si>
     <x:t>chlorpyrifos</x:t>
   </x:si>
   <x:si>
     <x:t>38083-17-9</x:t>
   </x:si>
   <x:si>
     <x:t>253-775-4</x:t>
   </x:si>
   <x:si>
     <x:t>Climbazole</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Colemanite (CaH(BO2)3.2H2O); Boron calcium oxide (B6Ca2O11), hydrate (1:5);Colemanite, calcined</x:t>
   </x:si>
   <x:si>
     <x:t>92908-12-8</x:t>
   </x:si>
   <x:si>
     <x:t>296-640-5</x:t>
   </x:si>
   <x:si>
     <x:t>colemanite, calcinated</x:t>
   </x:si>
   <x:si>
     <x:t>100-64-1</x:t>
   </x:si>
   <x:si>
     <x:t>202-874-0</x:t>
   </x:si>
   <x:si>
     <x:t>cyclohexanone oxime</x:t>
   </x:si>
   <x:si>
     <x:t>91-17-8</x:t>
   </x:si>
   <x:si>
     <x:t>202-046-9</x:t>
   </x:si>
@@ -9695,7836 +9704,7836 @@
       <x:c r="A128" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P128" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:16">
       <x:c r="A129" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:16">
       <x:c r="A130" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:16">
       <x:c r="A131" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:16">
       <x:c r="A132" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:16">
       <x:c r="A133" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:16">
       <x:c r="A134" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:16">
       <x:c r="A135" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:16">
       <x:c r="A136" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:16">
       <x:c r="A137" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:16">
       <x:c r="A138" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:16">
       <x:c r="A139" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:16">
       <x:c r="A140" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P140" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:16">
       <x:c r="A141" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:16">
       <x:c r="A142" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N142" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O142" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P142" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:16">
       <x:c r="A143" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:16">
       <x:c r="A144" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P144" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:16">
       <x:c r="A145" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:16">
       <x:c r="A146" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P146" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:16">
       <x:c r="A147" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:16">
       <x:c r="A148" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P148" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:16">
       <x:c r="A149" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:16">
       <x:c r="A150" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P150" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:16">
       <x:c r="A151" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:16">
       <x:c r="A152" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P152" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:16">
       <x:c r="A153" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:16">
       <x:c r="A154" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P154" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:16">
       <x:c r="A155" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:16">
       <x:c r="A156" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="N156" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O156" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P156" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:16">
       <x:c r="A157" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:16">
       <x:c r="A158" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P158" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:16">
       <x:c r="A159" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:16">
       <x:c r="A160" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P160" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:16">
       <x:c r="A161" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:16">
       <x:c r="A162" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N162" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P162" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:16">
       <x:c r="A163" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:16">
       <x:c r="A164" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:16">
       <x:c r="A165" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:16">
       <x:c r="A166" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P166" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:16">
       <x:c r="A167" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:16">
       <x:c r="A168" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P168" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:16">
       <x:c r="A169" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:16">
       <x:c r="A170" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P170" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:16">
       <x:c r="A171" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:16">
       <x:c r="A172" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:16">
       <x:c r="A173" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:16">
       <x:c r="A174" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P174" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:16">
       <x:c r="A175" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:16">
       <x:c r="A176" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:16">
       <x:c r="A177" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:16">
       <x:c r="A178" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:16">
       <x:c r="A179" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:16">
       <x:c r="A180" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P180" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:16">
       <x:c r="A181" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:16">
       <x:c r="A182" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P182" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:16">
       <x:c r="A183" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:16">
       <x:c r="A184" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:16">
       <x:c r="A185" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:16">
       <x:c r="A186" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:16">
       <x:c r="A187" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:16">
       <x:c r="A188" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:16">
       <x:c r="A189" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:16">
       <x:c r="A190" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:16">
       <x:c r="A191" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:16">
       <x:c r="A192" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:16">
       <x:c r="A193" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:16">
       <x:c r="A194" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:16">
       <x:c r="A195" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:16">
       <x:c r="A196" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:16">
       <x:c r="A197" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:16">
       <x:c r="A198" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:16">
       <x:c r="A199" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:16">
       <x:c r="A200" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:16">
       <x:c r="A201" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:16">
       <x:c r="A202" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:16">
       <x:c r="A203" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:16">
       <x:c r="A204" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:16">
       <x:c r="A205" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:16">
       <x:c r="A206" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:16">
       <x:c r="A207" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:16">
       <x:c r="A208" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:16">
       <x:c r="A209" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:16">
       <x:c r="A210" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P210" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:16">
       <x:c r="A211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:16">
       <x:c r="A212" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:16">
       <x:c r="A213" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:16">
       <x:c r="A214" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:16">
       <x:c r="A215" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:16">
       <x:c r="A216" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P216" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:16">
       <x:c r="A217" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:16">
       <x:c r="A218" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P218" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:16">
       <x:c r="A219" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:16">
       <x:c r="A220" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:16">
       <x:c r="A221" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:16">
       <x:c r="A222" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P222" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:16">
       <x:c r="A223" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:16">
       <x:c r="A224" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:16">
       <x:c r="A225" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:16">
       <x:c r="A226" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P226" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:16">
       <x:c r="A227" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:16">
       <x:c r="A228" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P228" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:16">
       <x:c r="A229" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:16">
       <x:c r="A230" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:16">
       <x:c r="A231" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:16">
       <x:c r="A232" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P232" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:16">
       <x:c r="A233" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:16">
       <x:c r="A234" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P234" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:16">
       <x:c r="A235" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:16">
       <x:c r="A236" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P236" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:16">
       <x:c r="A237" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:16">
       <x:c r="A238" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:16">
       <x:c r="A239" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:16">
       <x:c r="A240" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:16">
       <x:c r="A241" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:16">
       <x:c r="A242" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:16">
       <x:c r="A243" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:16">
       <x:c r="A244" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P244" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:16">
       <x:c r="A245" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:16">
       <x:c r="A246" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P246" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:16">
       <x:c r="A247" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:16">
       <x:c r="A248" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:16">
       <x:c r="A249" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:16">
       <x:c r="A250" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:16">
       <x:c r="A251" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:16">
       <x:c r="A252" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P252" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:16">
       <x:c r="A253" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:16">
       <x:c r="A254" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:16">
       <x:c r="A255" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:16">
       <x:c r="A256" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P256" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:16">
       <x:c r="A257" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:16">
       <x:c r="A258" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:16">
       <x:c r="A259" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:16">
       <x:c r="A260" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P260" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:16">
       <x:c r="A261" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:16">
       <x:c r="A262" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:16">
       <x:c r="A263" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:16">
       <x:c r="A264" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:16">
       <x:c r="A265" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:16">
       <x:c r="A266" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:16">
       <x:c r="A267" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:16">
       <x:c r="A268" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:16">
       <x:c r="A269" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:16">
       <x:c r="A270" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N270" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:16">
       <x:c r="A271" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N271" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:16">
       <x:c r="A272" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:16">
       <x:c r="A273" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:16">
       <x:c r="A274" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:16">
       <x:c r="A275" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:16">
       <x:c r="A276" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P276" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:16">
       <x:c r="A277" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:16">
       <x:c r="A278" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:16">
       <x:c r="A279" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:16">
       <x:c r="A280" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N280" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:16">
       <x:c r="A281" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="N281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:16">
       <x:c r="A282" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:16">
       <x:c r="A283" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:16">
       <x:c r="A284" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>16</x:v>
       </x:c>