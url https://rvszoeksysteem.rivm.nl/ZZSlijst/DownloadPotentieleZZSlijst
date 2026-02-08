--- v5 (2026-01-19)
+++ v6 (2026-02-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e4e677ccee4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28c8a4a8ada847d794fdb49faa04b009.psmdcp" Id="R2a4eccde1d7f4112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2054219673e443a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc93f365100a47ea9f615b7aab55639f.psmdcp" Id="Rbbe092a884db41b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>