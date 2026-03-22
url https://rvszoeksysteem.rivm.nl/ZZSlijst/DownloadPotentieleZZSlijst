--- v6 (2026-02-08)
+++ v7 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2054219673e443a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc93f365100a47ea9f615b7aab55639f.psmdcp" Id="Rbbe092a884db41b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37fb9790c8654493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25d95eeae128462cbefa0c877d1047d0.psmdcp" Id="R09ce951eb5114287" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -2070,59 +2070,50 @@
     <x:t>Mono- and/or di- and/or tri(1-phenylethyl)-m-cresol and p-cresol</x:t>
   </x:si>
   <x:si>
     <x:t>mono- en di-ftalaat esters met lineaire en/of vertakte alkyl groepen met ten minste één langste continue koolstofketen geteld op basis van de esterfunctie die overeenkomt met C4-C6 en/of met C6 cyclische verzadigde koolstofketens en/of met onverzadigde hydrocarbylgroepen</x:t>
   </x:si>
   <x:si>
     <x:t>mono- and di-phthalate esters with linear and/or branched alkyl moieties with at least one longest continuous carbon chain counted from the ester function corresponding to C4-C6 and/or with C6 cyclic saturated carbon chains and/or with unsaturated hydrocarbyl moieties</x:t>
   </x:si>
   <x:si>
     <x:t>56358-17-9</x:t>
   </x:si>
   <x:si>
     <x:t>260-126-9</x:t>
   </x:si>
   <x:si>
     <x:t>N-(2-ethylhexyl)naphthalen-2-amine</x:t>
   </x:si>
   <x:si>
     <x:t>4979-32-2</x:t>
   </x:si>
   <x:si>
     <x:t>225-625-8</x:t>
   </x:si>
   <x:si>
     <x:t>N,N-dicyclohexylbenzothiazole-2-sulphenamide</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>N,N'-ethylenebis(3,4,5,6-tetrabromophthalimide)</x:t>
   </x:si>
   <x:si>
     <x:t>67905-17-3</x:t>
   </x:si>
   <x:si>
     <x:t>267-636-0</x:t>
   </x:si>
   <x:si>
     <x:t>N-[4-[(9,10-dihydro-4-hydroxy-9,10-dioxo-1-anthryl)amino]phenyl]acetamide</x:t>
   </x:si>
   <x:si>
     <x:t>15217-42-2</x:t>
   </x:si>
   <x:si>
     <x:t>239-269-6</x:t>
   </x:si>
   <x:si>
     <x:t>natrium 1H-benzotriazolide</x:t>
   </x:si>
   <x:si>
     <x:t>sodium 1H-benzotriazolide</x:t>
   </x:si>
   <x:si>
     <x:t>2650-30-8</x:t>
   </x:si>
@@ -3004,52 +2995,52 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P284" totalsRowShown="0">
-  <x:autoFilter ref="A1:P284"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P283" totalsRowShown="0">
+  <x:autoFilter ref="A1:P283"/>
   <x:tableColumns count="16">
     <x:tableColumn id="1" name="CAS-nummer" dataDxfId="0"/>
     <x:tableColumn id="2" name="EG-nummer" dataDxfId="0"/>
     <x:tableColumn id="3" name="Nederlandse stofnaam"/>
     <x:tableColumn id="4" name="Engelse stofnaam"/>
     <x:tableColumn id="5" name="pZZS wegens ARN"/>
     <x:tableColumn id="6" name="pZZS wegens ED beoordelingslijst"/>
     <x:tableColumn id="7" name="pZZS wegens PBT beoordelingslijst"/>
     <x:tableColumn id="8" name="pZZS wegens CORAP"/>
     <x:tableColumn id="9" name="pZZS wegens ROI CLH"/>
     <x:tableColumn id="10" name="pZZS wegens ROI restrictie"/>
     <x:tableColumn id="11" name="pZZS wegens ROI SVHC"/>
     <x:tableColumn id="12" name="Stofklasse voor luchtemissies"/>
     <x:tableColumn id="13" name="Emissiegrenswaarde"/>
     <x:tableColumn id="14" name="Datum toevoeging"/>
     <x:tableColumn id="15" name="Voetnoot1"/>
     <x:tableColumn id="16" name="Voetnoot2"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -3319,51 +3310,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:P284"/>
+  <x:dimension ref="A1:P283"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="35.710625" defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="16" width="35.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:16">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -13189,681 +13180,681 @@
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:16">
       <x:c r="A198" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:16">
       <x:c r="A199" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:16">
       <x:c r="A200" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:16">
       <x:c r="A201" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:16">
       <x:c r="A202" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:16">
       <x:c r="A203" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:16">
       <x:c r="A204" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P204" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:16">
       <x:c r="A205" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:16">
       <x:c r="A206" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
+      <x:c r="C206" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="C206" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:16">
       <x:c r="A207" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:16">
       <x:c r="A208" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P208" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:16">
       <x:c r="A209" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:16">
       <x:c r="A210" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P210" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:16">
       <x:c r="A211" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
@@ -13880,616 +13871,616 @@
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:16">
       <x:c r="A212" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:16">
       <x:c r="A213" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:16">
       <x:c r="A214" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:16">
       <x:c r="A215" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:16">
       <x:c r="A216" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P216" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:16">
       <x:c r="A217" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:16">
       <x:c r="A218" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P218" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:16">
       <x:c r="A219" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:16">
       <x:c r="A220" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P220" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:16">
       <x:c r="A221" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:16">
       <x:c r="A222" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P222" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:16">
       <x:c r="A223" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -14504,916 +14495,916 @@
       <x:c r="A224" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:16">
       <x:c r="A225" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:16">
       <x:c r="A226" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P226" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:16">
       <x:c r="A227" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:16">
       <x:c r="A228" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="C228" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="C228" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P228" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:16">
       <x:c r="A229" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="C229" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="C229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:16">
       <x:c r="A230" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="C230" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="C230" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P230" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:16">
       <x:c r="A231" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="C231" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
-      <x:c r="C231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:16">
       <x:c r="A232" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="C232" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="C232" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P232" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:16">
       <x:c r="A233" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="C233" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="C233" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:16">
       <x:c r="A234" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="C234" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="C234" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P234" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:16">
       <x:c r="A235" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="C235" s="0" t="s">
         <x:v>805</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:16">
       <x:c r="A236" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P236" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:16">
       <x:c r="A237" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="C237" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="C237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:16">
       <x:c r="A238" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P238" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:16">
       <x:c r="A239" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
+      <x:c r="C239" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C239" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:16">
       <x:c r="A240" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:16">
       <x:c r="A241" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:16">
       <x:c r="A242" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
@@ -15442,345 +15433,345 @@
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P242" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:16">
       <x:c r="A243" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:16">
       <x:c r="A244" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
+      <x:c r="C244" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="C244" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P244" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:16">
       <x:c r="A245" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C245" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="C245" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:16">
       <x:c r="A246" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P246" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:16">
       <x:c r="A247" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:16">
       <x:c r="A248" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:16">
       <x:c r="A249" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
@@ -15789,1786 +15780,1736 @@
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:16">
       <x:c r="A250" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P250" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:16">
       <x:c r="A251" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:16">
       <x:c r="A252" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P252" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:16">
       <x:c r="A253" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:16">
       <x:c r="A254" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P254" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:16">
       <x:c r="A255" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:16">
       <x:c r="A256" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P256" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:16">
       <x:c r="A257" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:16">
       <x:c r="A258" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:16">
       <x:c r="A259" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="C259" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:16">
       <x:c r="A260" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P260" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:16">
       <x:c r="A261" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:16">
       <x:c r="A262" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:16">
       <x:c r="A263" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:16">
       <x:c r="A264" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:16">
       <x:c r="A265" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:16">
       <x:c r="A266" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:16">
       <x:c r="A267" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:16">
       <x:c r="A268" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:16">
       <x:c r="A269" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:16">
       <x:c r="A270" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N270" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="O270" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:16">
       <x:c r="A271" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N271" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:16">
       <x:c r="A272" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:16">
       <x:c r="A273" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N273" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:16">
       <x:c r="A274" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:16">
       <x:c r="A275" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:16">
       <x:c r="A276" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P276" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:16">
       <x:c r="A277" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:16">
       <x:c r="A278" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="B278" s="1" t="s">
+      <x:c r="C278" s="0" t="s">
         <x:v>949</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>950</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:16">
       <x:c r="A279" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N279" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:16">
       <x:c r="A280" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="N280" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="O280" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:16">
       <x:c r="A281" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N281" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:16">
       <x:c r="A282" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:16">
       <x:c r="A283" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>21</x:v>
-[...48 lines deleted...]
-      <x:c r="P284" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>