--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5047c76e6538484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/726ec6a9b84c4aeda38accab6c49d912.psmdcp" Id="R34b47f5bb2df4285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfd7307b2e64198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ff8c3dc8a0d46ba89765429e0c88dbf.psmdcp" Id="R2a2802c49daf4f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -179,80 +179,77 @@
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>91995-17-4</x:t>
   </x:si>
   <x:si>
     <x:t>295-278-5</x:t>
   </x:si>
   <x:si>
     <x:t>antraceenolie, antraceenpasta, lichte destillatiefracties</x:t>
   </x:si>
   <x:si>
     <x:t>anthracene oil, anthracene paste, distn. lights</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (EINECS-nr. 200-753-7) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
   </x:si>
   <x:si>
     <x:t>90640-81-6</x:t>
   </x:si>
   <x:si>
     <x:t>292-603-2</x:t>
   </x:si>
   <x:si>
-    <x:t>antraceenolie, fractie [De antraceenrijke vaste stof die wordt verkregen door de kristallisatie en centrifugatie van antraceenolie. Bestaat voornamelijk uit antraceen carbazool en fenantreen. antraceenolie, antraceenpasta]</x:t>
+    <x:t>antraceenolie, fractie</x:t>
   </x:si>
   <x:si>
     <x:t>anthracene oil fraction [The anthracene-rich solid obtained by the crystallization and centrifuging of anthracene oil. It is composed primarily of anthracene, carbazole and phenanthrene.]. anthracene oil, anthracene paste</x:t>
   </x:si>
   <x:si>
+    <x:t>91995-15-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-275-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, anthracene paste, anthracene fraction. anthracene Oil Fraction [a complex combination of hydrocarbons from the distillation of anthracene obtained by the crystallization of anthracene oil from bituminous high temperature tar and boiling in the range of 330°C to 350°C (626°F to 662°F). It contains chiefly anthracene, carbazole and phenanthrene.]</x:t>
+  </x:si>
+  <x:si>
     <x:t>90640-82-7</x:t>
   </x:si>
   <x:si>
     <x:t>292-604-8</x:t>
   </x:si>
   <x:si>
     <x:t>antraceenolie, fractie [De olie die resteert na de verwijdering, door middel van een kristallisatieproces, van een antraceenrijke vaste stof (antraceenpasta) uit antraceenolie. Bestaat voornamelijk uit aromatische verbindingen met twee, drie of vier ringen]</x:t>
   </x:si>
   <x:si>
     <x:t>anthracene oil, anthracene-low, anthracene Oil Fraction [The oil remaining after the removal, by a crystallization process, of an anthracene-rich solid (anthracene paste) from anthracene oil. It is composed primarily of two, three and four membered aromatic compounds.]</x:t>
   </x:si>
   <x:si>
-    <x:t>91995-15-2</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>91995-16-3</x:t>
   </x:si>
   <x:si>
     <x:t>295-276-4</x:t>
   </x:si>
   <x:si>
     <x:t>antraceenolie, fractie, Een complexe verzameling koolwaterstoffen uit de destillatie van antraceen die wordt verkregen door de kristallisatie van antraceenolie uit bitumineuze hoge-temperatuur-teer, met een kooktraject van ongeveer 350 °C tot 360 °C. Bevat hoofdzakelijk antraceen carbazool en fenantreen. antraceenolie, antraceenpasta, carbazoolfractie</x:t>
   </x:si>
   <x:si>
     <x:t>anthracene oil, anthracene paste, carbazole fraction, anthracene Oil Fraction [a complex combination of hydrocarbons from the distillation of anthracene obtained by crystallization of anthracene oil from bituminous coal high temperature tar and boiling in the approximate range of 350°C to 360°C (662°F to 680°F). It contains chiefly anthracene, carbazole and phenanthrene.]</x:t>
   </x:si>
   <x:si>
     <x:t>92061-92-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-505-8</x:t>
   </x:si>
   <x:si>
     <x:t>antraceenolie, fractie, Het residu van de fractionele destillatie van ongezuiverd antraceen met een kooktraject van ongeveer 340 °C tot 400 °C. Bestaat voornamelijk uit tri- en polycyclische aromatische en heterocyclische koolwaterstoffen. residuen (koolteer), antraceenolie, destillatie-</x:t>
   </x:si>
   <x:si>
     <x:t>Residues (coal tar), anthracene oil distn., Anthracene Oil Fraction [The residue from the fraction distillation of crude anthracene boiling in the approximate range of 340°C to 400°C (644°F to 752°F). It consists predominantly of tri- and polynuclear aromatic and heterocyclic hydrocarbons.]</x:t>
   </x:si>
   <x:si>
     <x:t>101794-75-6</x:t>
@@ -305,86 +302,86 @@
   <x:si>
     <x:t>92062-20-9</x:t>
   </x:si>
   <x:si>
     <x:t>295-535-1</x:t>
   </x:si>
   <x:si>
     <x:t>cokes- en as-bevattende vaste residuen die worden afgescheiden bij destillatie en thermische behandeling van uit bitumineuze kool afkomstige hoge-temperatuur-teer in destillatie-installaties en opslagtanks. Bestaat voornamelijk uit koolstof en bevat een kleine hoeveelheid heteroverbindingen alsmede asbestanddelen. Steenkoolteer, vaste behanddelen teer, kool hoge temperatuur, destillatie- en opslagresiduen</x:t>
   </x:si>
   <x:si>
     <x:t>tar, coal, high-temp., distn. and storage residues, coal tar solids residue [coke- and ash-containing solid residues that separate on distillation and thermal treatment of bituminous coal high temperature tar in distillation installations and storage vessels. Consists predominantly of carbon and contains a small quantity of hetero compounds as well as ash components]</x:t>
   </x:si>
   <x:si>
     <x:t>8001-58-9</x:t>
   </x:si>
   <x:si>
     <x:t>232-287-5</x:t>
   </x:si>
   <x:si>
     <x:t>creosoot</x:t>
   </x:si>
   <x:si>
     <x:t>creosote</x:t>
   </x:si>
   <x:si>
+    <x:t>61789-28-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263-047-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosootolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote oil [A complex combination of hydrocarbons obtained by the distillation of coal tar. It consists primarily of aromatic hydrocarbons and may contain appreciable quantities of tar acids and tar bases. It distills at the approximate range of 200°C to 325°C (392°F to 617°F).]</x:t>
+  </x:si>
+  <x:si>
     <x:t>90640-85-0</x:t>
   </x:si>
   <x:si>
     <x:t>292-606-9</x:t>
   </x:si>
   <x:si>
     <x:t>creosootolie, acenafteenfractie, acenafteenvrij, De olie die resteert na verwijdering door een kristallisatieproces van acenafteen uit acenafteenolie afkomstig uit koolteer. Bestaat voornamelijk uit naftaleen en alkylnaftalenen. Wasolie, herdestillaat</x:t>
   </x:si>
   <x:si>
     <x:t>creosote oil, acenaphthene fraction, acenaphthene-free, Wash Oil Redistillate [The oil remaining after removal by a crystallization process of acenaphthene from acenaphthene oil from coal tar. Composed primarily of naphthalene and alkylnaphthalenes.]</x:t>
   </x:si>
   <x:si>
     <x:t>90640-84-9</x:t>
   </x:si>
   <x:si>
     <x:t>292-605-3</x:t>
   </x:si>
   <x:si>
-    <x:t>creosootolie, acenafteenfractie, Een complexe verzameling koolwaterstoffen verkregen door de destillatie van koolteer, met een kooktraject van ongeveer 240°C tot 280°C. Bestaat voornamelijk uit acenafteen naftaleen en alkylnaftaleen. Wasolie</x:t>
+    <x:t>creosootolie, acenafteenfractie, wasolie</x:t>
   </x:si>
   <x:si>
     <x:t>creosote oil, acenaphthene fraction, Wash Oil [A complex combination of hydrocarbons produced by the distillation of coal tar and boiling in the range of approximately 240°C to 280°C (464°F to 536°F). Composed primarily of acenaphthene, naphthalene and alkyl naphthalene.]</x:t>
   </x:si>
   <x:si>
-    <x:t>61789-28-4</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>70321-79-8</x:t>
   </x:si>
   <x:si>
     <x:t>274-565-9</x:t>
   </x:si>
   <x:si>
     <x:t>creosootolie, hoogkokend destillaat, De hoogkokende destillatiefractie die wordt verkregen door bitumineuze kool bij hoge temperatuur te fenoliseren en die verder wordt gezuiverd om een overmaat kristallijne zouten te verwijderen. Bestaat voornamelijk uit creosootolie waaruit enkele normale polycyclische aromatische zouten bestanddelen van koolteerdestillaten zijn verwijderd. Kristalvrij bij ongeveer 5°C. Wasolie</x:t>
   </x:si>
   <x:si>
     <x:t>creosote oil, high-boiling distillate, Wash Oil [The high-boiling distillation fraction obtained from the high temperature carbonization of bituminous coal which is further refined to remove excess crystalline salts. It consists primarily of creosote oil with some of the normal polynuclear aromatic salts, which are components of coal tar distillates, removed. It is crystal free at approximately 5°C (41°F).]</x:t>
   </x:si>
   <x:si>
     <x:t>70321-80-1</x:t>
   </x:si>
   <x:si>
     <x:t>274-566-4</x:t>
   </x:si>
   <x:si>
     <x:t>creosootolie, laagkokend destillaat, De laagkokende destillatiefractie die wordt verkregen door bitumineuze kool bij hoge temperatuur te verkooksen en die verder wordt gezuiverd om een overmaat kristallijne zouten te verwijderen. Bestaat voornamelijk uit creosootolie waaruit enkele normale polycyclische aromatische zouten bestanddelen van koolteerdestillaten zijn verwijderd. Kristalvrij bij ongeveer 38°C. Wasolie</x:t>
   </x:si>
   <x:si>
     <x:t>creosote oil, low-boiling distillate, Wash Oil [The low-boiling distillation fraction obtained from the high temperature carbonization of bituminous coal, which is further refined to remove excess crystalline salts. It consists primarily of creosote oil with some of the normal polynuclear aromatic salts, which are components of coal tar distillate, removed. It is crystal free at approximately 38°C (100°F).]</x:t>
   </x:si>
   <x:si>
     <x:t>85029-51-2</x:t>
@@ -992,50 +989,62 @@
   <x:si>
     <x:t>90641-00-2</x:t>
   </x:si>
   <x:si>
     <x:t>292-623-1</x:t>
   </x:si>
   <x:si>
     <x:t>extract-oliën (kool), naftaleenoliën</x:t>
   </x:si>
   <x:si>
     <x:t>extract oils (coal), naphthalene oils</x:t>
   </x:si>
   <x:si>
     <x:t>91697-23-3</x:t>
   </x:si>
   <x:si>
     <x:t>294-285-0</x:t>
   </x:si>
   <x:si>
     <x:t>extractresiduen (kool), bruin</x:t>
   </x:si>
   <x:si>
     <x:t>extract residues (coal), brown</x:t>
   </x:si>
   <x:si>
+    <x:t>94114-55-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-691-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasolie, kool solventextractie, met waterstof gekraakte nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoline, coal solvent extn., hydrocracked naphtha</x:t>
+  </x:si>
+  <x:si>
     <x:t>94114-48-4</x:t>
   </x:si>
   <x:si>
     <x:t>302-683-3</x:t>
   </x:si>
   <x:si>
     <x:t>koolvloeistoffen, vloeibaar solvent-extracten</x:t>
   </x:si>
   <x:si>
     <x:t>coal liquids, liq. solvent extn.</x:t>
   </x:si>
   <x:si>
     <x:t>94114-47-3</x:t>
   </x:si>
   <x:si>
     <x:t>302-682-8</x:t>
   </x:si>
   <x:si>
     <x:t>koolvloeistoffen, vloeibaar solventextractie oplossing</x:t>
   </x:si>
   <x:si>
     <x:t>Coal liquids, liq. solvent extn. soln.</x:t>
   </x:si>
   <x:si>
     <x:t>122384-78-5</x:t>
@@ -1052,120 +1061,108 @@
   <x:si>
     <x:t>65996-78-3</x:t>
   </x:si>
   <x:si>
     <x:t>266-012-5</x:t>
   </x:si>
   <x:si>
     <x:t>lichte olie (kool), cokesoven</x:t>
   </x:si>
   <x:si>
     <x:t>light oil (coal), coke-oven</x:t>
   </x:si>
   <x:si>
     <x:t>90641-11-5</x:t>
   </x:si>
   <x:si>
     <x:t>292-635-7</x:t>
   </x:si>
   <x:si>
     <x:t>lichte olie (kool), semi-verkooksingsproces</x:t>
   </x:si>
   <x:si>
     <x:t>light oil (coal), semi-coking process</x:t>
   </x:si>
   <x:si>
+    <x:t>90641-12-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-636-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (kool), destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (coal), distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-54-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-690-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (kool), oplosmiddelextractie, waterstofgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (coal), solvent extn., hydrocracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85536-19-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287-500-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (kool), cumaroon -styreen bevattend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal), coumarone-styrene contg.</x:t>
+  </x:si>
+  <x:si>
     <x:t>85536-17-0</x:t>
   </x:si>
   <x:si>
     <x:t>287-498-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Lichte olie, herdestillaat, laagkokende fractie, Oplosmiddelnafta (kool), licht</x:t>
-[...50 lines deleted...]
-    <x:t>naphtha (coal), solvent extn., hydrocracked</x:t>
+    <x:t>oplosmiddelnafta (kool), licht</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal), light</x:t>
   </x:si>
   <x:si>
     <x:t>85536-20-5</x:t>
   </x:si>
   <x:si>
     <x:t>287-502-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Oplosmiddelnafta (kool), xyleen-styreenfractie, herdestillaat, Lichte olie, middenfractie</x:t>
-[...2 lines deleted...]
-    <x:t>Solvent naphtha (coal), xylene-styrene cut, Light Oil Redistillate, intermediate boiling</x:t>
+    <x:t>oplosmiddelnafta (kool), xyleen-styreenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal), xylene-styrene cut</x:t>
   </x:si>
   <x:si>
     <x:t>92045-71-1</x:t>
   </x:si>
   <x:si>
     <x:t>295-454-1</x:t>
   </x:si>
   <x:si>
     <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer</x:t>
   </x:si>
   <x:si>
     <x:t>paraffin waxes (coal), brown-coal-high-temp. tar</x:t>
   </x:si>
   <x:si>
     <x:t>97926-78-8</x:t>
   </x:si>
   <x:si>
     <x:t>308-298-7</x:t>
   </x:si>
   <x:si>
     <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, behandeld met kiezelzuur</x:t>
   </x:si>
   <x:si>
     <x:t>paraffin waxes (coal), brown-coal high-temp tar, silicic acid-treated</x:t>
   </x:si>
@@ -1190,270 +1187,270 @@
   <x:si>
     <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, behandeld met kool</x:t>
   </x:si>
   <x:si>
     <x:t>paraffin waxes (coal), brown-coal high-temp. tar, carbon-treated</x:t>
   </x:si>
   <x:si>
     <x:t>92045-72-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-455-7</x:t>
   </x:si>
   <x:si>
     <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, waterstofbehandeld</x:t>
   </x:si>
   <x:si>
     <x:t>paraffin waxes (coal), brown-coal-high-temp. tar, hydrotreated</x:t>
   </x:si>
   <x:si>
     <x:t>61789-60-4</x:t>
   </x:si>
   <x:si>
     <x:t>263-072-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Pek</x:t>
-[...2 lines deleted...]
-    <x:t>Pitch, Pitch</x:t>
+    <x:t>pek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-93-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-028-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, hoge temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, high-temp.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-57-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-651-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, lage temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, low-temp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-59-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-654-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, lage temperatuur, geoxideerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, low-temp., oxidized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-58-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-653-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, lage temperatuur, met warmte behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, low-temp., heat-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68187-57-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-109-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer-aardolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar-petroleum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-13-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-650-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek, koolteer, hoge temperatuur, secundair</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, high-temp., secondary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121575-60-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-162-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek, koolteer, hoge temperatuur, warmte-behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, high-temp., heat-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68391-11-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-929-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pyridine, alkylderivaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pyridine, alkyl derivs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-46-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-681-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (kool), vloeibaar solvent extracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal), liq. solvent extn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92061-93-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-506-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (koolteer), creosootolie-destillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal tar), creosote oil distn.</x:t>
   </x:si>
   <x:si>
     <x:t>92061-94-4</x:t>
   </x:si>
   <x:si>
     <x:t>295-507-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Pek destillaat, Residu van de gefractioneerde destillatie van pekdestillaat, met een kooktraject van ongeveer 400°C tot 470°C. Bestaat voornamelijk uit polynucleaire aromatische koolwaterstoffen en heterocyclische verbindingen. residuen (koolteer), pekdestillatie-</x:t>
-[...122 lines deleted...]
-    <x:t>residues (coal tar), creosote oil distn.</x:t>
+    <x:t>residuen (koolteer), pekdestillatie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal tar), pitch distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-79-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-013-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solventnafta (kool)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-83-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-885-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>teer, bruinkool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar brown-coal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-84-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-886-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>teer, bruinkool lage temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar, brown-coal, low-temp.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-51-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-726-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>teer, kool hoge temperatuur, residuen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar, coal, high-temp., residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-90-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-025-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>teer, kool lage temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar, coal, low-temp.</x:t>
   </x:si>
   <x:si>
     <x:t>101316-85-2</x:t>
   </x:si>
   <x:si>
     <x:t>309-887-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Residuen die worden verkregen uit de fractionele destillatie van bij lage temperatuur verkregen koolteer, waarbij oliën met een kookpunt tot ongeveer 300°C worden verwijderd. Voornamelijk samengesteld uit aromatische verbindingen. Teerolie, tussenfractie, teer, kool lage temperatuur, destillatieresiduen</x:t>
-[...50 lines deleted...]
-    <x:t>tar, brown-coal, low-temp.</x:t>
+    <x:t>teer, kool lage temperatuur, destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar, coal, low-temp., distn. residues</x:t>
   </x:si>
   <x:si>
     <x:t>65996-89-6</x:t>
   </x:si>
   <x:si>
     <x:t>266-024-0</x:t>
   </x:si>
   <x:si>
-    <x:t>teer, kool hoge temperatuur</x:t>
+    <x:t>teer, kool, hoge temperatuur</x:t>
   </x:si>
   <x:si>
     <x:t>tar, coal, high-temp.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>tar, coal, low-temp.</x:t>
   </x:si>
   <x:si>
     <x:t>68990-61-4</x:t>
   </x:si>
   <x:si>
     <x:t>273-615-7</x:t>
   </x:si>
   <x:si>
     <x:t>teer, kool-, hoge temperatuur, hoge gehaltes aan vaste stof</x:t>
   </x:si>
   <x:si>
     <x:t>tar, coal, high-temp., high-solids</x:t>
   </x:si>
   <x:si>
     <x:t>91082-50-7</x:t>
   </x:si>
   <x:si>
     <x:t>293-764-1</x:t>
   </x:si>
   <x:si>
     <x:t>teer, kool, opslagresiduen</x:t>
   </x:si>
   <x:si>
     <x:t>tar, coal, storage residues</x:t>
   </x:si>
@@ -2588,6164 +2585,6164 @@
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="C11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="s">
+      <x:c r="D11" s="0" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
+      <x:c r="C12" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C12" s="0" t="s">
+      <x:c r="D12" s="0" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
+      <x:c r="C13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C13" s="0" t="s">
+      <x:c r="D13" s="0" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
+      <x:c r="C14" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C14" s="0" t="s">
+      <x:c r="D14" s="0" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="B15" s="1" t="s">
+      <x:c r="C15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="0" t="s">
+      <x:c r="D15" s="0" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="B16" s="1" t="s">
+      <x:c r="C16" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="C16" s="0" t="s">
+      <x:c r="D16" s="0" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="C17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C17" s="0" t="s">
+      <x:c r="D17" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="C18" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C18" s="0" t="s">
+      <x:c r="D18" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="B19" s="1" t="s">
+      <x:c r="C19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C19" s="0" t="s">
+      <x:c r="D19" s="0" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
+      <x:c r="C20" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
+      <x:c r="D20" s="0" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="B21" s="1" t="s">
+      <x:c r="C21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="s">
+      <x:c r="D21" s="0" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B22" s="1" t="s">
+      <x:c r="C22" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="s">
+      <x:c r="D22" s="0" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
+      <x:c r="C23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
+      <x:c r="C24" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C24" s="0" t="s">
+      <x:c r="D24" s="0" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O24" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
+      <x:c r="C25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C25" s="0" t="s">
+      <x:c r="D25" s="0" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
+      <x:c r="C26" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="D26" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N26" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O26" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
+      <x:c r="C27" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C27" s="0" t="s">
+      <x:c r="D27" s="0" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:15">
       <x:c r="A28" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
+      <x:c r="C28" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C28" s="0" t="s">
+      <x:c r="D28" s="0" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O28" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
+      <x:c r="C29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C29" s="0" t="s">
+      <x:c r="D29" s="0" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="C30" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C30" s="0" t="s">
+      <x:c r="D30" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
+      <x:c r="C31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C31" s="0" t="s">
+      <x:c r="D31" s="0" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
+      <x:c r="C32" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C32" s="0" t="s">
+      <x:c r="D32" s="0" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="B33" s="1" t="s">
+      <x:c r="C33" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C33" s="0" t="s">
+      <x:c r="D33" s="0" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
+      <x:c r="C34" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C34" s="0" t="s">
+      <x:c r="D34" s="0" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
+      <x:c r="C35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C35" s="0" t="s">
+      <x:c r="D35" s="0" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
+      <x:c r="C36" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C36" s="0" t="s">
+      <x:c r="D36" s="0" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
+      <x:c r="C37" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C37" s="0" t="s">
+      <x:c r="D37" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
+      <x:c r="C38" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C38" s="0" t="s">
+      <x:c r="D38" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="C39" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C39" s="0" t="s">
+      <x:c r="D39" s="0" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B40" s="1" t="s">
+      <x:c r="C40" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C40" s="0" t="s">
+      <x:c r="D40" s="0" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="B41" s="1" t="s">
+      <x:c r="C41" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C41" s="0" t="s">
+      <x:c r="D41" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="B42" s="1" t="s">
+      <x:c r="C42" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C42" s="0" t="s">
+      <x:c r="D42" s="0" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="B43" s="1" t="s">
+      <x:c r="C43" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="B44" s="1" t="s">
+      <x:c r="C44" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C44" s="0" t="s">
+      <x:c r="D44" s="0" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
+      <x:c r="C45" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C45" s="0" t="s">
+      <x:c r="D45" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
+      <x:c r="C46" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C46" s="0" t="s">
+      <x:c r="D46" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
+      <x:c r="C47" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C47" s="0" t="s">
+      <x:c r="D47" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
+      <x:c r="C48" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C48" s="0" t="s">
+      <x:c r="D48" s="0" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
+      <x:c r="C49" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C49" s="0" t="s">
+      <x:c r="D49" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
       <x:c r="A50" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="B50" s="1" t="s">
+      <x:c r="C50" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C50" s="0" t="s">
+      <x:c r="D50" s="0" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:15">
       <x:c r="A51" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
+      <x:c r="C51" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C51" s="0" t="s">
+      <x:c r="D51" s="0" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
+      <x:c r="C52" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C52" s="0" t="s">
+      <x:c r="D52" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N52" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O52" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
+      <x:c r="C53" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C53" s="0" t="s">
+      <x:c r="D53" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:15">
       <x:c r="A54" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
+      <x:c r="C54" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C54" s="0" t="s">
+      <x:c r="D54" s="0" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N54" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O54" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:15">
       <x:c r="A55" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
+      <x:c r="C55" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C55" s="0" t="s">
+      <x:c r="D55" s="0" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:15">
       <x:c r="A56" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
+      <x:c r="C56" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C56" s="0" t="s">
+      <x:c r="D56" s="0" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:15">
       <x:c r="A57" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="B57" s="1" t="s">
+      <x:c r="C57" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C57" s="0" t="s">
+      <x:c r="D57" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:15">
       <x:c r="A58" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B58" s="1" t="s">
+      <x:c r="C58" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C58" s="0" t="s">
+      <x:c r="D58" s="0" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:15">
       <x:c r="A59" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
+      <x:c r="C59" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C59" s="0" t="s">
+      <x:c r="D59" s="0" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:15">
       <x:c r="A60" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
+      <x:c r="C60" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C60" s="0" t="s">
+      <x:c r="D60" s="0" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:15">
       <x:c r="A61" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
+      <x:c r="C61" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C61" s="0" t="s">
+      <x:c r="D61" s="0" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:15">
       <x:c r="A62" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="B62" s="1" t="s">
+      <x:c r="C62" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C62" s="0" t="s">
+      <x:c r="D62" s="0" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:15">
       <x:c r="A63" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="B63" s="1" t="s">
+      <x:c r="C63" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C63" s="0" t="s">
+      <x:c r="D63" s="0" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:15">
       <x:c r="A64" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B64" s="1" t="s">
+      <x:c r="C64" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C64" s="0" t="s">
+      <x:c r="D64" s="0" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:15">
       <x:c r="A65" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
+      <x:c r="C65" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C65" s="0" t="s">
+      <x:c r="D65" s="0" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:15">
       <x:c r="A66" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="C66" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C66" s="0" t="s">
+      <x:c r="D66" s="0" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:15">
       <x:c r="A67" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
+      <x:c r="C67" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C67" s="0" t="s">
+      <x:c r="D67" s="0" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:15">
       <x:c r="A68" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
+      <x:c r="C68" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C68" s="0" t="s">
+      <x:c r="D68" s="0" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:15">
       <x:c r="A69" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
+      <x:c r="C69" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C69" s="0" t="s">
+      <x:c r="D69" s="0" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:15">
       <x:c r="A70" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
+      <x:c r="C70" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C70" s="0" t="s">
+      <x:c r="D70" s="0" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N70" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O70" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:15">
       <x:c r="A71" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
+      <x:c r="C71" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C71" s="0" t="s">
+      <x:c r="D71" s="0" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:15">
       <x:c r="A72" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
+      <x:c r="C72" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C72" s="0" t="s">
+      <x:c r="D72" s="0" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:15">
       <x:c r="A73" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
+      <x:c r="C73" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C73" s="0" t="s">
+      <x:c r="D73" s="0" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:15">
       <x:c r="A74" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
+      <x:c r="C74" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C74" s="0" t="s">
+      <x:c r="D74" s="0" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N74" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O74" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:15">
       <x:c r="A75" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
+      <x:c r="C75" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C75" s="0" t="s">
+      <x:c r="D75" s="0" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:15">
       <x:c r="A76" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
+      <x:c r="C76" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C76" s="0" t="s">
+      <x:c r="D76" s="0" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N76" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O76" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:15">
       <x:c r="A77" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
+      <x:c r="C77" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C77" s="0" t="s">
+      <x:c r="D77" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:15">
       <x:c r="A78" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
+      <x:c r="C78" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C78" s="0" t="s">
+      <x:c r="D78" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D78" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:15">
       <x:c r="A79" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
+      <x:c r="C79" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C79" s="0" t="s">
+      <x:c r="D79" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:15">
       <x:c r="A80" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
+      <x:c r="C80" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C80" s="0" t="s">
+      <x:c r="D80" s="0" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:15">
       <x:c r="A81" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
+      <x:c r="C81" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C81" s="0" t="s">
+      <x:c r="D81" s="0" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:15">
       <x:c r="A82" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
+      <x:c r="C82" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C82" s="0" t="s">
+      <x:c r="D82" s="0" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:15">
       <x:c r="A83" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
+      <x:c r="C83" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C83" s="0" t="s">
+      <x:c r="D83" s="0" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:15">
       <x:c r="A84" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
+      <x:c r="C84" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C84" s="0" t="s">
+      <x:c r="D84" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:15">
       <x:c r="A85" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
+      <x:c r="C85" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C85" s="0" t="s">
+      <x:c r="D85" s="0" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:15">
       <x:c r="A86" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
+      <x:c r="C86" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="C86" s="0" t="s">
+      <x:c r="D86" s="0" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:15">
       <x:c r="A87" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="B87" s="1" t="s">
+      <x:c r="C87" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C87" s="0" t="s">
+      <x:c r="D87" s="0" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:15">
       <x:c r="A88" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
+      <x:c r="C88" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C88" s="0" t="s">
+      <x:c r="D88" s="0" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:15">
       <x:c r="A89" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
+      <x:c r="C89" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C89" s="0" t="s">
+      <x:c r="D89" s="0" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:15">
       <x:c r="A90" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
+      <x:c r="C90" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C90" s="0" t="s">
+      <x:c r="D90" s="0" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:15">
       <x:c r="A91" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
+      <x:c r="C91" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C91" s="0" t="s">
+      <x:c r="D91" s="0" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:15">
       <x:c r="A92" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
+      <x:c r="C92" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C92" s="0" t="s">
+      <x:c r="D92" s="0" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:15">
       <x:c r="A93" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="B93" s="1" t="s">
+      <x:c r="C93" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C93" s="0" t="s">
+      <x:c r="D93" s="0" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:15">
       <x:c r="A94" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
+      <x:c r="C94" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C94" s="0" t="s">
+      <x:c r="D94" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D94" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:15">
       <x:c r="A95" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
+      <x:c r="C95" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C95" s="0" t="s">
+      <x:c r="D95" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:15">
       <x:c r="A96" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
+      <x:c r="C96" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C96" s="0" t="s">
+      <x:c r="D96" s="0" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:15">
       <x:c r="A97" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="B97" s="1" t="s">
+      <x:c r="C97" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C97" s="0" t="s">
+      <x:c r="D97" s="0" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:15">
       <x:c r="A98" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
+      <x:c r="C98" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C98" s="0" t="s">
+      <x:c r="D98" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:15">
       <x:c r="A99" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
+      <x:c r="C99" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C99" s="0" t="s">
+      <x:c r="D99" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:15">
       <x:c r="A100" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="B100" s="1" t="s">
+      <x:c r="C100" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C100" s="0" t="s">
+      <x:c r="D100" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D100" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:15">
       <x:c r="A101" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
+      <x:c r="C101" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C101" s="0" t="s">
+      <x:c r="D101" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:15">
       <x:c r="A102" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
+      <x:c r="C102" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C102" s="0" t="s">
+      <x:c r="D102" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M102" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:15">
       <x:c r="A103" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="B103" s="1" t="s">
+      <x:c r="C103" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C103" s="0" t="s">
+      <x:c r="D103" s="0" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:15">
       <x:c r="A104" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
+      <x:c r="C104" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C104" s="0" t="s">
+      <x:c r="D104" s="0" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:15">
       <x:c r="A105" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
+      <x:c r="C105" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C105" s="0" t="s">
+      <x:c r="D105" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:15">
       <x:c r="A106" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
+      <x:c r="C106" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C106" s="0" t="s">
+      <x:c r="D106" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:15">
       <x:c r="A107" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
+      <x:c r="C107" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C107" s="0" t="s">
+      <x:c r="D107" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:15">
       <x:c r="A108" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
+      <x:c r="C108" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C108" s="0" t="s">
+      <x:c r="D108" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D108" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:15">
       <x:c r="A109" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
+      <x:c r="C109" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C109" s="0" t="s">
+      <x:c r="D109" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:15">
       <x:c r="A110" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
+      <x:c r="C110" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C110" s="0" t="s">
+      <x:c r="D110" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D110" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:15">
       <x:c r="A111" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
+      <x:c r="C111" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C111" s="0" t="s">
+      <x:c r="D111" s="0" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:15">
       <x:c r="A112" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
+      <x:c r="C112" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C112" s="0" t="s">
+      <x:c r="D112" s="0" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:15">
       <x:c r="A113" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
+      <x:c r="C113" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="C113" s="0" t="s">
+      <x:c r="D113" s="0" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:15">
       <x:c r="A114" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="B114" s="1" t="s">
+      <x:c r="C114" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="C114" s="0" t="s">
+      <x:c r="D114" s="0" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:15">
       <x:c r="A115" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
+      <x:c r="C115" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="C115" s="0" t="s">
+      <x:c r="D115" s="0" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:15">
       <x:c r="A116" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
+      <x:c r="C116" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C116" s="0" t="s">
+      <x:c r="D116" s="0" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:15">
       <x:c r="A117" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
+      <x:c r="C117" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="C117" s="0" t="s">
+      <x:c r="D117" s="0" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:15">
       <x:c r="A118" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
+      <x:c r="C118" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C118" s="0" t="s">
+      <x:c r="D118" s="0" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:15">
       <x:c r="A119" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="B119" s="1" t="s">
+      <x:c r="C119" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C119" s="0" t="s">
+      <x:c r="D119" s="0" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:15">
       <x:c r="A120" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="B120" s="1" t="s">
+      <x:c r="C120" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C120" s="0" t="s">
+      <x:c r="D120" s="0" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>502</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:15">
       <x:c r="A121" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
+      <x:c r="C121" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C121" s="0" t="s">
+      <x:c r="D121" s="0" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:15">
       <x:c r="A122" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
+      <x:c r="C122" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="C122" s="0" t="s">
+      <x:c r="D122" s="0" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:15">
       <x:c r="A123" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="B123" s="1" t="s">
+      <x:c r="C123" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C123" s="0" t="s">
+      <x:c r="D123" s="0" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:15">
       <x:c r="A124" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
+      <x:c r="C124" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C124" s="0" t="s">
+      <x:c r="D124" s="0" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:15">
       <x:c r="A125" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
+      <x:c r="C125" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="C125" s="0" t="s">
+      <x:c r="D125" s="0" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:15">
       <x:c r="A126" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
+      <x:c r="C126" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="C126" s="0" t="s">
+      <x:c r="D126" s="0" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:15">
       <x:c r="A127" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
+      <x:c r="C127" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="C127" s="0" t="s">
+      <x:c r="D127" s="0" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:15">
       <x:c r="A128" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
+      <x:c r="C128" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="C128" s="0" t="s">
+      <x:c r="D128" s="0" t="s">
         <x:v>533</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:15">
       <x:c r="A129" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="B129" s="1" t="s">
+      <x:c r="C129" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C129" s="0" t="s">
+      <x:c r="D129" s="0" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>538</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:15">
       <x:c r="A130" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="B130" s="1" t="s">
+      <x:c r="C130" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C130" s="0" t="s">
+      <x:c r="D130" s="0" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:15">
       <x:c r="A131" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="C131" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="C131" s="0" t="s">
+      <x:c r="D131" s="0" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:15">
       <x:c r="A132" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
+      <x:c r="C132" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="C132" s="0" t="s">
+      <x:c r="D132" s="0" t="s">
         <x:v>549</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>550</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:15">
       <x:c r="A133" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
+      <x:c r="C133" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C133" s="0" t="s">
+      <x:c r="D133" s="0" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>554</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:15">
       <x:c r="A134" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
+      <x:c r="C134" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="C134" s="0" t="s">
+      <x:c r="D134" s="0" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:15">
       <x:c r="A135" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
+      <x:c r="C135" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="C135" s="0" t="s">
+      <x:c r="D135" s="0" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>562</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:15">
       <x:c r="A136" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="C136" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="C136" s="0" t="s">
+      <x:c r="D136" s="0" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:15">
       <x:c r="A137" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
+      <x:c r="C137" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="C137" s="0" t="s">
+      <x:c r="D137" s="0" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:15">
       <x:c r="A138" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
+      <x:c r="C138" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C138" s="0" t="s">
+      <x:c r="D138" s="0" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:15">
       <x:c r="A139" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
+      <x:c r="C139" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="C139" s="0" t="s">
+      <x:c r="D139" s="0" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>578</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:15">
       <x:c r="A140" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="B140" s="1" t="s">
+      <x:c r="C140" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="C140" s="0" t="s">
+      <x:c r="D140" s="0" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>