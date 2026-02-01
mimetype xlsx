--- v1 (2025-12-16)
+++ v2 (2026-02-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfd7307b2e64198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ff8c3dc8a0d46ba89765429e0c88dbf.psmdcp" Id="R2a2802c49daf4f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf20b602c684375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/543baae455644b52bc145f4e2c72e27e.psmdcp" Id="R67538179dcf24ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -56,1353 +56,1356 @@
   <x:si>
     <x:t>ZZS volgens KRW</x:t>
   </x:si>
   <x:si>
     <x:t>ZZS volgens OSPAR</x:t>
   </x:si>
   <x:si>
     <x:t>ZZS volgens EU-POP Verordening</x:t>
   </x:si>
   <x:si>
     <x:t>Stofklasse voor luchtemissies</x:t>
   </x:si>
   <x:si>
     <x:t>Emissiegrenswaarde</x:t>
   </x:si>
   <x:si>
     <x:t>Datum toevoeging</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot1</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot2</x:t>
   </x:si>
   <x:si>
+    <x:t>68815-21-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-361-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>alkalisch extract, teerzuren kresyl-, natriumzouten loogoplossingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar acids, cresylic, sodium salts, caustic solns., alkaline extract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ja</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>2-12-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>De meeste aardolie- en steenkool derivaten zijn niet als ZZS opgenomen in bijlage III van het BAL. Alleen als deze producten minder dan 0,1 % aan ZZS componenten bevatten, kan stofklasse gO.2 worden aangehouden. Als er meer dan 0,1 % ZZS componenten aanwezig zijn, moet het product als ZZS worden beschouwd. Bij de aanwezigheid van vluchtige ZZS-componenten adviseren we de stofklasse MVP 2 te hanteren; bij de aanwezigheid van niet-vluchtige ZZS-componenten adviseren we de stofklasse MVP 1 te hanteren. Voor meer gedetailleerde criteria voor stoffen en mengsels met een ZZS-component zie: rvs.rivm.nl/stoffenlijsten/Zeer-Zorgwekkende-Stoffen/ZZS-in-mengels. Advies voor vergunningverlening voor mengsels en stoffen met ZZS-bestanddelen wordt gegeven op de website van het IPLO: https://iplo.nl/thema/zeer-zorgwekkende-stoffen-zzs/mengsels-zzs/</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (EINECS-nr. 200-753-7) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-80-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-602-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVP 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,05 mg/Nm3</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,005 % (g/g) benzo[a]pyreen (EINECS-nr. 200-028-5) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-82-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-604-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie, antraceenarm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, anthracene-low</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (EINECS-nr. 200-753-7) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,005 % (g/g) benzo[a]pyreen (EINECS-nr. 200-028-5) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-81-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-603-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie, antraceenpasta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, anthracene paste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-15-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-275-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie, antraceenpasta, antraceenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, anthracene paste, anthracene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-16-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-276-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie, antraceenpasta, carbazoolfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, anthracene paste, carbazole fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-17-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-278-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie, antraceenpasta, lichte destillatiefracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, anthracene paste, distn. lights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-14-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-274-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>antraceenolie, zuur extract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>anthracene oil, acid ext.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101794-75-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-957-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatische koolwaterstoffen C20-28-, polycyclisch afkomstig uit de pyrolyse van gemengde koolteerpek en polyethyleen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C20-28, polycyclic, mixed coal-tar pitch-polyethylene pyrolysis-derived</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101794-76-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-958-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatische koolwaterstoffen C20-28-, polycyclisch afkomstig uit de pyrolyse van gemengde koolteerpek en polystyreen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C20-28, polycyclic, mixed coal-tar pitch-polystyrene pyrolysis-derived</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101794-74-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-956-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatische koolwaterstoffen C20-28-, polycyclisch afkomstig uit de pyrolyse van gemengde koolteerpek polyethyleen en polypropyleen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C20-28, polycyclic, mixed coal-tar pitch-polyethylene-polypropylene pyrolysis-derived</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-88-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-023-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>benzolvoorloop (kool)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>benzol forerunnings (coal)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8001-58-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-287-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61789-28-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263-047-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosootolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote oil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-84-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-605-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosootolie, acenafteenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote oil, acenaphthene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-85-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-606-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosootolie, acenafteenfractie, acenafteenvrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote oil, acenaphthene fraction, acenaphthene-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70321-79-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274-565-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosootolie, hoogkokend destillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote oil, high-boiling distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70321-80-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274-566-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosootolie, laagkokend destillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>creosote oil, low-boiling distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85029-51-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-076-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (kool), lichte olie uit de cokesoven naftaleenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal), coke-oven light oil, naphthalene cut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-53-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-689-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (kool), oplosmiddelextractie, waterstofgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal), solvent extn., hydrocracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-57-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-693-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (kool), oplosmiddelextractie, waterstofgekraakte gehydrogeneerde middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal), solvent extn., hydrocracked hydrogenated middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-56-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-692-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (kool), oplosmiddelextractie, waterstofgekraakte middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal), solvent extn., hydrocracked middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-52-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-688-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (kool), primaire, vloeibaar-oplosmiddelextractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal), liq. solvent extn., primary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-35-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-295-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (kool), residuele pyrolyseoliën uit koolteer, naftaleenoliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal), coal tar-residual pyrolysis oils, naphthalene oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-92-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-027-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dit steenkoolderivaat bevat een groot gehalte aan PAKs, daarom worden hier de stofklasse en emissiegrenswaarde voor PAKs weergegeven.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84650-02-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283-482-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), benzolfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), benzole fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121620-46-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-165-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), benzolfractie, destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), benzole fraction, distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101896-26-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-984-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), benzolfractie, rijk aan benzeen tolueen en xyleen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), benzole fraction, BTX-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-91-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-026-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), bovenste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), upper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84989-10-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284-899-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), bovenste, fluoreenvrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), upper, fluorene-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84989-11-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284-900-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), bovenste, rijk aan fluoreen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), upper, fluorene-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84650-03-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283-483-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), lichte oliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), light oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-88-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-610-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), lichte oliën alkalische extracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), light oils, alk. exts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101794-90-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-971-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">destillaten (koolteer), lichte oliën neutrale fractie. lichte olie, extractieresidu, hoogkokende fractie </x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), light oils, neutral fraction, light oil extract residues, high boiling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-87-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-609-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), lichte oliën zuurextracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), light oils, acid exts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84650-04-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283-484-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-89-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-611-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën alkalische extracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils, alk. exts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101794-91-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-972-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën indool-methylnaftaleenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils, indole-methylnaphthalene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101896-27-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-985-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën methylnaftaleenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils, methylnaphthalene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84989-09-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284-898-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën naftaleenarm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils, naphthalene-low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-90-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-612-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën naftaleenvrij, alkalische extracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils, naphthalene-free, alk. exts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-48-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-309-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), naftaleenoliën zuurextracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oils, acid exts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-49-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-855-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), pek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), pitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-52-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-313-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), pek pyreenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), pitch, pyrene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-51-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-312-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), pek zware oliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), pitch, heavy oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-86-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-607-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), zware oliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), heavy oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-42-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-304-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (koolteer), zware oliën, pyreenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), heavy oils, pyrene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-49-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-310-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillatie (koolteer), moederloog uit naftaleenoliekristallisatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (coal tar), naphthalene oil crystn. mother liquor</x:t>
+  </x:si>
+  <x:si>
     <x:t>65996-83-0</x:t>
   </x:si>
   <x:si>
     <x:t>266-017-2</x:t>
   </x:si>
   <x:si>
-    <x:t>alkalisch extract koolteerolie (Het extract van koolteerolie dat wordt verkregen door te wassen met alkali, zoals verdund natriumhydroxide. bestaat voornamelijk uit de alkalizouten van verschillende fenolverbindingen)</x:t>
-[...152 lines deleted...]
-    <x:t>anthracene oil, anthracene paste, carbazole fraction, anthracene Oil Fraction [a complex combination of hydrocarbons from the distillation of anthracene obtained by crystallization of anthracene oil from bituminous coal high temperature tar and boiling in the approximate range of 350°C to 360°C (662°F to 680°F). It contains chiefly anthracene, carbazole and phenanthrene.]</x:t>
+    <x:t>extracten, koolteerolie, alkalische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts, coal tar oil alk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122070-80-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-171-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieoliën (kool), koolteer en pyrolyse-residuoliën naftaleenolie, destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), coal tar residual pyrolysis oils, naphthalene oil, distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122070-79-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-170-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractie-oliën (kool), koolteer en pyrolyse-residuoliën naftaleenoliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), coal tar-residual pyrolysis oils, naphthalene oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-99-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-622-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieoliën (kool), lichte olie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), light oil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-66-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-329-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieoliën (kool), residuele pyrolyseoliën uit koolteer, naftaleenolie, herdestillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), coal tar-residual pyrolysis oils, naphthalene oil, redistillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68937-63-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-077-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieoliën (kool), teerbase, collidinefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), tar base, collidine fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-86-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-020-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieoliën (kool), teerbasen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), tar base</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84989-12-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284-901-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieoliën (kool), zuur, vrij van teerbasen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), acidic, tar-base free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-61-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-323-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), benzolfractie alkalisch zuurextract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), benzole fraction alk., acid ext.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93821-38-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298-725-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), benzolfractie zuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), benzole fraction acid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122384-77-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-189-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), creosootolie, zure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), creosote oil acid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-02-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-625-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), lichte olie alkalisch destillatietopproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), light oil alk., distn. overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-03-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-626-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), lichte olie alkalisch indeen-naftafractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), light oil alk., indene naphtha fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-01-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-624-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), lichte olie alkalisch zuurextract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), light oil alk., acid ext.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-62-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-867-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), lichte olie alkalisch zuurextract, indeenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), light oil alk., acid ext., indene fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-05-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-628-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), naftaleenolie alkalisch destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), naphthalene oil alk., distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121620-47-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-166-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), naftaleenolie, alkalisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), naphthalene oil, alk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-04-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-627-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), naftaleenolie, alkalisch destillatietopproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), naphthalene oil alk., distn. overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121620-48-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-167-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), naftaleenolie, alkalisch naftaleenarm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), naphthalene oil, alk., naphthalene-low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-87-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-021-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), teerolie alkalisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), tar oil alk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-06-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-629-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), teerolie alkalisch gecarboneerd met ongebluste kalk behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), tar oil alk., carbonated, limed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73665-18-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277-567-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (kool), teerolie, alkalische, naftaleendestillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), tar oil alk., naphthalene distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-63-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-868-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractieresiduen (koolteer), benzolfractie alkalisch zuurextract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal tar), benzole fraction alk., acid ext.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-00-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-623-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract-oliën (kool), naftaleenoliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract oils (coal), naphthalene oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91697-23-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294-285-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extractresiduen (kool), bruin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extract residues (coal), brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-55-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-691-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasolie, kool solventextractie, met waterstof gekraakte nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoline, coal solvent extn., hydrocracked naphtha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-48-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-683-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolvloeistoffen, vloeibaar solvent-extracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>coal liquids, liq. solvent extn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-47-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-682-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolvloeistoffen, vloeibaar solventextractie oplossing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coal liquids, liq. solvent extn. soln.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122384-78-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-191-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lagetemperatuurkoolteerolie, alkalische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>low temperature tar oil, alkaline</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-78-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-012-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lichte olie (kool), cokesoven</x:t>
+  </x:si>
+  <x:si>
+    <x:t>light oil (coal), coke-oven</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-11-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-635-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lichte olie (kool), semi-verkooksingsproces</x:t>
+  </x:si>
+  <x:si>
+    <x:t>light oil (coal), semi-coking process</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-12-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-636-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (kool), destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (coal), distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-54-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-690-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (kool), oplosmiddelextractie, waterstofgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (coal), solvent extn., hydrocracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85536-19-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287-500-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (kool), cumaroon -styreen bevattend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal), coumarone-styrene contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85536-17-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287-498-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (kool), licht</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal), light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85536-20-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287-502-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (kool), xyleen-styreenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal), xylene-styrene cut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-71-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-454-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin waxes (coal), brown-coal-high-temp. tar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-78-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-298-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, behandeld met kiezelzuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin waxes (coal), brown-coal high-temp tar, silicic acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-77-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-297-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, behandeld met klei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin waxes (coal), brown-coal high-temp tar, clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-76-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-296-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, behandeld met kool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin waxes (coal), brown-coal high-temp. tar, carbon-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-72-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-455-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffinewassen (kool), bruinkool hoge temperatuur teer, waterstofbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin waxes (coal), brown-coal-high-temp. tar, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61789-60-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263-072-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-93-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-028-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, hoge temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, high-temp.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-57-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-651-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, lage temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, low-temp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-59-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-654-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, lage temperatuur, geoxideerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, low-temp., oxidized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-58-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-653-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer, lage temperatuur, met warmte behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, low-temp., heat-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68187-57-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-109-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek koolteer-aardolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar-petroleum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-13-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-650-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek, koolteer, hoge temperatuur, secundair</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, high-temp., secondary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121575-60-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-162-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pek, koolteer, hoge temperatuur, warmte-behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pitch, coal tar, high-temp., heat-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68391-11-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-929-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pyridine, alkylderivaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pyridine, alkyl derivs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94114-46-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302-681-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (kool), vloeibaar solvent extracten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal), liq. solvent extn.</x:t>
   </x:si>
   <x:si>
     <x:t>92061-92-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-505-8</x:t>
   </x:si>
   <x:si>
-    <x:t>antraceenolie, fractie, Het residu van de fractionele destillatie van ongezuiverd antraceen met een kooktraject van ongeveer 340 °C tot 400 °C. Bestaat voornamelijk uit tri- en polycyclische aromatische en heterocyclische koolwaterstoffen. residuen (koolteer), antraceenolie, destillatie-</x:t>
-[...50 lines deleted...]
-    <x:t>benzol forerunnings (coal)</x:t>
+    <x:t>residuen (koolteer), antraceenolie, destillatie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal tar), anthracene oil distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92061-93-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-506-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (koolteer), creosootolie-destillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal tar), creosote oil distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92061-94-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-507-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (koolteer), pekdestillatie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (coal tar), pitch distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65996-79-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266-013-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solventnafta (kool)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (coal)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-83-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-885-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>teer, bruinkool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar brown-coal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-84-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-886-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>teer, bruinkool lage temperatuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar, brown-coal, low-temp.</x:t>
   </x:si>
   <x:si>
     <x:t>92062-20-9</x:t>
   </x:si>
   <x:si>
     <x:t>295-535-1</x:t>
   </x:si>
   <x:si>
-    <x:t>cokes- en as-bevattende vaste residuen die worden afgescheiden bij destillatie en thermische behandeling van uit bitumineuze kool afkomstige hoge-temperatuur-teer in destillatie-installaties en opslagtanks. Bestaat voornamelijk uit koolstof en bevat een kleine hoeveelheid heteroverbindingen alsmede asbestanddelen. Steenkoolteer, vaste behanddelen teer, kool hoge temperatuur, destillatie- en opslagresiduen</x:t>
-[...1073 lines deleted...]
-    <x:t>tar, brown-coal, low-temp.</x:t>
+    <x:t>teer, kool hoge temperatuur, destillatie- en opslagresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tar, coal, high-temp., distn. and storage residues</x:t>
   </x:si>
   <x:si>
     <x:t>100684-51-3</x:t>
   </x:si>
   <x:si>
     <x:t>309-726-5</x:t>
   </x:si>
   <x:si>
     <x:t>teer, kool hoge temperatuur, residuen</x:t>
   </x:si>
   <x:si>
     <x:t>tar, coal, high-temp., residues</x:t>
   </x:si>
   <x:si>
     <x:t>65996-90-9</x:t>
   </x:si>
   <x:si>
     <x:t>266-025-6</x:t>
   </x:si>
   <x:si>
     <x:t>teer, kool lage temperatuur</x:t>
   </x:si>
   <x:si>
     <x:t>tar, coal, low-temp.</x:t>
   </x:si>
@@ -1586,51 +1589,51 @@
   <x:si>
     <x:t>tar oils, coal, low-temp.</x:t>
   </x:si>
   <x:si>
     <x:t>94114-40-6</x:t>
   </x:si>
   <x:si>
     <x:t>302-674-4</x:t>
   </x:si>
   <x:si>
     <x:t>teeroliën, bruinkool</x:t>
   </x:si>
   <x:si>
     <x:t>tar oils, brown-coal</x:t>
   </x:si>
   <x:si>
     <x:t>65996-82-9</x:t>
   </x:si>
   <x:si>
     <x:t>266-016-7</x:t>
   </x:si>
   <x:si>
     <x:t>teeroliën, kool</x:t>
   </x:si>
   <x:si>
-    <x:t>tar oils, coal, Carbolic Oil [The distillate from high temperature coal tar having an approximate distillation range of 130°C to 250°C (266°F to 410°F). Composed primarily of naphthalene, alkylnaphthalenes, phenolic compounds, and aromatic nitrogen bases.]</x:t>
+    <x:t>tar oils, coal</x:t>
   </x:si>
   <x:si>
     <x:t>84989-07-1</x:t>
   </x:si>
   <x:si>
     <x:t>284-896-0</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren 3,5-xylenolfractie</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, 3,5-xylenol fraction</x:t>
   </x:si>
   <x:si>
     <x:t>92062-22-1</x:t>
   </x:si>
   <x:si>
     <x:t>295-536-7</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren bruinkoolvergassing</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, brown-coal gasification</x:t>
   </x:si>
@@ -1670,87 +1673,87 @@
   <x:si>
     <x:t>tar acids, cresylic</x:t>
   </x:si>
   <x:si>
     <x:t>68555-24-8</x:t>
   </x:si>
   <x:si>
     <x:t>271-418-0</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren kresylhoudend residuen</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, cresylic, residues</x:t>
   </x:si>
   <x:si>
     <x:t>84989-04-8</x:t>
   </x:si>
   <x:si>
     <x:t>284-892-9</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren methylfenolfractie</x:t>
   </x:si>
   <x:si>
-    <x:t>tar acids, methylphenol fraction, distillate phenols [the fraction of tar acid rich in 3- and 4-methylphenol, recovered by distillation of low-temperature coal tar crude tar acids.]</x:t>
+    <x:t>tar acids, methylphenol fraction</x:t>
   </x:si>
   <x:si>
     <x:t>84989-05-9</x:t>
   </x:si>
   <x:si>
     <x:t>284-893-4</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren polyalkylfenolfractie</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, polyalkylphenol fraction</x:t>
   </x:si>
   <x:si>
     <x:t>68477-23-6</x:t>
   </x:si>
   <x:si>
     <x:t>270-713-1</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren residuen destillaten voorloop</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, residues, distillates, first-cut</x:t>
   </x:si>
   <x:si>
     <x:t>84989-06-0</x:t>
   </x:si>
   <x:si>
     <x:t>284-895-5</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren xylenolfractie</x:t>
   </x:si>
   <x:si>
-    <x:t>tar acids, xylenol fraction, distillate phenols [the fraction of tar acids, rich in 2,4- and 2,5-dimethylphenol, recovered by distillation of low-temperature coal tar crude tar acids.]</x:t>
+    <x:t>tar acids, xylenol fraction</x:t>
   </x:si>
   <x:si>
     <x:t>94114-29-1</x:t>
   </x:si>
   <x:si>
     <x:t>302-662-9</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren, bruinkool, C2-alkylfenolfractie</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, brown-coal, C2-alkylphenol fraction</x:t>
   </x:si>
   <x:si>
     <x:t>101316-86-3</x:t>
   </x:si>
   <x:si>
     <x:t>309-888-7</x:t>
   </x:si>
   <x:si>
     <x:t>teerzuren, bruinkool, ruw</x:t>
   </x:si>
   <x:si>
     <x:t>tar acids, brown-coal, crude</x:t>
   </x:si>
@@ -2265,6517 +2268,6517 @@
       </x:c>
       <x:c r="N2" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O2" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:15">
       <x:c r="A3" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:15">
       <x:c r="A4" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K4" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B4" s="1" t="s">
+      <x:c r="L4" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:15">
       <x:c r="A5" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15">
       <x:c r="A6" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K6" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L6" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
+      <x:c r="O6" s="0" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:15">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="A8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N8" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O8" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="A9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:15">
       <x:c r="A10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:15">
       <x:c r="A20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:15">
       <x:c r="A21" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O24" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N26" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O26" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:15">
       <x:c r="A28" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O28" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
       <x:c r="A50" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:15">
       <x:c r="A51" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N52" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O52" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:15">
       <x:c r="A54" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N54" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O54" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:15">
       <x:c r="A55" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:15">
       <x:c r="A56" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:15">
       <x:c r="A57" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:15">
       <x:c r="A58" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:15">
       <x:c r="A59" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:15">
       <x:c r="A60" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:15">
       <x:c r="A61" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:15">
       <x:c r="A62" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:15">
       <x:c r="A63" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:15">
       <x:c r="A64" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:15">
       <x:c r="A65" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:15">
       <x:c r="A66" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:15">
       <x:c r="A67" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:15">
       <x:c r="A68" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:15">
       <x:c r="A69" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:15">
       <x:c r="A70" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N70" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O70" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:15">
       <x:c r="A71" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:15">
       <x:c r="A72" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:15">
       <x:c r="A73" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:15">
       <x:c r="A74" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N74" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O74" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:15">
       <x:c r="A75" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:15">
       <x:c r="A76" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N76" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O76" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:15">
       <x:c r="A77" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:15">
       <x:c r="A78" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:15">
       <x:c r="A79" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:15">
       <x:c r="A80" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:15">
       <x:c r="A81" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:15">
       <x:c r="A82" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:15">
       <x:c r="A83" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:15">
       <x:c r="A84" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:15">
       <x:c r="A85" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:15">
       <x:c r="A86" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:15">
       <x:c r="A87" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:15">
       <x:c r="A88" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:15">
       <x:c r="A89" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:15">
       <x:c r="A90" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:15">
       <x:c r="A91" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:15">
       <x:c r="A92" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:15">
       <x:c r="A93" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:15">
       <x:c r="A94" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:15">
       <x:c r="A95" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:15">
       <x:c r="A96" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:15">
       <x:c r="A97" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:15">
       <x:c r="A98" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:15">
       <x:c r="A99" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:15">
       <x:c r="A100" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:15">
       <x:c r="A101" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:15">
       <x:c r="A102" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M102" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:15">
       <x:c r="A103" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:15">
       <x:c r="A104" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:15">
       <x:c r="A105" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:15">
       <x:c r="A106" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:15">
       <x:c r="A107" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:15">
       <x:c r="A108" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:15">
       <x:c r="A109" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:15">
       <x:c r="A110" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:15">
       <x:c r="A111" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:15">
       <x:c r="A112" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:15">
       <x:c r="A113" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:15">
       <x:c r="A114" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:15">
       <x:c r="A115" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:15">
       <x:c r="A116" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:15">
       <x:c r="A117" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:15">
       <x:c r="A118" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:15">
       <x:c r="A119" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:15">
       <x:c r="A120" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:15">
       <x:c r="A121" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:15">
       <x:c r="A122" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:15">
       <x:c r="A123" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:15">
       <x:c r="A124" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:15">
       <x:c r="A125" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:15">
       <x:c r="A126" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:15">
       <x:c r="A127" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:15">
       <x:c r="A128" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:15">
       <x:c r="A129" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:15">
       <x:c r="A130" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:15">
       <x:c r="A131" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:15">
       <x:c r="A132" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:15">
       <x:c r="A133" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:15">
       <x:c r="A134" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:15">
       <x:c r="A135" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:15">
       <x:c r="A136" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:15">
       <x:c r="A137" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:15">
       <x:c r="A138" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:15">
       <x:c r="A139" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:15">
       <x:c r="A140" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">