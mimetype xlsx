--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d774655aa1043cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c96266736d4046c19aac5e86c1d71c4c.psmdcp" Id="Race7b3a2d4524503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3247a0ed3047f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffa18228735b4cef84ccdbdfdf817c67.psmdcp" Id="R49ed5ce419fb43ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -62,140 +62,647 @@
   <x:si>
     <x:t>ZZS volgens EU-POP Verordening</x:t>
   </x:si>
   <x:si>
     <x:t>Stofklasse voor luchtemissies</x:t>
   </x:si>
   <x:si>
     <x:t>Emissiegrenswaarde</x:t>
   </x:si>
   <x:si>
     <x:t>Datum toevoeging</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot1</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot2</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot3</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot4</x:t>
   </x:si>
   <x:si>
+    <x:t>179055-21-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621-950-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(1-methyl-1H-pyrazol-4-yl)tributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(1-Methyl-1H-pyrazol-4-yl)tributylstannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>MVP 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,05 mg/Nm3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26-11-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof wordt niet als individuele stof als ZZS geïdentificeerd maar valt onder de ZZS-stofgroep organische tinverbindingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof staat niet in bijlage III van het BAL maar valt onder een andere stof of stofgroep, de getoonde stofklasse en emissiegrenswaarde zijn die van de andere stof of stofgroep en zijn ook geldig voor deze stof.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3757-88-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628-194-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(2-fenyl-1-ethynyl)tributyltin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(2-Phenyl-1-ethynyl)tributyltin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170682-50-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688-548-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(2-methyl-2H-pyrazol-3-yl)tributyltin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(2-Methyl-2H-pyrazol-3-yl)tributyltin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17151-48-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106-286-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(4-chloorfenyl)tributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(4-Chlorophenyl)tributylstannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27490-33-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>631-062-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(tributylstannyl)methanol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1557288-04-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>809-158-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[(2-aminoethoxy)methyl]tributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[(2-aminoethoxy)methyl]tributylstannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100045-83-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808-345-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[(methoxymethoxy)methyl]tributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[(Methoxymethoxy)methyl]tributylstannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86051-75-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107-205-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,2-dimethyl-5-(tributylstannyl)imidazool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,2-Dimethyl-5-(tributylstannyl)imidazole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24344-61-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693-893-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,3-bis(tributylstannyl)benzeen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,3-Bis(tributylstannyl)benzene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17151-51-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803-078-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,4-bis(tributylstannyl)benzeen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,4-Bis(tributylstannyl)benzene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148961-88-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683-415-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-benzo[b]thien-2-yltributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Benzo[b]thien-2-yltributylstannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118486-97-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>624-775-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-methyl-2-(tributylstannyl)-1H-pyrol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-methyl-2-(tributylstannyl)-1H-pyrrole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446285-73-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>689-534-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-methyl-4-(tributylstannyl)-1H-imidazool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-methyl-4-(tributylstannyl)-1H-imidazole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>208934-35-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107-067-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-trifenylmethyl-4-(tributylstannyl)imidazool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Triphenylmethyl-4-(tributylstannyl)imidazole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1204580-71-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882-090-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(tributylstannyl)-4-chloorpyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(Tributylstannyl)-4-chloropyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611168-63-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>689-502-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(tributylstannyl)-5-chloorpyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(Tributylstannyl)-5-chloropyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118486-94-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629-205-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(tributylstannyl)furaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(tributylstannyl)furan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205371-27-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625-510-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(tributylstannyl)pyrazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153435-63-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>687-738-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145483-63-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>687-043-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,5-bis(tri-n-butylstannyl)thiofeen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,5-Bis(tri-n-butylstannyl)thiophene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1008756-65-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685-903-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-broom-5-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-bromo-5-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189083-81-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>623-183-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-broom-6-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-bromo-6-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze specifieke PFAS-verbinding staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889672-73-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663-233-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-chloor-5-(tributylstannyl)-1,3-thiazool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-Chloro-5-(tributylstannyl)-1,3-thiazole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155191-68-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>630-868-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-chloor-5-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-chloro-5-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
     <x:t>57583-35-4</x:t>
   </x:si>
   <x:si>
     <x:t>260-829-0</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 10-ethyl-4,4-dimethyl-7-oxo-8-oxa-3,5-dithia-4-stannatetradecanoate</x:t>
   </x:si>
   <x:si>
     <x:t>dimethyltin bis(2-ethylhexyl thioglycolate)</x:t>
   </x:si>
   <x:si>
-    <x:t/>
-[...7 lines deleted...]
-  <x:si>
     <x:t>16-5-2019</x:t>
   </x:si>
   <x:si>
-    <x:t>Deze stof wordt niet als individuele stof als ZZS geïdentificeerd maar valt onder de ZZS-stofgroep organische tinverbindingen</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>15571-58-1</x:t>
   </x:si>
   <x:si>
     <x:t>239-622-4</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 10-ethyl-4,4-dioctyl-7-oxo-8-oxa-3,5-dithia-4-stannatetradecanoaat</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 10-ethyl-4,4-dioctyl-7-oxo-8-oxa-3,5-dithia-4-stannatetradecanoate</x:t>
   </x:si>
   <x:si>
     <x:t>Ja</x:t>
   </x:si>
   <x:si>
     <x:t>2-12-2013</x:t>
   </x:si>
   <x:si>
     <x:t>57583-34-3</x:t>
   </x:si>
   <x:si>
     <x:t>260-828-5</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 10-ethyl-4-[[2-[(2-ethylhexyl)oxy]-2-oxoethyl]thio]-4-methyl-7-oxo-8-oxa-3,5-dithia-4- tintetradecanoaat</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 10-ethyl-4-[[2-[(2-ethylhexyl)oxy]-2-oxoethyl]thio]-4-methyl-7-oxo-8-oxa-3,5-dithia-4-stannatetradecanoate</x:t>
   </x:si>
   <x:si>
     <x:t>10584-98-2</x:t>
   </x:si>
   <x:si>
     <x:t>234-186-1</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 4,4-dibutyl-10-ethyl-7-oxo-8-oxa-3,5-dithia-4-stannatetradecanoaat</x:t>
   </x:si>
   <x:si>
     <x:t>2-ethylhexyl 4,4-dibutyl-10-ethyl-7-oxo-8-oxa-3,5-dithia-4-stannatetradecanoate</x:t>
   </x:si>
   <x:si>
     <x:t>22-8-2024</x:t>
   </x:si>
   <x:si>
+    <x:t>155533-81-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>624-277-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-fluor-3-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-Fluoro-3-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>457061-31-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106-307-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-fluor-4-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-Fluoro-4-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1105511-65-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664-401-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-methoxy-3-(tributylstannyl)pyrazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1204580-72-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107-063-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-methoxy-4-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-Methoxy-4-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164014-94-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810-728-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-methoxy-6-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259807-95-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>677-938-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-methyl-6-(tri-n-butylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-Methyl-6-(tri-n-butylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157427-46-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>677-929-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-tributylstannyl-1-methyl-1H-indool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-Tributylstannyl-1-methyl-1H-indole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59020-10-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626-493-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446285-70-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>677-934-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,5-dichloor-2-(tributylstannyl)pyrazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,5-Dichloro-2-(tributylstannyl)pyrazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206357-78-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803-194-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-chloor-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-chloro-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573675-60-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800-494-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-fluor-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Fluoro-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145745-05-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803-033-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-benzyloxyfenyltributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-Benzyloxyphenyltributylstannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>850501-35-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622-264-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-methoxy-2-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>387353-98-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803-945-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-tributylstannyl-1,3,5-trimethylpyrazool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-Tributylstannyl-1,3,5-trimethylpyrazole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126085-91-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>677-924-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-(tributylstannyl)isoxazool-3-carbonzuurethylester</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-(Tributylstannyl)isoxazole-3-carboxylic acid ethyl ester</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144173-85-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>677-923-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171290-94-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>688-582-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,5′-bis(tri-n-butylstannyl)-2,2′-bithiofeen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,5′-Bis(tri-n-butylstannyl)-2,2′-bithiophene</x:t>
+  </x:si>
+  <x:si>
     <x:t>94134-56-2</x:t>
   </x:si>
   <x:si>
     <x:t>302-825-4</x:t>
   </x:si>
   <x:si>
     <x:t>5,5-dibutyl-3,3,7,7-tetramethoxy-2,4,6,8-tetraoxa-3,7-disila-5-stannanonaan</x:t>
   </x:si>
   <x:si>
     <x:t>5,5-dibutyl-3,3,7,7-tetramethoxy-2,4,6,8-tetraoxa-3,7-disila-5-stannanonane</x:t>
   </x:si>
   <x:si>
+    <x:t>611168-46-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>684-700-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-broom-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-bromo-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123061-47-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106-620-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-chloor-2-(methylthio)-4-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Chloro-2-(methylthio)-4-(tributylstannyl)pyrimidine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1092938-83-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120-766-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-ethyl-2-(tributylstannyl)pyridine</x:t>
+  </x:si>
+  <x:si>
     <x:t>87735-26-0</x:t>
   </x:si>
   <x:si>
     <x:t>289-337-4</x:t>
   </x:si>
   <x:si>
     <x:t>6,6-dibutyl-4,4,8,8-tetraethoxy-3,5,7,9-tetraoxa-4,8-disila-6-stannaundecaan</x:t>
   </x:si>
   <x:si>
     <x:t>6,6-dibutyl-4,4,8,8-tetraethoxy-3,5,7,9-tetraoxa-4,8-disila-6-stannaundecane</x:t>
   </x:si>
   <x:si>
     <x:t>24850-33-7</x:t>
   </x:si>
   <x:si>
     <x:t>246-494-3</x:t>
   </x:si>
   <x:si>
     <x:t>allyltributylstannaan</x:t>
   </x:si>
   <x:si>
     <x:t>allyltributylstannane</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat op de ZZS-lijst omdat deze onder een ZZS-stof valt (zie behoort tot bij stofgegevens).</x:t>
@@ -548,74 +1055,98 @@
   <x:si>
     <x:t>dioctyltin oxide</x:t>
   </x:si>
   <x:si>
     <x:t>3648-18-8</x:t>
   </x:si>
   <x:si>
     <x:t>222-883-3</x:t>
   </x:si>
   <x:si>
     <x:t>dioctyltindilauraat</x:t>
   </x:si>
   <x:si>
     <x:t>dioctyltin dilaurate</x:t>
   </x:si>
   <x:si>
     <x:t>799-973-9</x:t>
   </x:si>
   <x:si>
     <x:t>dioctyltindilauraat, stannaan, dioctyl-, bis(kokosacyloxy)derivaten en alle andere stannaan-, dioctyl-, bis(vetacyloxy)derivaten waarin C12 het overheersende koolstofgetal is van de vetzuuracyloxygroep</x:t>
   </x:si>
   <x:si>
     <x:t>dioctyltin dilaurate, stannane, dioctyl-, bis(coco acyloxy) derivs., and any other stannane, dioctyl-, bis(fatty acyloxy) derivs. wherein C12 is the predominant carbon number of the fatty acyloxy moiety</x:t>
   </x:si>
   <x:si>
+    <x:t>682-00-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626-513-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ethoxytributylstannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ethoxytributylstannane</x:t>
+  </x:si>
+  <x:si>
     <x:t>13356-08-6</x:t>
   </x:si>
   <x:si>
     <x:t>236-407-7</x:t>
   </x:si>
   <x:si>
     <x:t>fenbutatin</x:t>
   </x:si>
   <x:si>
     <x:t>bis(tris(2-methyl-2-phenylpropyl)tin) oxide</x:t>
   </x:si>
   <x:si>
     <x:t>813-19-4</x:t>
   </x:si>
   <x:si>
     <x:t>212-383-3</x:t>
   </x:si>
   <x:si>
     <x:t>hexabutyldistannaan</x:t>
   </x:si>
   <x:si>
     <x:t>hexabutyldistannane</x:t>
   </x:si>
   <x:si>
+    <x:t>4808-30-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225-369-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hexabutyldistannathiaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexabutyldistannathiane</x:t>
+  </x:si>
+  <x:si>
     <x:t>59571-08-3</x:t>
   </x:si>
   <x:si>
     <x:t>261-812-0</x:t>
   </x:si>
   <x:si>
     <x:t>isobutyl (Z,Z)-10,10-dibutyl-2-methyl-5,8,12-trioxo-4,9,11-trioxa-10-stannapentadeca-6,13-dieen-15-oaat</x:t>
   </x:si>
   <x:si>
     <x:t>isobutyl (Z,Z)-10,10-dibutyl-2-methyl-5,8,12-trioxo-4,9,11-trioxa-10-stannapentadeca-6,13-dien-15-oate</x:t>
   </x:si>
   <x:si>
     <x:t>93925-42-9</x:t>
   </x:si>
   <x:si>
     <x:t>300-344-4</x:t>
   </x:si>
   <x:si>
     <x:t>kiezelzuur (H4SiO4), tetraethylester, reactieproducten met bis(acetyloxy)dibutylstannaan</x:t>
   </x:si>
   <x:si>
     <x:t>silicic acid (H4SiO4), tetraethyl ester, reaction products with bis(acetyloxy)dibutylstannane</x:t>
   </x:si>
   <x:si>
     <x:t>915-270-3</x:t>
@@ -659,164 +1190,377 @@
   <x:si>
     <x:t>85508-00-5</x:t>
   </x:si>
   <x:si>
     <x:t>287-424-1</x:t>
   </x:si>
   <x:si>
     <x:t>stannaan, dibutyl-, bis(C8-18 en C18-onverzadigd vetacyloxy) derivaten</x:t>
   </x:si>
   <x:si>
     <x:t>stannane, dibutyl-, bis(C8-18 and C18-unsatd. fatty acyloxy) derivs.</x:t>
   </x:si>
   <x:si>
     <x:t>91648-39-4</x:t>
   </x:si>
   <x:si>
     <x:t>293-901-5</x:t>
   </x:si>
   <x:si>
     <x:t>stannaan, dioctyl-, bis (kokos-acyloxy)derivaten</x:t>
   </x:si>
   <x:si>
     <x:t>stannane, dioctyl-, bis (coco acyloxy) derivs.</x:t>
   </x:si>
   <x:si>
+    <x:t>97674-02-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641-308-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>stannaan, tributyl(1-ethoxyethenyl)-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stannane, tributyl(1-ethoxyethenyl)-</x:t>
+  </x:si>
+  <x:si>
     <x:t>100073-15-2</x:t>
   </x:si>
   <x:si>
     <x:t>873-088-9</x:t>
   </x:si>
   <x:si>
     <x:t>stannaan, tributyl(1-methylethenyl)-</x:t>
   </x:si>
   <x:si>
     <x:t>stannane, tributyl(1-methylethenyl)-</x:t>
   </x:si>
   <x:si>
+    <x:t>19411-60-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>694-756-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>stannaan, tributylethyl-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stannane, tributylethyl-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119-046-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tert-butyl 2-[4-(tributylstannyl)-1H-1,2,3-triazol-1-yl]acetaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tert-butyl 2-[4-(tributylstannyl)-1H-1,2,3-triazol-1-yl]acetate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1557287-99-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>809-153-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tert-butyl N-(2-aminoethyl)-N-[(tributylstannyl)methyl]carbamaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tert-butyl N-(2-aminoethyl)-N-[(tributylstannyl)methyl]carbamate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243972-26-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663-174-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tert-butyl N-[5-(tributylstannyl)-1,3-thiazol-2-yl]carbamaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tert-butyl N-[5-(tributylstannyl)-1,3-thiazol-2-yl]carbamate</x:t>
+  </x:si>
+  <x:si>
     <x:t>139111-44-7</x:t>
   </x:si>
   <x:si>
     <x:t>981-644-8</x:t>
   </x:si>
   <x:si>
     <x:t>tert-butyl-N-[(2E)-3-(tributylstannyl)prop-2-een-1-yl]carbamaat</x:t>
   </x:si>
   <x:si>
     <x:t>tert-butyl N-[(2E)-3-(tributylstannyl)prop-2-en-1-yl]carbamate</x:t>
   </x:si>
   <x:si>
     <x:t>19-8-2024</x:t>
   </x:si>
   <x:si>
     <x:t>1461-25-2</x:t>
   </x:si>
   <x:si>
     <x:t>215-960-8</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutyltin</x:t>
   </x:si>
   <x:si>
     <x:t>54068-28-9</x:t>
   </x:si>
   <x:si>
     <x:t>682-474-4</x:t>
   </x:si>
   <x:si>
     <x:t>tin, dioctylbis(2,4-pentaandionato-.kappa.O2,.kappa.O4)-</x:t>
   </x:si>
   <x:si>
     <x:t>tin, dioctylbis(2,4-pentanedionato-.kappa.O2,.kappa.O4)-</x:t>
   </x:si>
   <x:si>
     <x:t>22-9-2023</x:t>
   </x:si>
   <x:si>
+    <x:t>14275-61-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664-439-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trans-1,2-bis(tri-n-butylstannyl)ethyleen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trans-1,2-Bis(tri-n-butylstannyl)ethylene</x:t>
+  </x:si>
+  <x:si>
     <x:t>121359-48-6</x:t>
   </x:si>
   <x:si>
     <x:t>626-624-9</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl(1,3-thiazol-2-yl)stannaan</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl(1,3-thiazol-2-yl)stannane</x:t>
   </x:si>
   <x:si>
     <x:t>81177-90-4</x:t>
   </x:si>
   <x:si>
     <x:t>837-963-9</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl(1-methoxyethenyl)stannaan</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl(1-methoxyethenyl)stannane</x:t>
   </x:si>
   <x:si>
+    <x:t>446286-25-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803-906-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(2-chloorpyrimidin-4-yl)stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributyl(2-chloropyrimidin-4-yl)stannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125769-77-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682-759-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(4,5-dihydrofuraan-2-yl)stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(4,5-dihydrofuran-2-yl)stannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1257527-55-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>693-895-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(4-morfolinofenyl)stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributyl(4-morpholinophenyl)stannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109669-45-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663-424-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(5,6-dihydro-4H-pyraan-2-yl)stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributyl(5,6-dihydro-4H-pyran-2-yl)stannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1426-66-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>673-914-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(pentafluorethyl)stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributyl(pentafluoroethyl)stannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1045-56-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>802-289-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(pentafluorfenyl)tin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributyl(pentafluorophenyl)tin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64099-82-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626-507-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(prop-1-yn-1-yl)stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl(prop-1-yn-1-yl)stannane</x:t>
+  </x:si>
+  <x:si>
     <x:t>7486-35-3</x:t>
   </x:si>
   <x:si>
     <x:t>231-291-4</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl(vinyl)tin</x:t>
   </x:si>
   <x:si>
     <x:t>tributylvinylstannane</x:t>
   </x:si>
   <x:si>
     <x:t>5035-67-6</x:t>
   </x:si>
   <x:si>
     <x:t>225-726-7</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl[(2-ethylhexanoyl)oxy]stannaan</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl[(2-ethylhexanoyl)oxy]stannane</x:t>
   </x:si>
   <x:si>
     <x:t>29-1-2024</x:t>
   </x:si>
   <x:si>
+    <x:t>170941-63-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107-066-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyl[2,2-difluor-1-(2-methoxyethoxymethoxy)vinyl]stannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributyl[2,2-Difluoro-1-(2-Methoxyethoxymethoxy)Vinyl]Stannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2179-92-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>627-847-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributylcyanostannaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributylcyanostannane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4342-30-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224-397-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributylstannylsalicylaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributylstannyl salicylate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68725-14-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625-305-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributylstannyltrifluormethaansulfonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tributylstannyl trifluoromethane sulfonate</x:t>
+  </x:si>
+  <x:si>
     <x:t>688-73-3</x:t>
   </x:si>
   <x:si>
     <x:t>211-704-4</x:t>
   </x:si>
   <x:si>
     <x:t>tributyltin</x:t>
   </x:si>
   <x:si>
     <x:t>tri-n-butyltin hydride</x:t>
   </x:si>
   <x:si>
+    <x:t>2857-03-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105-346-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tributyltin 4-acetamidobenzoaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRIBUTYLTIN 4-ACETAMIDOBENZOATE</x:t>
+  </x:si>
+  <x:si>
     <x:t>1983-10-4</x:t>
   </x:si>
   <x:si>
     <x:t>217-847-9</x:t>
   </x:si>
   <x:si>
     <x:t>tributyltin fluoride</x:t>
   </x:si>
   <x:si>
     <x:t>29-11-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat op basis van de EU gevaarsindeling en de KRW op de ZZS-lijst omdat het een tributyltin verbinding is.</x:t>
   </x:si>
   <x:si>
     <x:t>tributyltin verbindingen</x:t>
   </x:si>
   <x:si>
     <x:t>tributyltin compounds</x:t>
   </x:si>
   <x:si>
     <x:t>Op basis van de CLP worden niet alle tributyltinverbindingen als ZZS aangemerkt maar op basis van de KRW wel.</x:t>
   </x:si>
   <x:si>
     <x:t>36643-28-4</x:t>
@@ -867,50 +1611,62 @@
     <x:t>fentin acetate</x:t>
   </x:si>
   <x:si>
     <x:t>639-58-7</x:t>
   </x:si>
   <x:si>
     <x:t>211-358-4</x:t>
   </x:si>
   <x:si>
     <x:t>trifenyltinchloride</x:t>
   </x:si>
   <x:si>
     <x:t>fentin chloride</x:t>
   </x:si>
   <x:si>
     <x:t>76-87-9</x:t>
   </x:si>
   <x:si>
     <x:t>200-990-6</x:t>
   </x:si>
   <x:si>
     <x:t>trifenyltinhydroxide</x:t>
   </x:si>
   <x:si>
     <x:t>fentin hydroxide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17955-46-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628-849-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trimethyl(tributylstannyl)silaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trimethyl(tributylstannyl)silane</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -943,52 +1699,52 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:Q66" totalsRowShown="0">
-  <x:autoFilter ref="A1:Q66"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:Q131" totalsRowShown="0">
+  <x:autoFilter ref="A1:Q131"/>
   <x:tableColumns count="17">
     <x:tableColumn id="1" name="CAS-nummer" dataDxfId="0"/>
     <x:tableColumn id="2" name="EG-nummer" dataDxfId="0"/>
     <x:tableColumn id="3" name="Nederlandse stofnaam"/>
     <x:tableColumn id="4" name="Engelse stofnaam"/>
     <x:tableColumn id="5" name="ZZS volgens EU gevaarsindeling"/>
     <x:tableColumn id="6" name="ZZS volgens REACH SVHC"/>
     <x:tableColumn id="7" name="ZZS volgens REACH Restricties"/>
     <x:tableColumn id="8" name="ZZS volgens KRW"/>
     <x:tableColumn id="9" name="ZZS volgens OSPAR"/>
     <x:tableColumn id="10" name="ZZS volgens EU-POP Verordening"/>
     <x:tableColumn id="11" name="Stofklasse voor luchtemissies"/>
     <x:tableColumn id="12" name="Emissiegrenswaarde"/>
     <x:tableColumn id="13" name="Datum toevoeging"/>
     <x:tableColumn id="14" name="Voetnoot1"/>
     <x:tableColumn id="15" name="Voetnoot2"/>
     <x:tableColumn id="16" name="Voetnoot3"/>
     <x:tableColumn id="17" name="Voetnoot4"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1259,51 +2015,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:Q66"/>
+  <x:dimension ref="A1:Q131"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="35.710625" defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="17" width="35.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:17">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -1388,3425 +2144,6870 @@
       </x:c>
       <x:c r="O2" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P2" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q2" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:17">
       <x:c r="A3" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N3" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:17">
       <x:c r="A4" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B4" s="1" t="s">
+      <x:c r="D4" s="0" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K4" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N4" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O4" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q4" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:17">
       <x:c r="A5" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="D5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:17">
       <x:c r="A6" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:17">
       <x:c r="A7" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:17">
       <x:c r="A8" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N8" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O8" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q8" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:17">
       <x:c r="A9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:17">
       <x:c r="A10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:17">
       <x:c r="A11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:17">
       <x:c r="A12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:17">
       <x:c r="A13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:17">
       <x:c r="A14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:17">
       <x:c r="A15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:17">
       <x:c r="A16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:17">
       <x:c r="A17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:17">
       <x:c r="A18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q18" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:17">
       <x:c r="A19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:17">
       <x:c r="A20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:17">
       <x:c r="A21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:17">
       <x:c r="A22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:17">
       <x:c r="A23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:17">
       <x:c r="A24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M24" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O24" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q24" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:17">
       <x:c r="A25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:17">
       <x:c r="A26" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M26" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N26" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O26" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q26" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:17">
       <x:c r="A27" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:17">
       <x:c r="A28" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L28" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M28" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O28" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q28" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:17">
       <x:c r="A29" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:17">
       <x:c r="A30" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q30" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:17">
       <x:c r="A31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:17">
       <x:c r="A32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q32" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:17">
       <x:c r="A33" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:17">
       <x:c r="A34" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q34" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:17">
       <x:c r="A35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:17">
       <x:c r="A36" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q36" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:17">
       <x:c r="A37" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:17">
       <x:c r="A38" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M38" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q38" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:17">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:17">
       <x:c r="A40" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q40" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:17">
       <x:c r="A41" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:17">
       <x:c r="A42" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q42" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:17">
       <x:c r="A43" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:17">
       <x:c r="A44" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q44" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:17">
       <x:c r="A45" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:17">
       <x:c r="A46" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q46" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:17">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:17">
       <x:c r="A48" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q48" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:17">
       <x:c r="A49" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:17">
       <x:c r="A50" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M50" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q50" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:17">
       <x:c r="A51" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:17">
       <x:c r="A52" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M52" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N52" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O52" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q52" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:17">
       <x:c r="A53" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E53" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F53" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G53" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I53" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K53" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L53" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M53" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
+      <x:c r="N53" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C53" s="0" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:17">
       <x:c r="A54" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M54" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N54" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O54" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q54" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:17">
       <x:c r="A55" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:17">
       <x:c r="A56" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q56" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:17">
       <x:c r="A57" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:17">
       <x:c r="A58" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q58" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:17">
       <x:c r="A59" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:17">
       <x:c r="A60" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q60" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:17">
       <x:c r="A61" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:17">
       <x:c r="A62" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q62" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:17">
       <x:c r="A63" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:17">
       <x:c r="A64" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q64" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:17">
       <x:c r="A65" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="Q65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:17">
       <x:c r="A66" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C66" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K66" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L66" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M66" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N66" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O66" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P66" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q66" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:17">
+      <x:c r="A67" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
+      <x:c r="B67" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C66" s="0" t="s">
+      <x:c r="C67" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D66" s="0" t="s">
+      <x:c r="D67" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E66" s="0" t="s">
-[...35 lines deleted...]
-      <x:c r="Q66" s="0" t="s">
+      <x:c r="E67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K67" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L67" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M67" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N67" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O67" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P67" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q67" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:17">
+      <x:c r="A68" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K68" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L68" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M68" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N68" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O68" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P68" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q68" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:17">
+      <x:c r="A69" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C69" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E69" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K69" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L69" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M69" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="N69" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P69" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q69" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:17">
+      <x:c r="A70" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E70" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K70" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L70" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M70" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="N70" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P70" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q70" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:17">
+      <x:c r="A71" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K71" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L71" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M71" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="N71" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P71" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q71" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:17">
+      <x:c r="A72" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G72" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H72" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I72" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K72" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L72" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M72" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N72" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O72" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P72" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q72" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:17">
+      <x:c r="A73" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E73" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M73" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="N73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P73" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q73" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:17">
+      <x:c r="A74" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K74" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L74" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M74" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N74" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O74" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P74" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q74" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:17">
+      <x:c r="A75" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C75" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E75" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M75" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="N75" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P75" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q75" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:17">
+      <x:c r="A76" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K76" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L76" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M76" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N76" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P76" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q76" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:17">
+      <x:c r="A77" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E77" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K77" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L77" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M77" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P77" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q77" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:17">
+      <x:c r="A78" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E78" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K78" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L78" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M78" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="N78" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P78" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q78" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:17">
+      <x:c r="A79" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C79" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M79" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="N79" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P79" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q79" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:17">
+      <x:c r="A80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F80" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K80" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L80" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M80" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="N80" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P80" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q80" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:17">
+      <x:c r="A81" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M81" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="N81" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P81" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q81" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:17">
+      <x:c r="A82" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I82" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K82" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L82" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M82" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="N82" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O82" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P82" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q82" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:17">
+      <x:c r="A83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F83" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K83" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L83" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M83" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="N83" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P83" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q83" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:17">
+      <x:c r="A84" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C84" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K84" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L84" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M84" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N84" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O84" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P84" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q84" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:17">
+      <x:c r="A85" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K85" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M85" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N85" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O85" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P85" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q85" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:17">
+      <x:c r="A86" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M86" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="N86" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P86" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q86" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:17">
+      <x:c r="A87" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K87" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M87" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N87" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O87" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P87" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q87" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:17">
+      <x:c r="A88" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K88" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L88" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M88" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N88" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O88" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P88" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q88" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:17">
+      <x:c r="A89" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K89" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M89" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N89" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O89" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P89" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q89" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:17">
+      <x:c r="A90" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E90" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F90" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I90" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J90" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K90" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L90" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M90" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N90" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O90" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="P90" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q90" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:17">
+      <x:c r="A91" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K91" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M91" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N91" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O91" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P91" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q91" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:17">
+      <x:c r="A92" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M92" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="N92" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P92" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q92" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:17">
+      <x:c r="A93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I93" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L93" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M93" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P93" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q93" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:17">
+      <x:c r="A94" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K94" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L94" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M94" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N94" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O94" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P94" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q94" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:17">
+      <x:c r="A95" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I95" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K95" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L95" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M95" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="N95" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O95" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P95" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q95" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:17">
+      <x:c r="A96" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K96" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L96" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M96" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N96" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O96" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P96" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q96" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:17">
+      <x:c r="A97" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K97" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M97" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N97" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O97" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="P97" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q97" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:17">
+      <x:c r="A98" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K98" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L98" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M98" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N98" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O98" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P98" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q98" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:17">
+      <x:c r="A99" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K99" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L99" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M99" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N99" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O99" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P99" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q99" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:17">
+      <x:c r="A100" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K100" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L100" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M100" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N100" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O100" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P100" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q100" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:17">
+      <x:c r="A101" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K101" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L101" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M101" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N101" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O101" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P101" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q101" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:17">
+      <x:c r="A102" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K102" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L102" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M102" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="N102" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O102" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q102" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:17">
+      <x:c r="A103" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K103" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M103" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N103" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O103" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P103" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q103" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:17">
+      <x:c r="A104" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K104" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L104" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M104" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="N104" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O104" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P104" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q104" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:17">
+      <x:c r="A105" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K105" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M105" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N105" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O105" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P105" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q105" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:17">
+      <x:c r="A106" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K106" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L106" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M106" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N106" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O106" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="P106" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q106" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:17">
+      <x:c r="A107" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K107" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L107" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M107" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="N107" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O107" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="P107" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q107" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:17">
+      <x:c r="A108" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K108" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L108" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M108" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N108" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O108" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P108" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q108" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:17">
+      <x:c r="A109" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K109" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L109" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M109" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N109" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O109" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P109" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q109" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:17">
+      <x:c r="A110" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K110" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L110" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M110" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N110" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O110" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q110" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:17">
+      <x:c r="A111" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K111" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L111" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M111" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N111" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O111" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P111" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q111" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:17">
+      <x:c r="A112" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K112" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L112" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M112" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N112" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O112" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P112" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q112" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:17">
+      <x:c r="A113" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L113" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M113" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N113" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O113" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P113" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q113" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:17">
+      <x:c r="A114" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K114" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L114" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M114" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N114" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O114" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P114" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q114" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:17">
+      <x:c r="A115" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C115" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K115" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L115" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M115" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N115" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O115" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P115" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q115" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:17">
+      <x:c r="A116" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K116" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L116" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M116" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="N116" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O116" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="P116" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q116" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:17">
+      <x:c r="A117" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K117" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L117" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M117" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N117" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O117" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P117" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q117" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:17">
+      <x:c r="A118" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K118" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L118" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M118" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N118" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O118" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P118" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q118" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:17">
+      <x:c r="A119" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K119" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M119" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N119" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O119" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P119" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q119" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:17">
+      <x:c r="A120" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="E120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K120" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L120" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M120" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N120" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O120" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P120" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q120" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:17">
+      <x:c r="A121" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K121" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M121" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N121" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P121" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q121" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:17">
+      <x:c r="A122" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="E122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K122" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L122" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M122" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N122" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O122" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P122" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q122" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:17">
+      <x:c r="A123" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="E123" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G123" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I123" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J123" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K123" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L123" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M123" s="0" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="N123" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="O123" s="0" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="P123" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q123" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:17">
+      <x:c r="A124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K124" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L124" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M124" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N124" s="0" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="O124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P124" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q124" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:17">
+      <x:c r="A125" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="E125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K125" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M125" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P125" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q125" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:17">
+      <x:c r="A126" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K126" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L126" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M126" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P126" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q126" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:17">
+      <x:c r="A127" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K127" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L127" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M127" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N127" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="O127" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="P127" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q127" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:17">
+      <x:c r="A128" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="E128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K128" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L128" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M128" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N128" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="O128" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="P128" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q128" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:17">
+      <x:c r="A129" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K129" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L129" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M129" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="N129" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="O129" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="P129" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q129" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:17">
+      <x:c r="A130" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K130" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L130" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M130" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="N130" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="O130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P130" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q130" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:17">
+      <x:c r="A131" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K131" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L131" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M131" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="N131" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="O131" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="P131" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>