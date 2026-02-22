--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3247a0ed3047f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffa18228735b4cef84ccdbdfdf817c67.psmdcp" Id="R49ed5ce419fb43ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra163a46314b34edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70e83de2d09c4cef8b92ab0647f17313.psmdcp" Id="R71f4a545eb97448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>