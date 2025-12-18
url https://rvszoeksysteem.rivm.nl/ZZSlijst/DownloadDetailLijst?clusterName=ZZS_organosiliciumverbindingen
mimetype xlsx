--- v0 (2025-10-09)
+++ v1 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9777c99e8374b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28e4b793cee44a5fb776fd2047379e7d.psmdcp" Id="R1a1184ddf7c947e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f744985408f40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/411ba74b4cfc48b38a1242b8c8369d8a.psmdcp" Id="R3499a9c8ae5e418d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -152,51 +152,51 @@
   <x:si>
     <x:t>Berekend als Sb</x:t>
   </x:si>
   <x:si>
     <x:t>556-67-2</x:t>
   </x:si>
   <x:si>
     <x:t>209-136-7</x:t>
   </x:si>
   <x:si>
     <x:t>octamethyltetrasiloxaan</x:t>
   </x:si>
   <x:si>
     <x:t>octamethylcyclotetrasiloxane</x:t>
   </x:si>
   <x:si>
     <x:t>107-51-7</x:t>
   </x:si>
   <x:si>
     <x:t>203-497-4</x:t>
   </x:si>
   <x:si>
     <x:t>octamethyltrisiloxaan</x:t>
   </x:si>
   <x:si>
-    <x:t>Octamethyltrisiloxane</x:t>
+    <x:t>octamethyltrisiloxane</x:t>
   </x:si>
   <x:si>
     <x:t>8-7-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk.</x:t>
   </x:si>
   <x:si>
     <x:t>3102-79-2</x:t>
   </x:si>
   <x:si>
     <x:t>671-486-5</x:t>
   </x:si>
   <x:si>
     <x:t>perfluoroctylethyldichloormethyl silaan</x:t>
   </x:si>
   <x:si>
     <x:t>perfluorooctylethyldichloromethyl silane</x:t>
   </x:si>
   <x:si>
     <x:t>7-10-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL maar valt onder een andere stof of stofgroep, de getoonde stofklasse en emissiegrenswaarde zijn die van de andere stof of stofgroep en zijn ook geldig voor deze stof.</x:t>
   </x:si>