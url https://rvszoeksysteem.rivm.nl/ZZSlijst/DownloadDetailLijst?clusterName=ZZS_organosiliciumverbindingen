--- v1 (2025-12-18)
+++ v2 (2026-02-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f744985408f40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/411ba74b4cfc48b38a1242b8c8369d8a.psmdcp" Id="R3499a9c8ae5e418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ad983ab969490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e00682411d14aea8d4861b538b8cc9e.psmdcp" Id="R39c070b7d7374d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>