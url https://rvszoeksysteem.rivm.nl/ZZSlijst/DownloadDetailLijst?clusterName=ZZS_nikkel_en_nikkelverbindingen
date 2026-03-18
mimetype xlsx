--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9beb2b70fa194ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/764e00ef45914c659a83e0c7e88eeb80.psmdcp" Id="R6e9c5f7b83b24413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381c29fb2c3b4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c0330033a044816b3636d043bdd0c9d.psmdcp" Id="R0d58559917684579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -101,51 +101,51 @@
   <x:si>
     <x:t>0,05 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>19-8-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat op de ZZS-lijst omdat deze onder de ZZS-stofgroep nikkelverbindingen valt</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL maar valt onder een andere stof of stofgroep, de getoonde stofklasse en emissiegrenswaarde zijn die van de andere stof of stofgroep en zijn ook geldig voor deze stof.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>46389-47-3</x:t>
   </x:si>
   <x:si>
     <x:t>894-589-9</x:t>
   </x:si>
   <x:si>
     <x:t>(2,2'-bipyridine)nikkel(II)dibromide</x:t>
   </x:si>
   <x:si>
-    <x:t>(2,2'-Bipyridine)nickel(II) dibromide</x:t>
+    <x:t>(2,2'-bipyridine)nickel(II) dibromide</x:t>
   </x:si>
   <x:si>
     <x:t>26-11-2025</x:t>
   </x:si>
   <x:si>
     <x:t>84852-39-1</x:t>
   </x:si>
   <x:si>
     <x:t>284-351-7</x:t>
   </x:si>
   <x:si>
     <x:t>(2-ethylhexanoato-O)(isodecanoato-O)nikkel</x:t>
   </x:si>
   <x:si>
     <x:t>(2-ethylhexanoato-O)(isodecanoato-O)nickel</x:t>
   </x:si>
   <x:si>
     <x:t>Ja</x:t>
   </x:si>
   <x:si>
     <x:t>2-12-2013</x:t>
   </x:si>
   <x:si>
     <x:t>85508-45-8</x:t>
   </x:si>
@@ -269,75 +269,75 @@
   <x:si>
     <x:t>[µ-[carbonato(2-)-O:O’]] dihydroxy trinickel</x:t>
   </x:si>
   <x:si>
     <x:t>67292-34-6</x:t>
   </x:si>
   <x:si>
     <x:t>625-604-7</x:t>
   </x:si>
   <x:si>
     <x:t>[1,1'-bis(difenylfosfino)ferroceen]dichloornikkel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>[1,1'-bis(diphenylphosphino)ferrocene]dichloronickel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>14647-21-3</x:t>
   </x:si>
   <x:si>
     <x:t>112-189-8</x:t>
   </x:si>
   <x:si>
     <x:t>[1,2-bis(difenylfosfino)ethaan]dibromonikkel(II)</x:t>
   </x:si>
   <x:si>
-    <x:t>[1,2-Bis(diphenylphosphino)ethane]dibromonickel(II)</x:t>
+    <x:t>[1,2-bis(diphenylphosphino)ethane]dibromonickel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>903592-98-3</x:t>
   </x:si>
   <x:si>
     <x:t>679-532-6</x:t>
   </x:si>
   <x:si>
     <x:t>[1,3-bis(2,6-diisopropylfenyl)imidazool-2-ylideen]trifenylfosfine nikkel(II)dichloride</x:t>
   </x:si>
   <x:si>
     <x:t>[1,3-bis(2,6-diisopropylphenyl)imidazol-2-ylidene]triphenylphosphine nickel(II) dichloride</x:t>
   </x:si>
   <x:si>
     <x:t>15629-93-3</x:t>
   </x:si>
   <x:si>
     <x:t>112-188-2</x:t>
   </x:si>
   <x:si>
     <x:t>[1,3-bis(difenylfosfino)propaan]dibromonikkel</x:t>
   </x:si>
   <x:si>
-    <x:t>[1,3-Bis(diphenylphosphino)propane]dibromonickel</x:t>
+    <x:t>[1,3-bis(diphenylphosphino)propane]dibromonickel</x:t>
   </x:si>
   <x:si>
     <x:t>14055-02-8</x:t>
   </x:si>
   <x:si>
     <x:t>237-893-3</x:t>
   </x:si>
   <x:si>
     <x:t>[29H,31H-ftalocyaninato(2-)-N29,N30,N31,N32]nikkel</x:t>
   </x:si>
   <x:si>
     <x:t>[29H,31H-phthalocyaninato(2-)-N29,N30,N31,N32]nickel</x:t>
   </x:si>
   <x:si>
     <x:t>20-8-2024</x:t>
   </x:si>
   <x:si>
     <x:t>12607-70-4</x:t>
   </x:si>
   <x:si>
     <x:t>235-715-9</x:t>
   </x:si>
   <x:si>
     <x:t>[carbonato(2-)] tetrahydroxytrinikkel</x:t>
   </x:si>
@@ -557,51 +557,51 @@
   <x:si>
     <x:t>bis(diethyldithiocarbamato-S,S')nickel</x:t>
   </x:si>
   <x:si>
     <x:t>120045-16-1</x:t>
   </x:si>
   <x:si>
     <x:t>631-453-8</x:t>
   </x:si>
   <x:si>
     <x:t>bis(N,N-dimethyl-N'-5H-pyrido[2,3-a]fenothiazin-5-ylideen-1,4-fenyleendiamine)nikkel(II)diperchloraat</x:t>
   </x:si>
   <x:si>
     <x:t>bis(N,N-dimethyl-N'-5H-pyrido[2,3-a]phenothiazin-5-ylidene-1,4-phenylenediamine)nickel(II) diperchlorate</x:t>
   </x:si>
   <x:si>
     <x:t>207596-30-3</x:t>
   </x:si>
   <x:si>
     <x:t>103-381-2</x:t>
   </x:si>
   <x:si>
     <x:t>bis(octaanzuur)hydraat nikkel</x:t>
   </x:si>
   <x:si>
-    <x:t>Bis(octanoic acid) hydrate nickel</x:t>
+    <x:t>bis(octanoic acid) hydrate nickel</x:t>
   </x:si>
   <x:si>
     <x:t>3264-82-2</x:t>
   </x:si>
   <x:si>
     <x:t>221-875-7</x:t>
   </x:si>
   <x:si>
     <x:t>bis(pentaan-2,4-dionato-O,O')nikkel</x:t>
   </x:si>
   <x:si>
     <x:t>bis(pentane-2,4-dionato-O,O')nickel</x:t>
   </x:si>
   <x:si>
     <x:t>18958-57-1</x:t>
   </x:si>
   <x:si>
     <x:t>677-981-2</x:t>
   </x:si>
   <x:si>
     <x:t>bis(tetrabutylammonium) bis(maleonitrieldithiolato)nikkel(II) complex</x:t>
   </x:si>
   <x:si>
     <x:t>bis(tetrabutylammonium) bis(maleonitriledithiolato)nickel(II) complex</x:t>
   </x:si>
@@ -698,75 +698,75 @@
   <x:si>
     <x:t>broom[(2,6-pyridinediyl)bis(3-methyl-1-imidazolyl-2-ylideen)]nikkel bromide</x:t>
   </x:si>
   <x:si>
     <x:t>bromo[(2,6-pyridinediyl)bis(3-methyl-1-imidazolyl-2-ylidene)]nickel bromide</x:t>
   </x:si>
   <x:si>
     <x:t>34492-97-2</x:t>
   </x:si>
   <x:si>
     <x:t>bunseniet</x:t>
   </x:si>
   <x:si>
     <x:t>bunsenite</x:t>
   </x:si>
   <x:si>
     <x:t>12213-73-9</x:t>
   </x:si>
   <x:si>
     <x:t>996-239-1</x:t>
   </x:si>
   <x:si>
     <x:t>calciumnikkel-legering (CaNi5)</x:t>
   </x:si>
   <x:si>
-    <x:t>Calcium Nickel Alloy (CaNi5)</x:t>
+    <x:t>calcium nickel alloy (CaNi5)</x:t>
   </x:si>
   <x:si>
     <x:t>440667-11-8</x:t>
   </x:si>
   <x:si>
     <x:t>810-778-0</x:t>
   </x:si>
   <x:si>
     <x:t>cerium nikkel zirconiumoxide</x:t>
   </x:si>
   <x:si>
     <x:t>cerium nickel zirconium oxide</x:t>
   </x:si>
   <x:si>
     <x:t>1501945-23-8</x:t>
   </x:si>
   <x:si>
     <x:t>817-158-9</x:t>
   </x:si>
   <x:si>
     <x:t>chloor(2-methylfenyl)[1,1'-bis(difenylfosfino)ferroceen]nikkel(II)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chloro(2-methylphenyl)[1,1'-bis(diphenylphosphino)ferrocene]nickel (II)</x:t>
+    <x:t>chloro(2-methylphenyl)[1,1'-bis(diphenylphosphino)ferrocene]nickel (II)</x:t>
   </x:si>
   <x:si>
     <x:t>1419179-26-2</x:t>
   </x:si>
   <x:si>
     <x:t>835-019-0</x:t>
   </x:si>
   <x:si>
     <x:t>chloorbis[dicyclohexyl(fenyl)fosfino](o-tolyl)nikkel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>chlorobis[dicyclohexyl(phenyl)phosphino](o-tolyl)nickel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>18283-82-4</x:t>
   </x:si>
   <x:si>
     <x:t>242-161-1</x:t>
   </x:si>
   <x:si>
     <x:t>citroenzuur ammoniumnikkelzout</x:t>
   </x:si>
   <x:si>
     <x:t>citric acid, ammonium nickel salt</x:t>
   </x:si>
@@ -803,51 +803,51 @@
   <x:si>
     <x:t>diammoniumnikkelbis(sulfaat)</x:t>
   </x:si>
   <x:si>
     <x:t>diammonium nickel bis(sulfate)</x:t>
   </x:si>
   <x:si>
     <x:t>74195-78-1</x:t>
   </x:si>
   <x:si>
     <x:t>diammoniumnikkelhexacyanoferraat</x:t>
   </x:si>
   <x:si>
     <x:t>diammonium nickel hexacyanoferrate</x:t>
   </x:si>
   <x:si>
     <x:t>207569-11-7</x:t>
   </x:si>
   <x:si>
     <x:t>688-199-6</x:t>
   </x:si>
   <x:si>
     <x:t>dibromonikkelhydraat</x:t>
   </x:si>
   <x:si>
-    <x:t>Dibromonickel hydrate</x:t>
+    <x:t>dibromonickel hydrate</x:t>
   </x:si>
   <x:si>
     <x:t>15242-92-9</x:t>
   </x:si>
   <x:si>
     <x:t>621-434-2</x:t>
   </x:si>
   <x:si>
     <x:t>dibroombis(tributylfosfine)nikkel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>dibromobis(tributylphosphine)nickel(II)</x:t>
   </x:si>
   <x:si>
     <x:t>13007-90-4</x:t>
   </x:si>
   <x:si>
     <x:t>235-851-9</x:t>
   </x:si>
   <x:si>
     <x:t>dicarbonylbis(trifenylfosfine)nikkel</x:t>
   </x:si>
   <x:si>
     <x:t>dicarbonylbis(triphenylphosphine)nickel</x:t>
   </x:si>
@@ -1247,51 +1247,51 @@
   <x:si>
     <x:t>kobaltnikkel grijze periklaas</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt nickel gray periclase</x:t>
   </x:si>
   <x:si>
     <x:t>58591-45-0</x:t>
   </x:si>
   <x:si>
     <x:t>261-346-8</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltnikkeldioxide</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt nickel dioxide</x:t>
   </x:si>
   <x:si>
     <x:t>951-904-5</x:t>
   </x:si>
   <x:si>
     <x:t>kobalt-nikkel-mangaanoxide</x:t>
   </x:si>
   <x:si>
-    <x:t>Cobalt Nickel Manganese Oxide</x:t>
+    <x:t>cobalt nickel manganese oxide</x:t>
   </x:si>
   <x:si>
     <x:t>12737-30-3</x:t>
   </x:si>
   <x:si>
     <x:t>620-395-9</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltnikkeloxide</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt nickel oxide</x:t>
   </x:si>
   <x:si>
     <x:t>16337-84-1</x:t>
   </x:si>
   <x:si>
     <x:t>240-408-8</x:t>
   </x:si>
   <x:si>
     <x:t>koolzuur nikkelzout</x:t>
   </x:si>
   <x:si>
     <x:t>carbonic acid, nickel salt</x:t>
   </x:si>
@@ -1340,75 +1340,75 @@
   <x:si>
     <x:t>lithium nikkel mangaan kobaltoxide</x:t>
   </x:si>
   <x:si>
     <x:t>lithium nickel manganese cobalt oxide</x:t>
   </x:si>
   <x:si>
     <x:t>13977-83-8</x:t>
   </x:si>
   <x:si>
     <x:t>881-474-3</x:t>
   </x:si>
   <x:si>
     <x:t>lithium nikkel(II) fosfaat</x:t>
   </x:si>
   <x:si>
     <x:t>lithium nickel(II) phosphate</x:t>
   </x:si>
   <x:si>
     <x:t>178-915-0</x:t>
   </x:si>
   <x:si>
     <x:t>lithium-mangaan-nikkel-kobaltoxide (NMC85:05:10)</x:t>
   </x:si>
   <x:si>
-    <x:t>Lithium Manganese Nickel Cobalt Oxide (NMC85:05:10)</x:t>
+    <x:t>lithium manganese nickel cobalt oxide (NMC85:05:10)</x:t>
   </x:si>
   <x:si>
     <x:t>12031-65-1</x:t>
   </x:si>
   <x:si>
     <x:t>620-400-4</x:t>
   </x:si>
   <x:si>
     <x:t>lithiumnikkeldioxide</x:t>
   </x:si>
   <x:si>
     <x:t>lithium nickel dioxide</x:t>
   </x:si>
   <x:si>
     <x:t>210352-95-7</x:t>
   </x:si>
   <x:si>
     <x:t>842-029-9</x:t>
   </x:si>
   <x:si>
     <x:t>lithium-nikkel-kaliumoxide</x:t>
   </x:si>
   <x:si>
-    <x:t>Lithium nickel potassium oxide</x:t>
+    <x:t>lithium nickel potassium oxide</x:t>
   </x:si>
   <x:si>
     <x:t>935-842-6</x:t>
   </x:si>
   <x:si>
     <x:t>lithium-nikkel-mangaan-kobalt-oxide</x:t>
   </x:si>
   <x:si>
     <x:t>lithium-nickel-manganese-cobalt-oxide</x:t>
   </x:si>
   <x:si>
     <x:t>193215-96-2</x:t>
   </x:si>
   <x:si>
     <x:t>881-347-2</x:t>
   </x:si>
   <x:si>
     <x:t>lithiumnikkel-mangaan-kobaltoxide (LiNi0,4Mn0,4Co0,2O2)</x:t>
   </x:si>
   <x:si>
     <x:t>lithium nickel manganese cobalt oxide (LiNi0.4Mn0.4Co0.2O2)</x:t>
   </x:si>
   <x:si>
     <x:t>179802-95-0</x:t>
   </x:si>
@@ -2336,51 +2336,51 @@
   <x:si>
     <x:t>nickel boride</x:t>
   </x:si>
   <x:si>
     <x:t>3333-67-3</x:t>
   </x:si>
   <x:si>
     <x:t>222-068-2</x:t>
   </x:si>
   <x:si>
     <x:t>nikkelcarbonaat</x:t>
   </x:si>
   <x:si>
     <x:t>nickel carbonate</x:t>
   </x:si>
   <x:si>
     <x:t>958638-02-3</x:t>
   </x:si>
   <x:si>
     <x:t>110-971-3</x:t>
   </x:si>
   <x:si>
     <x:t>nikkelcarbonaathydroxide, hydraat</x:t>
   </x:si>
   <x:si>
-    <x:t>Nickel carbonate hydroxide,hydrate</x:t>
+    <x:t>nickel carbonate hydroxide,hydrate</x:t>
   </x:si>
   <x:si>
     <x:t>14721-18-7</x:t>
   </x:si>
   <x:si>
     <x:t>238-766-5</x:t>
   </x:si>
   <x:si>
     <x:t>nikkelchromaat</x:t>
   </x:si>
   <x:si>
     <x:t>nickel chromate</x:t>
   </x:si>
   <x:si>
     <x:t>373-02-4</x:t>
   </x:si>
   <x:si>
     <x:t>206-761-7</x:t>
   </x:si>
   <x:si>
     <x:t>nikkeldiacetaat</x:t>
   </x:si>
   <x:si>
     <x:t>nickel di(acetate)</x:t>
   </x:si>
@@ -3071,63 +3071,63 @@
   <x:si>
     <x:t>nitric acid, nickel salt</x:t>
   </x:si>
   <x:si>
     <x:t>68401-87-6</x:t>
   </x:si>
   <x:si>
     <x:t>672-592-4</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(1,3-dithiol-2-thion-4,5-dithiolato)nikkel(III) complex</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(1,3-dithiole-2-thione-4,5-dithiolato)nickel(III) complex</x:t>
   </x:si>
   <x:si>
     <x:t>87314-12-3</x:t>
   </x:si>
   <x:si>
     <x:t>811-124-7</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(3,4,6-trichloor-1,2-benzeendithiolato)nikkelaat</x:t>
   </x:si>
   <x:si>
-    <x:t>tetrabutylammonium Bis(3,4,6-trichloro-1,2-benzenedithiolato)nickelate</x:t>
+    <x:t>tetrabutylammonium bis(3,4,6-trichloro-1,2-benzenedithiolato)nickelate</x:t>
   </x:si>
   <x:si>
     <x:t>87314-14-5</x:t>
   </x:si>
   <x:si>
     <x:t>808-216-4</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(3,6-dichloor-1,2-benzeendithiolato)nikkelaat</x:t>
   </x:si>
   <x:si>
-    <x:t>tetrabutylammonium Bis(3,6-dichloro-1,2-benzenedithiolato)nickelate</x:t>
+    <x:t>tetrabutylammonium bis(3,6-dichloro-1,2-benzenedithiolato)nickelate</x:t>
   </x:si>
   <x:si>
     <x:t>15492-42-9</x:t>
   </x:si>
   <x:si>
     <x:t>630-872-3</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(4-methyl-1,2-benzeendithiolato)nikkelaat</x:t>
   </x:si>
   <x:si>
     <x:t>55401-12-2</x:t>
   </x:si>
   <x:si>
     <x:t>678-624-3</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(maleonitrieldithiolato)nikkel(III) complex</x:t>
   </x:si>
   <x:si>
     <x:t>tetrabutylammonium bis(maleonitriledithiolato)nickel(III) complex</x:t>
   </x:si>
   <x:si>
     <x:t>105029-70-7</x:t>
   </x:si>
@@ -3203,51 +3203,51 @@
   <x:si>
     <x:t>822-331-7</x:t>
   </x:si>
   <x:si>
     <x:t>trinikkelfosfide</x:t>
   </x:si>
   <x:si>
     <x:t>trinickel phosphide</x:t>
   </x:si>
   <x:si>
     <x:t>12137-12-1</x:t>
   </x:si>
   <x:si>
     <x:t>trinikkeltetrasulfide</x:t>
   </x:si>
   <x:si>
     <x:t>trinickel tetrasulfide</x:t>
   </x:si>
   <x:si>
     <x:t>111-911-9</x:t>
   </x:si>
   <x:si>
     <x:t>tris(bipyridyl)nikkel dibromide</x:t>
   </x:si>
   <x:si>
-    <x:t>Trisbipyridylnickel dibromide</x:t>
+    <x:t>trisbipyridylnickel dibromide</x:t>
   </x:si>
   <x:si>
     <x:t>12519-85-6</x:t>
   </x:si>
   <x:si>
     <x:t>235-688-3</x:t>
   </x:si>
   <x:si>
     <x:t>triwaterstofhydroxybis[orthosilicato(4-)]trinikkelaat(3-)</x:t>
   </x:si>
   <x:si>
     <x:t>trihydrogen hydroxybis[orthosilicato(4-)]trinickelate(3-)</x:t>
   </x:si>
   <x:si>
     <x:t>937-850-5</x:t>
   </x:si>
   <x:si>
     <x:t>verbrandingsproducten van nikkeloxide en kiezelzuur</x:t>
   </x:si>
   <x:si>
     <x:t>combustion products of nickel oxid and silicic acid</x:t>
   </x:si>
   <x:si>
     <x:t>91697-41-5</x:t>
   </x:si>