--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4607bbf759f4297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9dd22bc529b947e18baa4a3d787fea6a.psmdcp" Id="R9ddbfff7bcda451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5688cb9a80a24dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/765982812ee742588f8fcbcba0dad245.psmdcp" Id="Rd689920494b04622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -239,54 +239,54 @@
   <x:si>
     <x:t>tremoliet</x:t>
   </x:si>
   <x:si>
     <x:t>tremolite</x:t>
   </x:si>
   <x:si>
     <x:t>14567-73-8</x:t>
   </x:si>
   <x:si>
     <x:t>604-486-0</x:t>
   </x:si>
   <x:si>
     <x:t>tremoliet (Ca2[(Mg0.9-1Fe0-0.1)4.5-5Al0-0.5](Si7.5-8Al0-0.5)(OH)2O22)</x:t>
   </x:si>
   <x:si>
     <x:t>tremolite (Ca2[(Mg0.9-1Fe0-0.1)4.5-5Al0-0.5](Si7.5-8Al0-0.5)(OH)2O22)</x:t>
   </x:si>
   <x:si>
     <x:t>19-8-2024</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deze stof staat op de ZZS-lijst omdat deze onder een ZZS-stof valt (zie behoort tot bij stofgegevens). </x:t>
   </x:si>
   <x:si>
-    <x:t>vuurvaste keramische vezels, vezels voor speciale toepassingen, met uitzondering van minerale wol zoals gedefinieerd in bijlage VI van de EU-CLP/GHS [synthetische (silicaat)glasvezels met een willekeurige oriëntatie en een gehalte aan alkali- en aardalkalioxiden (Na2O plus K2O plus CaO plus MgO plus BaO) van ten hoogste 18 gewichtsprocent]</x:t>
-[...2 lines deleted...]
-    <x:t>Refractory Ceramic Fibres, Special Purpose Fibres, with the exception of mineral wool as defined in Annex VI  of the EU-CLP/GHS [Man-made vitreous (silicate) fibres with random orientation with alkaline oxide and alkali earth oxide (Na2O+K2O+CaO+ MgO+BaO) content less or equal to 18 % by weight]</x:t>
+    <x:t>vuurvaste keramische vezels, vezels voor speciale toepassingen, met uitzondering van minerale wol zoals gedefinieerd in bijlage VI van de EU-CLP/GHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>refractory ceramic fibres, special purpose fibres, with the exception of mineral wool as defined in Annex VI  of the EU-CLP/GHS</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Indeling als kankerverwekkend is volgens CLP niet noodzakelijk voor vezels waarvan de naar de lengte gewogen meetkundig gemiddelde diameter, minus tweemaal de meetkundige standaardfout, groter is dan 6 μm. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
   </x:si>
   <x:si>
     <x:t>936-037-2</x:t>
   </x:si>
   <x:si>
     <x:t>zirkonium aluminiumsilicaat vuurvaste keramische vezels</x:t>
   </x:si>
   <x:si>
     <x:t>zirconia aluminosilicate refractory ceramic fibres</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>