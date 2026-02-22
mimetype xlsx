--- v1 (2025-12-26)
+++ v2 (2026-02-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5688cb9a80a24dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/765982812ee742588f8fcbcba0dad245.psmdcp" Id="Rd689920494b04622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9a02a42051430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e325700031e7451bb069ff05f6abd440.psmdcp" Id="R07eae59137e948f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>