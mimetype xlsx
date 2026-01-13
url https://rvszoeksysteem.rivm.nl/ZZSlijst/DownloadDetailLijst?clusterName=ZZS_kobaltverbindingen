--- v0 (2025-11-12)
+++ v1 (2026-01-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8713b201080749a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/874230bfc5204928bf9c519a72587d55.psmdcp" Id="R848bd8f08ae5476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e67e95145df45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0f178dd8c7a4088a24f6af70786e8be.psmdcp" Id="Re7d320e9efa6485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>