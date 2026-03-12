--- v1 (2026-01-13)
+++ v2 (2026-03-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e67e95145df45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0f178dd8c7a4088a24f6af70786e8be.psmdcp" Id="Re7d320e9efa6485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re650a46b7f864fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/653cecc9815d4875817f998c51e46320.psmdcp" Id="R794165766df74334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -246,50 +246,68 @@
     <x:t>20579-56-0</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltdichloride pentahydraat</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt dichloride pentahydrate</x:t>
   </x:si>
   <x:si>
     <x:t>16890-89-4</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltdichloride tetrahydraat</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt dichloride tetrahydrate</x:t>
   </x:si>
   <x:si>
     <x:t>65374-82-5</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltdichloride trihydraat</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt dichloride trihydrate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21041-93-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-166-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kobaltdihydroxide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cobalt dihydroxide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-3-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kobaltdihydroxide is een zout. Bij het oplossen in water maar juist ook in lichaamsvloeistoffen zoals longslijm en maagsap komt het kobaltion (Co2+) vrij. De geharmoniseerde classificatie van kobalt als Carc. 1B en Repr. 1B is deels gebaseerd op studies met kobaltzouten waarvan vrije kobaltion de veroorzaker is van de waargenomen toxiciteit. Op basis hiervan wordt kobaltdihydroxide als ZZS aangemerkt.</x:t>
   </x:si>
   <x:si>
     <x:t>68016-03-5</x:t>
   </x:si>
   <x:si>
     <x:t>268-169-5</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltdimolybdeennikkeloctaoxide</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt dimolybdenum nickel octaoxide</x:t>
   </x:si>
   <x:si>
     <x:t>131344-56-4</x:t>
   </x:si>
   <x:si>
     <x:t>442-750-5</x:t>
   </x:si>
   <x:si>
     <x:t>kobaltlithiumnikkeloxide</x:t>
   </x:si>
   <x:si>
     <x:t>cobalt lithium nickel oxide</x:t>
   </x:si>
@@ -469,52 +487,52 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P27" totalsRowShown="0">
-  <x:autoFilter ref="A1:P27"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P28" totalsRowShown="0">
+  <x:autoFilter ref="A1:P28"/>
   <x:tableColumns count="16">
     <x:tableColumn id="1" name="CAS-nummer" dataDxfId="0"/>
     <x:tableColumn id="2" name="EG-nummer" dataDxfId="0"/>
     <x:tableColumn id="3" name="Nederlandse stofnaam"/>
     <x:tableColumn id="4" name="Engelse stofnaam"/>
     <x:tableColumn id="5" name="ZZS volgens EU gevaarsindeling"/>
     <x:tableColumn id="6" name="ZZS volgens REACH SVHC"/>
     <x:tableColumn id="7" name="ZZS volgens REACH Restricties"/>
     <x:tableColumn id="8" name="ZZS volgens KRW"/>
     <x:tableColumn id="9" name="ZZS volgens OSPAR"/>
     <x:tableColumn id="10" name="ZZS volgens EU-POP Verordening"/>
     <x:tableColumn id="11" name="Stofklasse voor luchtemissies"/>
     <x:tableColumn id="12" name="Emissiegrenswaarde"/>
     <x:tableColumn id="13" name="Datum toevoeging"/>
     <x:tableColumn id="14" name="Voetnoot1"/>
     <x:tableColumn id="15" name="Voetnoot2"/>
     <x:tableColumn id="16" name="Voetnoot3"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -784,51 +802,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:P27"/>
+  <x:dimension ref="A1:P28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="35.710625" defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="16" width="35.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:16">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -1557,633 +1575,683 @@
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:16">
       <x:c r="A16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P16" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:16">
       <x:c r="A17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:16">
       <x:c r="A18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K18" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L18" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M18" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P18" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:16">
       <x:c r="A19" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:16">
       <x:c r="A20" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L20" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M20" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O20" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P20" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:16">
       <x:c r="A21" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:16">
       <x:c r="A22" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P22" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:16">
       <x:c r="A23" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:16">
       <x:c r="A24" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M24" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="O24" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P24" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:16">
       <x:c r="A25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:16">
       <x:c r="A26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L26" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M26" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="O26" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P26" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:16">
       <x:c r="A27" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:16">
+      <x:c r="A28" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K28" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L28" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M28" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N28" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="O28" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="P28" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>