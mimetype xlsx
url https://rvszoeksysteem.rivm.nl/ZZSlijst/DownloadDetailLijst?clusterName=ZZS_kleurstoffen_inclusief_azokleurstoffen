--- v0 (2026-01-12)
+++ v1 (2026-03-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f91730c84374adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7be8e09434ee41109615bd2a240f3b16.psmdcp" Id="R7828fa8a41694331" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b801e2249c4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0a6e45352c245fdad7baddf0be1e1ce.psmdcp" Id="R0a7f6d64c4044366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -567,50 +567,53 @@
     <x:t>215-693-7</x:t>
   </x:si>
   <x:si>
     <x:t>loodsulfochromaat</x:t>
   </x:si>
   <x:si>
     <x:t>lead sulfochromate</x:t>
   </x:si>
   <x:si>
     <x:t>90-94-8</x:t>
   </x:si>
   <x:si>
     <x:t>202-027-5</x:t>
   </x:si>
   <x:si>
     <x:t>Michler's keton</x:t>
   </x:si>
   <x:si>
     <x:t>Michler's ketone</x:t>
   </x:si>
   <x:si>
     <x:t>603-48-5</x:t>
   </x:si>
   <x:si>
     <x:t>210-043-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>n,n,n',n',n'',n''-hexamethyl-4,4',4''-methylidynetrianiline</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">N,N,N',N',N'',N''-hexamethyl-4,4',4''-methylidynetrianiline </x:t>
   </x:si>
   <x:si>
     <x:t>101-61-1</x:t>
   </x:si>
   <x:si>
     <x:t>202-959-2</x:t>
   </x:si>
   <x:si>
     <x:t>N,N,N',N'-tetramethyl-4,4'-methyleendianiline</x:t>
   </x:si>
   <x:si>
     <x:t>N,N,N',N'-tetramethyl-4,4'-methylenedianiline</x:t>
   </x:si>
   <x:si>
     <x:t>68610-24-2</x:t>
   </x:si>
   <x:si>
     <x:t>271-853-6</x:t>
   </x:si>
   <x:si>
     <x:t>nikkelbariumtitanium lichtgeel prideriet</x:t>
   </x:si>
@@ -3094,301 +3097,301 @@
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:16">
       <x:c r="A42" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:16">
       <x:c r="A43" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:16">
       <x:c r="A44" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:16">
       <x:c r="A45" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:16">
       <x:c r="A46" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P46" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:16">
       <x:c r="A47" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>