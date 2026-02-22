--- v0 (2025-10-21)
+++ v1 (2026-02-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19a539ad4e74115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/576514bf136e44e1bcda32247dcbf817.psmdcp" Id="R2f1990aeb1e24fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7679683faa449d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1058588f8cbf40fa9152520eeb5c5490.psmdcp" Id="R2fdc3feaa000485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -284,51 +284,51 @@
   <x:si>
     <x:t>118-74-1</x:t>
   </x:si>
   <x:si>
     <x:t>204-273-9</x:t>
   </x:si>
   <x:si>
     <x:t>hexachloorbenzeen</x:t>
   </x:si>
   <x:si>
     <x:t>hexachlorobenzene</x:t>
   </x:si>
   <x:si>
     <x:t>Het EG nummer 200-273-9 voor hexachloorbenzeen wordt gebruikt in de EU POP- en CLP/GHS verordeningen. Dit nummer is niet correct en zou 204-273-9 moeten zijn</x:t>
   </x:si>
   <x:si>
     <x:t>7778-73-6</x:t>
   </x:si>
   <x:si>
     <x:t>231-911-3</x:t>
   </x:si>
   <x:si>
     <x:t>kaliumpentachloorfenolaat</x:t>
   </x:si>
   <x:si>
-    <x:t>Potassium pentachlorophenolate</x:t>
+    <x:t>potassium pentachlorophenolate</x:t>
   </x:si>
   <x:si>
     <x:t>5216-25-1</x:t>
   </x:si>
   <x:si>
     <x:t>226-009-1</x:t>
   </x:si>
   <x:si>
     <x:t>p-chloorbenzotrichloride</x:t>
   </x:si>
   <x:si>
     <x:t>p-chlorobenzotrichloride</x:t>
   </x:si>
   <x:si>
     <x:t>1825-21-4</x:t>
   </x:si>
   <x:si>
     <x:t>pentachlooranisol</x:t>
   </x:si>
   <x:si>
     <x:t>pentachloro-anisole</x:t>
   </x:si>
   <x:si>
     <x:t>608-93-5</x:t>
   </x:si>