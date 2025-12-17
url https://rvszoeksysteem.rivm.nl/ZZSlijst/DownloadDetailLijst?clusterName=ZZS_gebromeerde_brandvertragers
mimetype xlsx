--- v0 (2025-10-09)
+++ v1 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4662771aff8c45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f967ea3323804ce0aac37cd63e091563.psmdcp" Id="Rbca3abe8dcd641e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad7475171214745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e20bd066787a425da5aa91aa821bc55f.psmdcp" Id="R4d2490ebfbb54f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -59,50 +59,53 @@
   <x:si>
     <x:t>ZZS volgens OSPAR</x:t>
   </x:si>
   <x:si>
     <x:t>ZZS volgens EU-POP Verordening</x:t>
   </x:si>
   <x:si>
     <x:t>Stofklasse voor luchtemissies</x:t>
   </x:si>
   <x:si>
     <x:t>Emissiegrenswaarde</x:t>
   </x:si>
   <x:si>
     <x:t>Datum toevoeging</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot1</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot2</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot3</x:t>
   </x:si>
   <x:si>
+    <x:t>Voetnoot4</x:t>
+  </x:si>
+  <x:si>
     <x:t>59447-55-1</x:t>
   </x:si>
   <x:si>
     <x:t>261-767-7</x:t>
   </x:si>
   <x:si>
     <x:t>(pentabroomfenyl)methylacrylaat</x:t>
   </x:si>
   <x:si>
     <x:t>(pentabromophenyl)methyl acrylate</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Ja</x:t>
   </x:si>
   <x:si>
     <x:t>MVP 1</x:t>
   </x:si>
   <x:si>
     <x:t>0,05 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>2-12-2013</x:t>
@@ -293,50 +296,65 @@
   <x:si>
     <x:t>68631-49-2</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',4,4',5,5'-hexabroomdifenylether</x:t>
   </x:si>
   <x:si>
     <x:t>hexabromodiphenyl ether</x:t>
   </x:si>
   <x:si>
     <x:t>207122-15-4</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',4,4',5,6'-hexabroomdifenylether</x:t>
   </x:si>
   <x:si>
     <x:t>60348-60-9</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',4,4',5-pentabroomdifenylether</x:t>
   </x:si>
   <x:si>
     <x:t>pentabromodiphenyl ether</x:t>
   </x:si>
   <x:si>
+    <x:t>189084-64-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690-350-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,2',4,4',6-pentabroomdifenylether</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,2',4,4',6-pentabromodiphenyl ether</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30-10-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>5436-43-1</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',4,4'-tetrabroomdifenylether</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',4,4'-tetrabromodiphenyl ether</x:t>
   </x:si>
   <x:si>
     <x:t>79-94-7</x:t>
   </x:si>
   <x:si>
     <x:t>201-236-9</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',6,6'-tetrabroom-4,4'-isopropylideendifenol</x:t>
   </x:si>
   <x:si>
     <x:t>2,2',6,6'-tetrabromo-4,4'-isopropylidenediphenol</x:t>
   </x:si>
   <x:si>
     <x:t>3296-90-0</x:t>
   </x:si>
   <x:si>
     <x:t>221-967-7</x:t>
@@ -356,50 +374,62 @@
   <x:si>
     <x:t>253-057-0</x:t>
   </x:si>
   <x:si>
     <x:t>2,2-dimethyl-1-propanol, tribroomderivaat</x:t>
   </x:si>
   <x:si>
     <x:t>2,2-dimethylpropan-1-ol, tribromo derivative</x:t>
   </x:si>
   <x:si>
     <x:t>13-7-2021</x:t>
   </x:si>
   <x:si>
     <x:t>96-13-9</x:t>
   </x:si>
   <x:si>
     <x:t>202-480-9</x:t>
   </x:si>
   <x:si>
     <x:t>2,3-dibroompropaan-1-ol</x:t>
   </x:si>
   <x:si>
     <x:t>2,3-dibromopropan-1-ol</x:t>
   </x:si>
   <x:si>
+    <x:t>41318-75-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>868-402-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,4,4'-tribroomdifenylether</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,4,4'-tribromodiphenyl ether</x:t>
+  </x:si>
+  <x:si>
     <x:t>4067-80-5</x:t>
   </x:si>
   <x:si>
     <x:t>694-727-6</x:t>
   </x:si>
   <x:si>
     <x:t>2-broom(2-~2~H)propaan</x:t>
   </x:si>
   <x:si>
     <x:t>2-bromo(2-~2~H)propane</x:t>
   </x:si>
   <x:si>
     <x:t>52809-76-4</x:t>
   </x:si>
   <x:si>
     <x:t>694-196-0</x:t>
   </x:si>
   <x:si>
     <x:t>2-broompropaan-1,1,1,3,3,3-d6</x:t>
   </x:si>
   <x:si>
     <x:t>2-bromopropane-1,1,1,3,3,3-d6</x:t>
   </x:si>
   <x:si>
     <x:t>39091-63-9</x:t>
@@ -507,50 +537,53 @@
     <x:t>decabromodiphenyl ethane</x:t>
   </x:si>
   <x:si>
     <x:t>134237-52-8</x:t>
   </x:si>
   <x:si>
     <x:t>gamma-hexabroomcyclododecaan</x:t>
   </x:si>
   <x:si>
     <x:t>gamma-hexabromocyclododecane</x:t>
   </x:si>
   <x:si>
     <x:t>gebromeerde brandvertragers</x:t>
   </x:si>
   <x:si>
     <x:t>brominated flame retardants</x:t>
   </x:si>
   <x:si>
     <x:t>gebromeerde difenylethers</x:t>
   </x:si>
   <x:si>
     <x:t>brominated diphenyl ethers</x:t>
   </x:si>
   <x:si>
     <x:t>Alleen tetra-, penta-, hexa- en heptabroomdifenylether (respectievelijk CAS-nummers 40088-47-9, 32534-81-9, 36483-60-0, 68928-80-3).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geldt alleen voor tetra-, penta-, hexa-, hepta- en decabroomdifenylethers</x:t>
   </x:si>
   <x:si>
     <x:t>68928-80-3</x:t>
   </x:si>
   <x:si>
     <x:t>273-031-2</x:t>
   </x:si>
   <x:si>
     <x:t>heptabroomdifenylether</x:t>
   </x:si>
   <x:si>
     <x:t>12-8-2014</x:t>
   </x:si>
   <x:si>
     <x:t>446255-22-7</x:t>
   </x:si>
   <x:si>
     <x:t>36355-01-8</x:t>
   </x:si>
   <x:si>
     <x:t>252-994-2</x:t>
   </x:si>
   <x:si>
     <x:t>hexabroombifenyl</x:t>
   </x:si>
@@ -730,69 +763,70 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:P48" totalsRowShown="0">
-[...1 lines deleted...]
-  <x:tableColumns count="16">
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:Q50" totalsRowShown="0">
+  <x:autoFilter ref="A1:Q50"/>
+  <x:tableColumns count="17">
     <x:tableColumn id="1" name="CAS-nummer" dataDxfId="0"/>
     <x:tableColumn id="2" name="EG-nummer" dataDxfId="0"/>
     <x:tableColumn id="3" name="Nederlandse stofnaam"/>
     <x:tableColumn id="4" name="Engelse stofnaam"/>
     <x:tableColumn id="5" name="ZZS volgens EU gevaarsindeling"/>
     <x:tableColumn id="6" name="ZZS volgens REACH SVHC"/>
     <x:tableColumn id="7" name="ZZS volgens REACH Restricties"/>
     <x:tableColumn id="8" name="ZZS volgens KRW"/>
     <x:tableColumn id="9" name="ZZS volgens OSPAR"/>
     <x:tableColumn id="10" name="ZZS volgens EU-POP Verordening"/>
     <x:tableColumn id="11" name="Stofklasse voor luchtemissies"/>
     <x:tableColumn id="12" name="Emissiegrenswaarde"/>
     <x:tableColumn id="13" name="Datum toevoeging"/>
     <x:tableColumn id="14" name="Voetnoot1"/>
     <x:tableColumn id="15" name="Voetnoot2"/>
     <x:tableColumn id="16" name="Voetnoot3"/>
+    <x:tableColumn id="17" name="Voetnoot4"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1045,2457 +1079,2707 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:P48"/>
+  <x:dimension ref="A1:Q50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="35.710625" defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="16" width="35.710625" style="0" customWidth="1"/>
+    <x:col min="1" max="17" width="35.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:16">
+    <x:row r="1" spans="1:17">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L1" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M1" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N1" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O1" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="P1" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
-    </x:row>
-    <x:row r="2" spans="1:16">
+      <x:c r="Q1" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:17">
       <x:c r="A2" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="J2" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K2" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L2" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M2" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N2" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O2" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P2" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q2" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:17">
+      <x:c r="A3" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B3" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M2" s="0" t="s">
+      <x:c r="L3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="N2" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="P2" s="0" t="s">
+      <x:c r="M3" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N3" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="O3" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="P3" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q3" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:17">
+      <x:c r="A4" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K4" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L4" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M4" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="N4" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="O4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q4" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:17">
+      <x:c r="A5" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G5" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I5" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K5" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L5" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-[...34 lines deleted...]
-      <x:c r="L3" s="0" t="s">
+      <x:c r="N5" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O5" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P5" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q5" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:17">
+      <x:c r="A6" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K6" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L6" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M6" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N6" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O6" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q6" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:17">
+      <x:c r="A7" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K7" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L7" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M7" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N7" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P7" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q7" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:17">
+      <x:c r="A8" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K8" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L8" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M8" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N8" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P8" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q8" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:17">
+      <x:c r="A9" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K9" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L9" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M9" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N9" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q9" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:17">
+      <x:c r="A10" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K10" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L10" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M10" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N10" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O10" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q10" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:17">
+      <x:c r="A11" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M3" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N3" s="0" t="s">
+      <x:c r="L11" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P11" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q11" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:17">
+      <x:c r="A12" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K12" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L12" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M12" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P12" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q12" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:17">
+      <x:c r="A13" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K13" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L13" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N13" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q13" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:17">
+      <x:c r="A14" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L14" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M14" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N14" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O14" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P14" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q14" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:17">
+      <x:c r="A15" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L15" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M15" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:17">
+      <x:c r="A16" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L16" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M16" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:17">
+      <x:c r="A17" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M17" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N17" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q17" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:17">
+      <x:c r="A18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K18" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L18" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M18" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="N18" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q18" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:17">
+      <x:c r="A19" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I19" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N19" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q19" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:17">
+      <x:c r="A20" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K20" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L20" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M20" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q20" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:17">
+      <x:c r="A21" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="N21" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q21" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:17">
+      <x:c r="A22" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K22" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L22" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M22" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="N22" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="O22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P22" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q22" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:17">
+      <x:c r="A23" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K23" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L23" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M23" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P23" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q23" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:17">
+      <x:c r="A24" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I24" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K24" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L24" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M24" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="N24" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P24" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q24" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:17">
+      <x:c r="A25" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L25" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N25" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O25" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q25" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:17">
+      <x:c r="A26" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K26" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L26" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M26" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N26" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O26" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P26" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q26" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:17">
+      <x:c r="A27" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K27" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="L27" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="M27" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N27" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O27" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q27" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:17">
+      <x:c r="A28" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E28" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K28" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L28" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M28" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="N28" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="O28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P28" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q28" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:17">
+      <x:c r="A29" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K29" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L29" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1295 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q29" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:17">
+      <x:c r="A30" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C30" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E30" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F30" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G30" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H30" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I30" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J30" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K30" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L30" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M30" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-[...34 lines deleted...]
-      <x:c r="L30" s="0" t="s">
+      <x:c r="N30" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O30" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P30" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q30" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:17">
+      <x:c r="A31" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I31" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M30" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="N30" s="0" t="s">
+      <x:c r="L31" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M31" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N31" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O31" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q31" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:17">
+      <x:c r="A32" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F32" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I32" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K32" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L32" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M32" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N32" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="O32" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P32" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q32" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:17">
+      <x:c r="A33" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I33" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L33" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M33" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N33" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q33" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:17">
+      <x:c r="A34" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K34" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L34" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M34" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N34" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="O30" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="P30" s="0" t="s">
+      <x:c r="O34" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="P34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q34" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:17">
+      <x:c r="A35" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C35" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L35" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M35" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N35" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="O35" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q35" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:17">
+      <x:c r="A36" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E36" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F36" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="G36" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H36" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I36" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J36" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K36" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L36" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M36" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-[...34 lines deleted...]
-      <x:c r="L31" s="0" t="s">
+      <x:c r="N36" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O36" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P36" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q36" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:17">
+      <x:c r="A37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I37" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M31" s="0" t="s">
+      <x:c r="L37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="N31" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="P31" s="0" t="s">
+      <x:c r="M37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-[...34 lines deleted...]
-      <x:c r="L32" s="0" t="s">
+      <x:c r="N37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q37" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:17">
+      <x:c r="A38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G38" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H38" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I38" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J38" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K38" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L38" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M38" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N38" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="O38" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="P38" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="Q38" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:17">
+      <x:c r="A39" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I39" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K39" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L39" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M39" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="N39" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O39" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q39" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:17">
+      <x:c r="A40" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F40" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G40" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I40" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J40" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K40" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L40" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M40" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N40" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O40" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P40" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q40" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:17">
+      <x:c r="A41" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I41" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J41" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K41" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L41" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M41" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P41" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q41" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:17">
+      <x:c r="A42" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F42" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G42" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H42" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I42" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J42" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K42" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L42" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M42" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="N42" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O42" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P42" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q42" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:17">
+      <x:c r="A43" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E43" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F43" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G43" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I43" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J43" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K43" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L43" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M43" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N43" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O43" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P43" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q43" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:17">
+      <x:c r="A44" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E44" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F44" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G44" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H44" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I44" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J44" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K44" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L44" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M44" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N44" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O44" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P44" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q44" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:17">
+      <x:c r="A45" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I45" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M32" s="0" t="s">
+      <x:c r="L45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="N32" s="0" t="s">
+      <x:c r="M45" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="O45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q45" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:17">
+      <x:c r="A46" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K46" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L46" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M46" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="N46" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="O46" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="P46" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q46" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:17">
+      <x:c r="A47" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="O32" s="0" t="s">
+      <x:c r="N47" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="P32" s="0" t="s">
-[...37 lines deleted...]
-      <x:c r="L33" s="0" t="s">
+      <x:c r="O47" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="P47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q47" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:17">
+      <x:c r="A48" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G48" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="I48" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K48" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L48" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="M48" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="N48" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="O48" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P48" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q48" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:17">
+      <x:c r="A49" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="M49" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="N49" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="O49" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="P49" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q49" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:17">
+      <x:c r="A50" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C50" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K50" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="M33" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="O33" s="0" t="s">
+      <x:c r="L50" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="M50" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="N50" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="P33" s="0" t="s">
-[...750 lines deleted...]
-        <x:v>25</x:v>
+      <x:c r="O50" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="P50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="Q50" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">