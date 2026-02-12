--- v1 (2025-12-17)
+++ v2 (2026-02-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raad7475171214745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e20bd066787a425da5aa91aa821bc55f.psmdcp" Id="R4d2490ebfbb54f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6703071f532444a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87b8d20d2d247879bbee3e516e4ed62.psmdcp" Id="Rcb587165a43b4714" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>