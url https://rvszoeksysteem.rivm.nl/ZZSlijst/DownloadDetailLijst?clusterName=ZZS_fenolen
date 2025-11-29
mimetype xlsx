--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3160822035c94421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e2765323a3f145f8b7fba946cffacc32.psmdcp" Id="R5a7797e8823344df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a25752da134acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69ad87fa997c4dd387f49a44480c02ac.psmdcp" Id="Re4c01411f7604cf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -623,54 +623,54 @@
   <x:si>
     <x:t>77-40-7</x:t>
   </x:si>
   <x:si>
     <x:t>201-025-1</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-(1-methylpropylideen)bisfenol</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-(1-methylpropylidene)bisphenol</x:t>
   </x:si>
   <x:si>
     <x:t>13-7-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk.</x:t>
   </x:si>
   <x:si>
     <x:t>1478-61-1</x:t>
   </x:si>
   <x:si>
     <x:t>216-036-7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen] difenol</x:t>
-[...2 lines deleted...]
-    <x:t>4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene] diphenol</x:t>
+    <x:t>4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]difenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol</x:t>
   </x:si>
   <x:si>
     <x:t>25-1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat op basis van OSPAR op de ZZS-lijst omdat deze onder de ZZS-stofgroep per- en polyfluoralkylstoffen (PFAS) valt.</x:t>
   </x:si>
   <x:si>
     <x:t>6807-17-6</x:t>
   </x:si>
   <x:si>
     <x:t>401-720-1</x:t>
   </x:si>
   <x:si>
     <x:t>4,4-isobutylethylideendifenol</x:t>
   </x:si>
   <x:si>
     <x:t>4,4-isobutylethylidenediphenol</x:t>
   </x:si>
   <x:si>
     <x:t>39635-79-5</x:t>
   </x:si>
   <x:si>
     <x:t>254-551-9</x:t>
   </x:si>
@@ -1139,51 +1139,51 @@
   <x:si>
     <x:t>19-1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>11066-49-2</x:t>
   </x:si>
   <x:si>
     <x:t>234-284-4</x:t>
   </x:si>
   <x:si>
     <x:t>isononylfenol</x:t>
   </x:si>
   <x:si>
     <x:t>isononylphenol</x:t>
   </x:si>
   <x:si>
     <x:t>7778-73-6</x:t>
   </x:si>
   <x:si>
     <x:t>231-911-3</x:t>
   </x:si>
   <x:si>
     <x:t>kaliumpentachloorfenolaat</x:t>
   </x:si>
   <x:si>
-    <x:t>Potassium pentachlorophenolate</x:t>
+    <x:t>potassium pentachlorophenolate</x:t>
   </x:si>
   <x:si>
     <x:t>23-8-2024</x:t>
   </x:si>
   <x:si>
     <x:t>947-368-7</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van 4,4'- [2,2,2-trifluor-1-(trifluormethyl) ethylideen]difenol en benzyltrifenylfosfonium, zout met 4,4'-[2,2,2-trifluor- 1-(trifluormethyl)ethylideen] difenol (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>reaction mass of 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol and benzyltriphenylphosphonium, salt with 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl) ethylidene]bis[phenol] (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>943-265-6</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van 4,4'-[2,2,2-trifluor-1-(trifluormethyl) ethylideen]difenol en benzyl (diëthylamino)difenylfosfonium 4-[1,1,1,3,3,3-hexafluor-2-(4-hydroxyfenyl)propaan-2-yl] fenolaat (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>reaction mass of 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol and benzyl(diethylamino)diphenylphosphonium 4-[1,1,1,3,3,3-hexafluoro-2-(4-hydroxyphenyl)propan-2-yl]phenolate (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>24280-93-1</x:t>
   </x:si>