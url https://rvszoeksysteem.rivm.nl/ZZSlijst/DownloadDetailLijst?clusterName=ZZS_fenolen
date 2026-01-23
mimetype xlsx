--- v1 (2025-11-29)
+++ v2 (2026-01-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a25752da134acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69ad87fa997c4dd387f49a44480c02ac.psmdcp" Id="Re4c01411f7604cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad2e091b2a54e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa62420511034a9895049122848f1051.psmdcp" Id="R827a19f4b23347de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>