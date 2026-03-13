--- v2 (2026-01-23)
+++ v3 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad2e091b2a54e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa62420511034a9895049122848f1051.psmdcp" Id="R827a19f4b23347de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ecfed670124b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ed1b87321fb4475be9ae865420be7ca.psmdcp" Id="R3810ea8a72e345a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -221,51 +221,51 @@
   <x:si>
     <x:t>2,4-di-tert-butyl-6-(5-chloorbenzotriazool-2-yl)fenol</x:t>
   </x:si>
   <x:si>
     <x:t>2,4-di-tert-butyl-6-(5-chlorobenzotriazol-2-yl)phenol</x:t>
   </x:si>
   <x:si>
     <x:t>20427-84-3</x:t>
   </x:si>
   <x:si>
     <x:t>243-816-4</x:t>
   </x:si>
   <x:si>
     <x:t>2-[2-(4-nonylfenoxy)ethoxy]ethanol</x:t>
   </x:si>
   <x:si>
     <x:t>2-[2-(4-nonylphenoxy)ethoxy]ethanol</x:t>
   </x:si>
   <x:si>
     <x:t>7311-27-5</x:t>
   </x:si>
   <x:si>
     <x:t>230-770-5</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">2-[2-[2-[2-(4-nonylfenoxy)ethoxy]ethoxy]ethoxy]ethanol </x:t>
+    <x:t>2-[2-[2-[2-(4-nonylfenoxy)ethoxy]ethoxy]ethoxy]ethanol</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">2-[2-[2-[2-(4-nonylphenoxy)ethoxy]ethoxy]ethoxy]ethanol </x:t>
   </x:si>
   <x:si>
     <x:t>2315-61-9</x:t>
   </x:si>
   <x:si>
     <x:t>621-341-7</x:t>
   </x:si>
   <x:si>
     <x:t>2-[2-[4-(1,1,3,3-tetramethylbutyl)fenoxy]ethoxy]ethanol</x:t>
   </x:si>
   <x:si>
     <x:t>2-[2-[4-(1,1,3,3-tetramethylbutyl)phenoxy]ethoxy]ethanol</x:t>
   </x:si>
   <x:si>
     <x:t>15-03-2019</x:t>
   </x:si>
   <x:si>
     <x:t>2315-67-5</x:t>
   </x:si>
   <x:si>
     <x:t>621-345-9</x:t>
   </x:si>
@@ -632,224 +632,230 @@
   <x:si>
     <x:t>4,4'-(1-methylpropylidene)bisphenol</x:t>
   </x:si>
   <x:si>
     <x:t>13-7-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk.</x:t>
   </x:si>
   <x:si>
     <x:t>1478-61-1</x:t>
   </x:si>
   <x:si>
     <x:t>216-036-7</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]difenol</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol</x:t>
   </x:si>
   <x:si>
     <x:t>25-1-2024</x:t>
   </x:si>
   <x:si>
+    <x:t>Deze vermelding geldt ook voor de zouten van deze stof</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Deze stof staat op basis van OSPAR op de ZZS-lijst omdat deze onder de ZZS-stofgroep per- en polyfluoralkylstoffen (PFAS) valt. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>6807-17-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>401-720-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4-isobutylethylideendifenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4-isobutylethylidenediphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39635-79-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>254-551-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4'-sulfonylbis[2,6-dibroomfenol]</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4'-sulphonylbis[2,6-dibromophenol]</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8-11-2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof staat (ook) op de ZZS-lijst omdat deze onder de ZZS-stofgroep gebromeerde brandvertragers valt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80-09-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201-250-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4'-sulfonyldifenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,4'-sulfonyldiphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8-7-2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1824346-00-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-[2-methyl-1-(1-methylethyl)propyl]-fenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-[2-methyl-1-(1-methylethyl)propyl]-phenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399-95-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402-230-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-amino-3-fluorfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-amino-3-fluorophenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6465-74-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-heptaan-3-ylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-heptan-3-ylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6465-71-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-heptaan-4-ylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-heptan-4-ylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1987-50-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>217-862-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-heptylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-heptylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84852-15-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284-325-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-nonylfenol, vertakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-nonylphenol, branched</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-8-2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98-54-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202-679-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-tert-butylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-tert-butylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16-7-2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288864-02-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-tert-heptylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-tert-heptylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17-1-2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156609-10-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-t-nonylfenol-diethoxylaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-t-nonylphenol-diethoxylate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799-972-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>alkyleringsproducten van fenol (voornamelijk in para-positie) met C12-rijke vertakte alkylketens van oligomerisatie, omvattend individuele isomeren en/of combinaties daarvan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenol, alkylation products (mainly in para position) with C12-rich branched alkyl chains from oligomerisation, covering any individual isomers and/ or combinations thereof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25-11-2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>577705-90-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>479-100-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>benzyl(diëthylamino) difenylfosfonium 4-[1,1,1,3,3,3-hexafluor-2-(4-hydroxyfenyl)propaan-2-yl] fenolaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>benzyl(diethylamino)diphenylphosphonium 4-[1,1,1,3,3,3-hexafluoro-2-(4-hydroxyphenyl)propan-2-yl]phenolate</x:t>
+  </x:si>
+  <x:si>
     <x:t>Deze stof staat op basis van OSPAR op de ZZS-lijst omdat deze onder de ZZS-stofgroep per- en polyfluoralkylstoffen (PFAS) valt.</x:t>
   </x:si>
   <x:si>
-    <x:t>6807-17-6</x:t>
-[...169 lines deleted...]
-  <x:si>
     <x:t>75768-65-9</x:t>
   </x:si>
   <x:si>
     <x:t>278-305-5</x:t>
   </x:si>
   <x:si>
     <x:t>benzyltrifenylfosfonium, zout met 4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]bis [fenol] (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>benzyltriphenylphosphonium, salt with 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]bis[phenol] (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>80-05-7</x:t>
   </x:si>
   <x:si>
     <x:t>201-245-8</x:t>
   </x:si>
   <x:si>
     <x:t>bisfenol A</x:t>
   </x:si>
   <x:si>
     <x:t>4,4'-isopropylidenediphenol</x:t>
   </x:si>
   <x:si>
     <x:t>MVP 2</x:t>
@@ -1001,456 +1007,459 @@
   <x:si>
     <x:t>72624-02-3</x:t>
   </x:si>
   <x:si>
     <x:t>276-743-1</x:t>
   </x:si>
   <x:si>
     <x:t>fenol, heptyl derivaten</x:t>
   </x:si>
   <x:si>
     <x:t>phenol, heptyl derivs.</x:t>
   </x:si>
   <x:si>
     <x:t>68512-30-1</x:t>
   </x:si>
   <x:si>
     <x:t>270-966-8</x:t>
   </x:si>
   <x:si>
     <x:t>fenol, methylstyrenaat</x:t>
   </x:si>
   <x:si>
     <x:t>phenol, methylstyrenated</x:t>
   </x:si>
   <x:si>
+    <x:t>685-154-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fenol,4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]bis-, ion(1-), tributyl 2-methoxypropyl fosfonium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenol,4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]bis-, ion(1-), tributyl 2-methoxypropyl phosphonium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28-11-2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze specifieke PFAS-verbinding staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77-09-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201-004-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fenolftaleïne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenolphthalein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93925-00-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-298-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formaldehyde, reactie producten met vertakt en lineair heptylfenol, koolstof disulfide en hydrazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formaldehyde, reaction products with branched and linear heptylphenol, carbon disulfide and hydrazine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd 4-(1,1,3,3-tetramethylbutyl)fenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-(1,1,3,3-tetramethylbutyl)phenol, ethoxylated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26027-38-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500-045-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd 4-nonylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ethoxylated 4-nonylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37205-87-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd isononylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ethoxylated isononylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799-990-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd lineair en vertakt 4-nonylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4-Nonylphenol, branched and linear, ethoxylated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939-993-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd nonylfenol (EO = 10)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenol, ethoxylated (EO = 10)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939-975-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd nonylfenol (EO = 4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenol, ethoxylated (EO = 4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>938-618-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geëthoxyleerd nonylfenol (polymeer)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenol, ethoxylated (polymer)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4247-02-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224-208-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>isobutyl 4-hydroxybenzoaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>isobutyl 4-hydroxybenzoate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19-1-2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11066-49-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>234-284-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>isononylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>isononylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7778-73-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231-911-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kaliumpentachloorfenolaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>potassium pentachlorophenolate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23-8-2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>947-368-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van 4,4'- [2,2,2-trifluor-1-(trifluormethyl) ethylideen]difenol en benzyltrifenylfosfonium, zout met 4,4'-[2,2,2-trifluor- 1-(trifluormethyl)ethylideen] difenol (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol and benzyltriphenylphosphonium, salt with 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl) ethylidene]bis[phenol] (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943-265-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van 4,4'-[2,2,2-trifluor-1-(trifluormethyl) ethylideen]difenol en benzyl (diëthylamino)difenylfosfonium 4-[1,1,1,3,3,3-hexafluor-2-(4-hydroxyfenyl)propaan-2-yl] fenolaat (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol and benzyl(diethylamino)diphenylphosphonium 4-[1,1,1,3,3,3-hexafluoro-2-(4-hydroxyphenyl)propan-2-yl]phenolate (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24280-93-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>246-119-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mycofenolinezuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mycophenolic acid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-1-2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof is als ZZS geïdentificeerd omdat bij de toelating als geneesmiddel is vastgesteld dat deze schadelijk is voor de voortplanting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131-52-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205-025-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>natriumpentachloorfenolaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium pentachlorophenate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25154-52-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>246-672-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenol en nonylfenolethoxylaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenol and nonylphenolethoxylates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68412-54-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500-209-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenol, vertakt, geëthoxyleerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenol, branched, ethoxylated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12-11-2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenols</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolethoxylaat met &gt;8 ethoxymonomeren (NPEO&gt;8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenolethoxylate with &gt;8 ethoxymonomers (NPEO&gt;8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13-1-2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolethoxylaat met 1-2 ethoxymonomeren (NPEO1+2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenolethoxylate with 1-2 ethoxymonomers (NPEO1+2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolethoxylaat met 1-2 ethoxymonomeren gecarboxyleerd (NPE1+2C)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenolethoxylate with 1-2 ethoxymonomers carboxylated (NPEO1+2C)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolethoxylaat met 3-8 ethoxymonomeren (NPEO3-8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenolethoxylate with 3-8 ethoxymonomers (NPEO3-8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9016-45-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500-024-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolethoxylaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenolethoxylates and related substances</x:t>
+  </x:si>
+  <x:si>
+    <x:t>932-998-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylfenolpolyglycolether</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nonylphenolpolyglycolether</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700-960-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oligomerisatie- en alkyleringsreactieproducten van 2-fenylpropeen en fenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oligomerisation and alkylation reaction products of 2-phenylpropene and phenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30784-30-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250-339-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-(1,1-dimethylheptyl)fenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">p-(1,1-dimethylheptyl)phenol </x:t>
+  </x:si>
+  <x:si>
+    <x:t>80-46-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201-280-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-(1,1-dimethylpropyl)fenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-(1,1-dimethylpropyl)phenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17404-66-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241-427-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-(1-methyloctyl)fenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">p-(1-methyloctyl)phenol </x:t>
+  </x:si>
+  <x:si>
+    <x:t>140-66-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>205-426-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>para-tert-octylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>octylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87-86-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201-778-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pentachloorfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pentachlorophenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze vermelding geldt ook voor zouten en esters van deze verbinding omdat deze in bijlage I van de POP verordening bij deze stof staan vermeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26543-97-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247-770-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-isononylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-isononylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104-40-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203-199-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-nonylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>p-nonylphenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reactieproducten van 1,3,4-thiadiazolidin-2,5-dithion, formaldehyde en vertakt en lineair 4-heptylfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction products of 1,3,4-thiadiazolidine-2,5-dithione, formaldehyde and 4-heptylphenol, branched and linear</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-1-2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elk reactieproduct, inclusief een eventueel oplosmiddel, dat aan deze beschijving voldoet en dat meer dan ≥0,1 % w/w vertakt of lineair 4-heptylfenol bevat valt onder deze vermelding.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21850-44-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244-617-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetrabroombisfenol A bis(2,3-dibroompropyl ether)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetrabromobisphenol A bis(2,3-dibromopropyl ether)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57427-55-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetrapropyleenfenol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenol, tetrapropylene-</x:t>
+  </x:si>
+  <x:si>
     <x:t>126049-00-1</x:t>
-  </x:si>
-[...403 lines deleted...]
-    <x:t>Phenol, tetrapropylene-</x:t>
   </x:si>
   <x:si>
     <x:t>468-740-0</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl-2-methoxypropylfosfonium zout met 4,4'-[2,2,2-trifluor-1-(trifluormethyl)ethylideen]bis[fenol]</x:t>
   </x:si>
   <x:si>
     <x:t>tributyl-2-methoxypropylphosphonium salt with 4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]bis[phenol]</x:t>
   </x:si>
   <x:si>
     <x:t>15-11-2024</x:t>
   </x:si>
   <x:si>
     <x:t>701-028-2</x:t>
   </x:si>
   <x:si>
     <x:t>tris(4-nonylfenyl, vertakt) fosfiet</x:t>
   </x:si>
   <x:si>
     <x:t>tris(4-nonylphenyl, branched) phosphite</x:t>
   </x:si>
   <x:si>
     <x:t>26523-78-4</x:t>
   </x:si>
@@ -4361,3795 +4370,3795 @@
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:16">
       <x:c r="A50" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M50" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P50" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:16">
       <x:c r="A51" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:16">
       <x:c r="A52" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M52" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N52" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="O52" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:16">
       <x:c r="A53" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="N53" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:16">
       <x:c r="A54" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M54" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N54" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P54" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:16">
       <x:c r="A55" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:16">
       <x:c r="A56" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P56" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:16">
       <x:c r="A57" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:16">
       <x:c r="A58" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P58" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:16">
       <x:c r="A59" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:16">
       <x:c r="A60" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P60" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:16">
       <x:c r="A61" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:16">
       <x:c r="A62" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P62" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:16">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:16">
       <x:c r="A64" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P64" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:16">
       <x:c r="A65" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:16">
       <x:c r="A66" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P66" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:16">
       <x:c r="A67" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:16">
       <x:c r="A68" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P68" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:16">
       <x:c r="A69" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:16">
       <x:c r="A70" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M70" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P70" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:16">
       <x:c r="A71" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:16">
       <x:c r="A72" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P72" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:16">
       <x:c r="A73" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:16">
       <x:c r="A74" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M74" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P74" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:16">
       <x:c r="A75" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:16">
       <x:c r="A76" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M76" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N76" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P76" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:16">
       <x:c r="A77" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:16">
       <x:c r="A78" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P78" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:16">
       <x:c r="A79" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:16">
       <x:c r="A80" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P80" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:16">
       <x:c r="A81" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:16">
       <x:c r="A82" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P82" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:16">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:16">
       <x:c r="A84" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P84" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:16">
       <x:c r="A85" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:16">
       <x:c r="A86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P86" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:16">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:16">
       <x:c r="A88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P88" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:16">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:16">
       <x:c r="A90" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P90" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:16">
       <x:c r="A91" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:16">
       <x:c r="A92" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P92" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:16">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:16">
       <x:c r="A94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P94" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:16">
       <x:c r="A95" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:16">
       <x:c r="A96" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P96" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:16">
       <x:c r="A97" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:16">
       <x:c r="A98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P98" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:16">
       <x:c r="A99" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:16">
       <x:c r="A100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P100" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:16">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:16">
       <x:c r="A102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="I102" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K102" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L102" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M102" s="0" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P102" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:16">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:16">
       <x:c r="A104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P104" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:16">
       <x:c r="A105" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:16">
       <x:c r="A106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P106" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:16">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:16">
       <x:c r="A108" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P108" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:16">
       <x:c r="A109" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:16">
       <x:c r="A110" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L110" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M110" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O110" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P110" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:16">
       <x:c r="A111" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:16">
       <x:c r="A112" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P112" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:16">
       <x:c r="A113" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:16">
       <x:c r="A114" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P114" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:16">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:16">
       <x:c r="A116" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:16">
       <x:c r="A117" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:16">
       <x:c r="A118" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P118" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:16">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:16">
       <x:c r="A120" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P120" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:16">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:16">
       <x:c r="A122" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P122" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:16">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:16">
       <x:c r="A124" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P124" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:16">
       <x:c r="A125" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>