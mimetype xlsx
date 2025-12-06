--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af9dfb1c5624e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c0414d984b547ca82b37038f1666ac1.psmdcp" Id="Re2a8cea0f3dd424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a31e0b8ff9e4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51211c53caf94f588573c3f1dabd4ed0.psmdcp" Id="R1d2e0eef23c5409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -431,291 +431,291 @@
   <x:si>
     <x:t>dichromic acid</x:t>
   </x:si>
   <x:si>
     <x:t>18454-12-1</x:t>
   </x:si>
   <x:si>
     <x:t>242-339-9</x:t>
   </x:si>
   <x:si>
     <x:t>diloodchromaatoxide</x:t>
   </x:si>
   <x:si>
     <x:t>dilead chromate oxide</x:t>
   </x:si>
   <x:si>
     <x:t>3-2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat op de ZZS-lijst omdat deze onder de ZZS-stofgroep loodverbindingen valt.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deze stof staat niet in bijlage III van het BAL maar valt onder een andere stof of stofgroep, de getoonde stofklasse en emissiegrenswaarde zijn die van de andere stof of stofgroep en zijn ook geldig voor deze stof. </x:t>
   </x:si>
   <x:si>
+    <x:t>92203-02-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>875-679-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fosforzuur, reactieproducten met aluminumhydroxide en chroomoxide (CrO3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phosphoric acid, reaction products with aluminum hydroxide and chromium oxide (CrO3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109201-26-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625-386-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>imidazoliumdichromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>imidazolium dichromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16037-50-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240-174-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kaliumchloortrioxochromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>potassium chlorotrioxochromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7789-00-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-140-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kaliumchromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>potassium chromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7778-50-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231-906-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kaliumdichromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>potassium dichromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548-42-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>236-922-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koperchromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>copper chromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14307-35-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238-244-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lithiumchromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lithium chromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52478-50-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>630-438-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lithiumdichromaat hydraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lithium dichromate hydrate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7758-97-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231-846-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>loodchromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lead chromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12656-85-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235-759-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>loodchromaatmolybdaatsulfaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lead chromate molybdate sulfate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1344-37-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215-693-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>loodsulfochromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lead sulfochromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13423-61-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>236-540-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>magnesiumchromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>magnesium chromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23371-94-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621-186-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>magnesiumchromaat hydraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>magnesium chromate hydrate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14104-85-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>237-959-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>magnesiumdichromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>magnesium dichromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939-191-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van amines, C10-14-vertakt en lineair alkyl, [1-[(2-hydroxy-4-nitrofenyl)azo]-2-naftalenolato(2-)][1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]chromaat(1-) en amines, C10-14-vertakt en lineair alkyl, bis[1-[(2-hydroxy-4-nitrofenyl)azo]-2-naftalenolato(2-)]chromaat(1-) en amines, C10-14-vertakt en lineair alkyl, bis[1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]chromaat(1-)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of Amines, C10-14-branched and linear alkyl, [1-[(2-hydroxy-4-nitrophenyl)azo]-2-naphthalenolato(2-)][1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]chromate(1-) and Amines, C10-14-branched and linear alkyl, bis[1-[(2-hydroxy-4-nitrophenyl)azo]-2-naphthalenolato(2-)]chromate(1-) and Amines, C10-14-branched and linear alkyl, bis[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]chromate(1-)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701-287-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van bariumchromaat, koperdichroomtetraoxide en koperoxide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of barium chromate, copper dichromium tetraoxide and copper oxide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>936-862-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van ijzerdichloride en mangaandichloride en natriumchromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of iron dichloride and manganese dichloride and sodium chromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937-062-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van ijzertrichloride en natriumdichromaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of iron trichloride and sodium dichromate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>957-183-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van tert-butylacetaat en strontium chromaat en 2-heptanon en oxosilanediol en dioxotitanium en m-xyleen en 2-methoxy-1-methylethylacetaat en nafta oplosmiddel (petroleum), licht aromatisch en ethylbenzeen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of tert-butyl acetate and strontium chromate and heptan-2-one and oxosilanediol and dioxotitanium and m-xylene and 2-methoxy-1-methylethyl acetate and solvent naphtha (petroleum), light arom. and ethylbenzene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22-9-2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof wordt als ZZS geïdentificeerd omdat deze volgens de gegevens bij ECHA (echa.europa.eu) één of meerdere ZZS bevat.  In overeenkomst met de mengselnotitie wordt de stof dan als ZZS geïdentificeerd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof staat niet in bijlage III van het BAL maar bevat één of meerdere ZZS. De stofklasse van de ZZS met de strengste stofklasse is weergegeven.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>916-865-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mengsel van chromaat(1-), [N-[7-hydroxy-8-[(2-hydroxy-5-nitrofenyl)azo]-1-naftaleen]acetamide(2-)][1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]-, waterstof, verbinding met N-cyclohexylcyclohexaanamine (1:1) en waterstof bis[1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalato(2-)]chromaat(1-), verbinding met dicyclohexylamine (1:1) waterstof bis[N-[7-hydroxy-8-[(2-hydroxy-5-nitrofenyl)azo]-1-naftyl]acetamide(2-)]chromaat(1-), verbinding met dicyclohexylamine (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>reaction mass of Chromate(1-), [N-[7-hydroxy-8-[(2-hydroxy-5-nitrophenyl)azo]-1-naphthalenyl]acetamidato(2-)][1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]-, hydrogen, compd. with N-cyclohexylcyclohexanamine (1:1) and hydrogen bis[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphtholato(2-)]chromate(1-) , compound with dicyclohexylamine (1:1) and hydrogen bis[N-[7-hydroxy-8-[(2-hydroxy-5-nitrophenyl)azo]-1-naphthyl]acetamidato(2-)]chromate(1-) , compound with dicyclohexylamine (1:1)</x:t>
+  </x:si>
+  <x:si>
     <x:t>118685-33-9</x:t>
   </x:si>
   <x:si>
     <x:t>405-665-4</x:t>
   </x:si>
   <x:si>
-    <x:t>een mengsel van: dinatrium (6-(4-anisidino)-3-sulfonaat-2-(3,5-dinitro-2-oxidofenylazo)-1-naftalaat)(1-(5-chloor-2-oxidofenylazo)-2-naftalaat)chromaat(1-); trinatrium bis(6-(4-anisidine)-3-sulfonaat-2-(3,5-dinitro-2-oxidofenylazo)-1-naftalaat)chromaat(1-)</x:t>
+    <x:t>mengsel van: dinatrium (6-(4-anisidino)-3-sulfonaat-2-(3,5-dinitro-2-oxidofenylazo)-1-naftalaat)(1-(5-chloor-2-oxidofenylazo)-2-naftalaat)chromaat(1-); trinatrium bis(6-(4-anisidine)-3-sulfonaat-2-(3,5-dinitro-2-oxidofenylazo)-1-naftalaat)chromaat(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>a mixture of: disodium (6-(4-anisidino)-3-sulfonato-2-(3,5-dinitro-2-oxidophenylazo)-1-naphtholato)(1-(5-chloro-2-oxidophenylazo)-2-naphtholato)chromate(1-); trisodium bis(6-(4-anisidino)-3-sulfonato-2-(3,5-dinitro-2-oxidophenylazo)-1-naphtholato)chromate(1-)</x:t>
-  </x:si>
-[...229 lines deleted...]
-    <x:t>reaction mass of Chromate(1-), [N-[7-hydroxy-8-[(2-hydroxy-5-nitrophenyl)azo]-1-naphthalenyl]acetamidato(2-)][1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]-, hydrogen, compd. with N-cyclohexylcyclohexanamine (1:1) and hydrogen bis[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphtholato(2-)]chromate(1-) , compound with dicyclohexylamine (1:1) and hydrogen bis[N-[7-hydroxy-8-[(2-hydroxy-5-nitrophenyl)azo]-1-naphthyl]acetamidato(2-)]chromate(1-) , compound with dicyclohexylamine (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>117527-94-3</x:t>
   </x:si>
   <x:si>
     <x:t>403-720-7</x:t>
   </x:si>
   <x:si>
     <x:t>mengsel van: tert-alkyl(C12-C14)ammonium-bis[1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]-chromaat(1-); tert-alkyl(C12-C14)ammonium-bis[1-[(2-hydroxy-4-nitrofenyl)azo]-2-naftalenolato(2-)]-chromaat(1-); tert-alkyl(C12-C14)ammonium-bis[1-[[5-(1,1-dimethylpropyl)-2-hydroxy-3-nitrofenyl]azo]-2-naftalenolato(2-)]-chromaat(1-); tert-alkyl(C12-C14)ammonium-[[1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]-[1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]]-chromaat(1-); tert-alkyl(C12-C14)ammonium-[[1-[[5-(1,1-dimethylpropyl)-2-hydroxy-3-nitrofenyl]azo]-2-naftalenolato(2-)]-[1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]]-chromaat(1-); C12-14-tert-alkylammonium((1-(4(of 5)-nitro-2-oxidofenylazo)-2-naftolato)(1-(3-nitro-2-oxido-5-pentylfenylazo)-2-naftolato))chromaat(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>a mixture of: tert-alkyl(C12-C14)ammonium bis[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]-chromate(1-); tert-alkyl(C12-C14)ammonium bis[1-[(2-hydroxy-4-nitrophenyl)azo]-2-naphthalenolato(2-)]-chromate(1-); tert-alkyl(C12-C14)ammonium bis[1-[[5-(1,1-dimethylpropyl)-2-hydroxy-3-nitrophenyl]azo]-2-naphthalenolato(2-)]-chromate(1-); tert-alkyl(C12-C14)ammonium [[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]-[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]]-chromate(1-); tert-alkyl(C12-C14)ammonium [[1-[[5-(1,1-dimethylpropyl)-2-hydroxy-3-nitrophenyl]azo]-2-naphthalenolato(2-)]-[1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]]-chromate(1-); tert-alkyl(C12-C14)ammonium ((1-(4(or 5)-nitro-2-oxidophenylazo)-2-naphtholato)(1-(3-nitro-2-oxido-5-pentylphenylazo)-2-naphtholato))chromate(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>57206-83-4</x:t>
   </x:si>
   <x:si>
     <x:t>260-617-8</x:t>
   </x:si>
   <x:si>
     <x:t>natrium bis[1-[[2-hydroxy-3-nitro-5-tert-pentylfenyl]azo]-2-naftolato(2-)]chromaat(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>sodium bis[1-[[2-hydroxy-3-nitro-5-tert-pentylphenyl]azo]-2-naphtholato(2-)]chromate(1-)</x:t>
   </x:si>
@@ -2861,101 +2861,101 @@
       <x:c r="E29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:16">
       <x:c r="A30" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P30" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:16">
       <x:c r="A31" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
@@ -2987,81 +2987,81 @@
       </x:c>
       <x:c r="N31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:16">
       <x:c r="A32" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="P32" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:16">
       <x:c r="A33" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
@@ -3087,81 +3087,81 @@
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:16">
       <x:c r="A34" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="P34" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:16">
       <x:c r="A35" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
@@ -3237,81 +3237,81 @@
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P36" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:16">
       <x:c r="A37" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:16">
       <x:c r="A38" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
@@ -3387,81 +3387,81 @@
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:16">
       <x:c r="A40" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="P40" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:16">
       <x:c r="A41" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
@@ -3525,351 +3525,351 @@
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P42" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:16">
       <x:c r="A43" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="B43" s="1" t="s">
+      <x:c r="C43" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:16">
       <x:c r="A44" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C44" s="0" t="s">
+      <x:c r="D44" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P44" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:16">
       <x:c r="A45" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C45" s="0" t="s">
+      <x:c r="D45" s="0" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:16">
       <x:c r="A46" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C46" s="0" t="s">
+      <x:c r="D46" s="0" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="P46" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:16">
       <x:c r="A47" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C47" s="0" t="s">
+      <x:c r="D47" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D47" s="0" t="s">
+      <x:c r="E47" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G47" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I47" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K47" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M47" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E47" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="N47" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:16">
       <x:c r="A48" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="P48" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:16">
       <x:c r="A49" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
@@ -5311,57 +5311,57 @@
       <x:c r="E78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P78" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:16">
       <x:c r="A79" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">