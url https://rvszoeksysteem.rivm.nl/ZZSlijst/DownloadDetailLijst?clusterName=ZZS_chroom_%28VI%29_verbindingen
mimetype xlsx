--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a31e0b8ff9e4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51211c53caf94f588573c3f1dabd4ed0.psmdcp" Id="R1d2e0eef23c5409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee9ff5572994371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c2d99ab16a44cb98ce9f9c55a36e36b.psmdcp" Id="R3c65f1beb2cd40ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>