--- v2 (2026-02-02)
+++ v3 (2026-03-24)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee9ff5572994371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c2d99ab16a44cb98ce9f9c55a36e36b.psmdcp" Id="R3c65f1beb2cd40ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8387f1014cd74274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/465d5415c2634ae69b35664bc902dee9.psmdcp" Id="Ra0ca077b59c44b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -101,51 +101,51 @@
   <x:si>
     <x:t>0,05 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>9-1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof wordt niet als individuele stof als ZZS geïdentificeerd maar valt onder de ZZS-stofgroep chroom (VI) verbindingen</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL maar valt onder een andere stof of stofgroep, de getoonde stofklasse en emissiegrenswaarde zijn die van de andere stof of stofgroep en zijn ook geldig voor deze stof.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>104316-83-8</x:t>
   </x:si>
   <x:si>
     <x:t>620-831-8</x:t>
   </x:si>
   <x:si>
     <x:t>4-carboxypyridinium dichromaat</x:t>
   </x:si>
   <x:si>
-    <x:t>4-Carboxypyridinium dichromate</x:t>
+    <x:t>4-carboxypyridinium dichromate</x:t>
   </x:si>
   <x:si>
     <x:t>85186-64-7</x:t>
   </x:si>
   <x:si>
     <x:t>286-048-5</x:t>
   </x:si>
   <x:si>
     <x:t>amines, C10-14-vertakt en lineair alkyl, [1-[(2-hydroxy-4-nitrofenyl)azo]-2-naftalenolato(2-)][1-[(2-hydroxy-5-nitrofenyl)azo]-2-naftalenolato(2-)]chromaat(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>amines, C10-14-branched and linear alkyl, [1-[(2-hydroxy-4-nitrophenyl)azo]-2-naphthalenolato(2-)][1-[(2-hydroxy-5-nitrophenyl)azo]-2-naphthalenolato(2-)]chromate(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>25-8-2023</x:t>
   </x:si>
   <x:si>
     <x:t>85029-59-0</x:t>
   </x:si>
   <x:si>
     <x:t>285-084-9</x:t>
   </x:si>
   <x:si>
     <x:t>amines, C10-14-vertakt en lineair alkyl, [2,4-dihydro-4-[(2-hydroxy-5-nitrofenyl)azo]-5-methyl-2-fenyl-3H-pyrazol-3-onaat(2-)][2-[(4,5-dihydro-3-methyl-5-oxo-1-fenyl-1H-pyrazol-4-yl)azo]benzoaat(2-)]chromaat(1-)</x:t>
   </x:si>