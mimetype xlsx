--- v0 (2025-10-09)
+++ v1 (2025-12-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa878693bee47e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f12f502c476f4e20a9914f4b60246e66.psmdcp" Id="R3799a7fa4c854d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e4082b82db499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a82b2ab0c9f4dc8a5179843b91bae5e.psmdcp" Id="R73f621a81e594e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -122,72 +122,72 @@
   <x:si>
     <x:t>butane</x:t>
   </x:si>
   <x:si>
     <x:t>Butaan is alleen ZZS als dit 0,1 % of meer butadieen (203-450-8) bevat</x:t>
   </x:si>
   <x:si>
     <x:t>126-99-8</x:t>
   </x:si>
   <x:si>
     <x:t>204-818-0</x:t>
   </x:si>
   <x:si>
     <x:t>chloropreen</x:t>
   </x:si>
   <x:si>
     <x:t>chloroprene</x:t>
   </x:si>
   <x:si>
     <x:t>68955-28-2</x:t>
   </x:si>
   <x:si>
     <x:t>273-265-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt gevormd door de destillatie van producten van een thermisch kraakproces. Bestaat uit koolwaterstoffen overwegend C4. Gassen (aardolie), lichte stoomgekraakte, butadieenconcentraat, Petroleumgas</x:t>
-[...2 lines deleted...]
-    <x:t>Gases (petroleum, light steam-cracked, butadiene conc., Petroleum gas [A complex combination of hydrocarbons produced by the distillation of products from a thermal cracking process. It consists of hydrocarbons having a carbon number predominantly of C4.]</x:t>
+    <x:t>gassen (aardolie), lichte stoomgekraakte, butadieenconcentraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum, light steam-cracked, butadiene conc.</x:t>
   </x:si>
   <x:si>
     <x:t>Dit aardolie- of steenkoolderivaat bevat een groot gehalte aan butadieen, daarom worden hier de stofklasse en emissiegrenswaarde van butadieen weergegeven.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) 1,3-butadieen (Einecs-nr. 203-450-8) bevat. Als de stof niet als kankerverwekkend of mutageen wordt ingedeeld, gelden hiervoor minimaal de voorzorgsmaatregelen (P102-)P210-P403. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat. </x:t>
   </x:si>
   <x:si>
     <x:t>68606-34-8</x:t>
   </x:si>
   <x:si>
     <x:t>271-742-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen verkregen uit de fractionering van propaanverwijdering -bodemfracties. Bestaat voornamelijk uit butaan isobutaan en butadieen. Gassen (aardolie), propaanverwijdering-bodemfracties, fractioneringsuitstoot, Petroleumgas</x:t>
-[...2 lines deleted...]
-    <x:t>Gases (petroleum), depropanizer bottoms fractionation off, Petroleum gas [A complex combination of hydrocarbons obtained from the fractionation of depropanizer bottoms. It consists predominantly of butane, isobutane and butadiene.]</x:t>
+    <x:t>gassen (aardolie), propaanverwijdering-bodemfracties, fractioneringsuitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), depropanizer bottoms fractionation off</x:t>
   </x:si>
   <x:si>
     <x:t>87-68-3</x:t>
   </x:si>
   <x:si>
     <x:t>201-765-5</x:t>
   </x:si>
   <x:si>
     <x:t>hexachloorbutadieen</x:t>
   </x:si>
   <x:si>
     <x:t>hexachlorobuta-1,3-diene</x:t>
   </x:si>
   <x:si>
     <x:t>MVP 1</x:t>
   </x:si>
   <x:si>
     <x:t>0,05 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>75-28-5</x:t>
   </x:si>
   <x:si>
     <x:t>200-857-2</x:t>
   </x:si>