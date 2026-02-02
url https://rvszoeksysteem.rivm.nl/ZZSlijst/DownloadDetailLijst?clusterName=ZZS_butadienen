--- v1 (2025-12-03)
+++ v2 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e4082b82db499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a82b2ab0c9f4dc8a5179843b91bae5e.psmdcp" Id="R73f621a81e594e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4d7a1d017348fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee3cbeef83c04a16aca96c8a9e8b9b21.psmdcp" Id="R5cec74effceb47a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>