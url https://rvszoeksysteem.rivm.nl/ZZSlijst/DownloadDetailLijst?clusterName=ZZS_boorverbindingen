--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcdca0501464652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01b358cd13fd48a68cd4bcac9fc93f92.psmdcp" Id="R4604aafc7dbd4679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e1bcb174a54c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9bc999ba8b448ebabc41212f294ac1b.psmdcp" Id="Re966c2ce7e46492f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -450,53 +450,50 @@
     <x:t>sodium metaborate, anhydrous</x:t>
   </x:si>
   <x:si>
     <x:t>15-9-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof wordt als ZZS aangemerkt omdat deze in water wordt omgezet in de ZZS boorzuur</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deze stof staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk. </x:t>
   </x:si>
   <x:si>
     <x:t>16940-66-2</x:t>
   </x:si>
   <x:si>
     <x:t>241-004-4</x:t>
   </x:si>
   <x:si>
     <x:t>natriumboorhydride</x:t>
   </x:si>
   <x:si>
     <x:t>sodium borohydride</x:t>
   </x:si>
   <x:si>
     <x:t>17-5-2021</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Deze stof staat nog niet als ZZS in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk</x:t>
   </x:si>
   <x:si>
     <x:t>15120-21-5</x:t>
   </x:si>
   <x:si>
     <x:t>239-172-9</x:t>
   </x:si>
   <x:si>
     <x:t>natriumperboraat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium perborate</x:t>
   </x:si>
   <x:si>
     <x:t>7632-04-4</x:t>
   </x:si>
   <x:si>
     <x:t>231-556-4</x:t>
   </x:si>
   <x:si>
     <x:t>natriumperoxometaboraat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium peroxometaborate</x:t>
   </x:si>
@@ -2458,1035 +2455,1035 @@
       <x:c r="F29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
+      <x:c r="C30" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C30" s="0" t="s">
+      <x:c r="D30" s="0" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
+      <x:c r="C31" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C31" s="0" t="s">
+      <x:c r="D31" s="0" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
+      <x:c r="C32" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C32" s="0" t="s">
+      <x:c r="D32" s="0" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L32" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M32" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N32" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="B33" s="1" t="s">
+      <x:c r="C33" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C33" s="0" t="s">
+      <x:c r="D33" s="0" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C34" s="0" t="s">
+      <x:c r="D34" s="0" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L34" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M34" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N34" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
+      <x:c r="C35" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C35" s="0" t="s">
+      <x:c r="D35" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
+      <x:c r="C36" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C36" s="0" t="s">
+      <x:c r="D36" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
+      <x:c r="C37" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C37" s="0" t="s">
+      <x:c r="D37" s="0" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
+      <x:c r="C38" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C38" s="0" t="s">
+      <x:c r="D38" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D38" s="0" t="s">
+      <x:c r="E38" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G38" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H38" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I38" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J38" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K38" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L38" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M38" s="0" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
+      <x:c r="C39" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C39" s="0" t="s">
+      <x:c r="D39" s="0" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="B40" s="1" t="s">
+      <x:c r="C40" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C40" s="0" t="s">
+      <x:c r="D40" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L40" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M40" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N40" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B41" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="B41" s="1" t="s">
+      <x:c r="C41" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C41" s="0" t="s">
+      <x:c r="D41" s="0" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B42" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="B42" s="1" t="s">
+      <x:c r="C42" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C42" s="0" t="s">
+      <x:c r="D42" s="0" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="B43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="B44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C44" s="0" t="s">
+      <x:c r="D44" s="0" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
+      <x:c r="C45" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C45" s="0" t="s">
+      <x:c r="D45" s="0" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
+      <x:c r="C46" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C46" s="0" t="s">
+      <x:c r="D46" s="0" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
+      <x:c r="C47" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C47" s="0" t="s">
+      <x:c r="D47" s="0" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
+      <x:c r="C48" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C48" s="0" t="s">
+      <x:c r="D48" s="0" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
+      <x:c r="C49" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C49" s="0" t="s">
+      <x:c r="D49" s="0" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
       <x:c r="A50" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="B50" s="1" t="s">
+      <x:c r="C50" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C50" s="0" t="s">
+      <x:c r="D50" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D50" s="0" t="s">
+      <x:c r="E50" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G50" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H50" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I50" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K50" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L50" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="M50" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>