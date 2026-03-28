--- v1 (2026-01-23)
+++ v2 (2026-03-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e1bcb174a54c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9bc999ba8b448ebabc41212f294ac1b.psmdcp" Id="Re966c2ce7e46492f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0728061d09a54b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/147bcb5f07d44f73a33450f118a5ea1a.psmdcp" Id="Recedce2533574960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -158,51 +158,51 @@
   <x:si>
     <x:t>955-817-3</x:t>
   </x:si>
   <x:si>
     <x:t>amorf bariumkoperzinkborobismutaat</x:t>
   </x:si>
   <x:si>
     <x:t>amorphous barium copper zinc borobismuthate</x:t>
   </x:si>
   <x:si>
     <x:t>19-8-2024</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deze stof wordt als ZZS aangemerkt omdat deze in water wordt omgezet in de ZZS boorzuur </x:t>
   </x:si>
   <x:si>
     <x:t>13701-59-2</x:t>
   </x:si>
   <x:si>
     <x:t>237-222-4</x:t>
   </x:si>
   <x:si>
     <x:t>bariumdiboortetraoxide</x:t>
   </x:si>
   <x:si>
-    <x:t>Barium diboron tetraoxide</x:t>
+    <x:t>barium diboron tetraoxide</x:t>
   </x:si>
   <x:si>
     <x:t>8-7-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat niet in bijlage III van het BAL. De weergegeven stofklasse en emissiegrenswaarde zijn een voorstel op basis van de (geschatte) dampdruk.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>956-834-9</x:t>
   </x:si>
   <x:si>
     <x:t>boorlithiumzinktelluriet, amorf</x:t>
   </x:si>
   <x:si>
     <x:t>amorphous boron lithium zinc tellurite</x:t>
   </x:si>
   <x:si>
     <x:t>22-9-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof wordt als ZZS geïdentificeerd omdat deze volgens de gegevens bij ECHA (echa.europa.eu) één of meerdere ZZS bevat.  In overeenkomst met de mengselnotitie wordt de stof dan als ZZS geïdentificeerd.</x:t>
   </x:si>