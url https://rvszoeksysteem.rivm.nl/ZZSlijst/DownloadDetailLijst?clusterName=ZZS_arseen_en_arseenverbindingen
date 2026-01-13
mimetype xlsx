--- v0 (2025-11-12)
+++ v1 (2026-01-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd437cce802134e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/136a8b5d70ec4c21a448334da89a7155.psmdcp" Id="Rf706f7b6d0cf414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821f63a1fbd44b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87be8721fd44537aeee2fc572fa1898.psmdcp" Id="R86a45c373b674431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -3062,102 +3062,102 @@
   <x:si>
     <x:t>244-612-8</x:t>
   </x:si>
   <x:si>
     <x:t>N-(p-arsenosofenyl)-1,3,5-triazine-2,4,6-triamine</x:t>
   </x:si>
   <x:si>
     <x:t>N-(p-arsenosophenyl)-1,3,5-triazine-2,4,6-triamine</x:t>
   </x:si>
   <x:si>
     <x:t>6596-96-9</x:t>
   </x:si>
   <x:si>
     <x:t>694-740-7</x:t>
   </x:si>
   <x:si>
     <x:t>N-[bis(dimethylamino)arsanyl]-N-methylmethanamine</x:t>
   </x:si>
   <x:si>
     <x:t>7681-83-6</x:t>
   </x:si>
   <x:si>
     <x:t>231-680-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Natrium 4-(glycolloylamino)fenylarsonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium 4-(glycolloylamino)phenylarsonate</x:t>
+    <x:t>natrium 4-(glycolloylamino)fenylarsonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium 4-(glycolloylamino)phenylarsonate</x:t>
   </x:si>
   <x:si>
     <x:t>6131-99-3</x:t>
   </x:si>
   <x:si>
     <x:t>682-793-9</x:t>
   </x:si>
   <x:si>
     <x:t>natrium cacodylaat trihydraat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium cacodylate trihydrate</x:t>
   </x:si>
   <x:si>
     <x:t>1772-02-7</x:t>
   </x:si>
   <x:si>
     <x:t>217-197-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Natrium p-[[4-[3-(2-arsono-4-nitrofenyl)triazen-1-yl]fenyl]azo]benzeensulfonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium p-[[4-[3-(2-arsono-4-nitrophenyl)triazen-1-yl]phenyl]azo]benzenesulphonate</x:t>
+    <x:t>natrium p-[[4-[3-(2-arsono-4-nitrofenyl)triazen-1-yl]fenyl]azo]benzeensulfonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium p-[[4-[3-(2-arsono-4-nitrophenyl)triazen-1-yl]phenyl]azo]benzenesulphonate</x:t>
   </x:si>
   <x:si>
     <x:t>6634-88-4</x:t>
   </x:si>
   <x:si>
     <x:t>229-632-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Natrium p-arsonobenzeensulfonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium p-arsonobenzenesulphonate</x:t>
+    <x:t>natrium p-arsonobenzeensulfonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium p-arsonobenzenesulphonate</x:t>
   </x:si>
   <x:si>
     <x:t>55588-51-7</x:t>
   </x:si>
   <x:si>
     <x:t>259-714-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumacetarsol</x:t>
-[...2 lines deleted...]
-    <x:t>Acetarsol sodium</x:t>
+    <x:t>natriumacetarsol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>acetarsol sodium</x:t>
   </x:si>
   <x:si>
     <x:t>127-85-5</x:t>
   </x:si>
   <x:si>
     <x:t>204-869-9</x:t>
   </x:si>
   <x:si>
     <x:t>natriumarsanilaat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium arsanilate</x:t>
   </x:si>
   <x:si>
     <x:t>7631-89-2</x:t>
   </x:si>
   <x:si>
     <x:t>231-547-5</x:t>
   </x:si>
   <x:si>
     <x:t>natriumarsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium arsenate</x:t>
   </x:si>
@@ -3191,1119 +3191,1119 @@
   <x:si>
     <x:t>natriumdioxoarseniet</x:t>
   </x:si>
   <x:si>
     <x:t>sodium dioxoarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>124-65-2</x:t>
   </x:si>
   <x:si>
     <x:t>204-708-2</x:t>
   </x:si>
   <x:si>
     <x:t>natriumkakodylaat</x:t>
   </x:si>
   <x:si>
     <x:t>sodium cacodylate</x:t>
   </x:si>
   <x:si>
     <x:t>2163-80-6</x:t>
   </x:si>
   <x:si>
     <x:t>218-495-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriummethylarsonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium methylarsonate</x:t>
+    <x:t>natriummethylarsonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium methylarsonate</x:t>
   </x:si>
   <x:si>
     <x:t>60189-99-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumoxidearseenzuur</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium oxidoarsonous acid</x:t>
+    <x:t>natriumoxidearseenzuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium oxidoarsonous acid</x:t>
   </x:si>
   <x:si>
     <x:t>585-54-6</x:t>
   </x:si>
   <x:si>
     <x:t>209-558-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumwaterstof [4-(acetamido)fenyl]arsonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium hydrogen [4-(acetamido)phenyl]arsonate</x:t>
+    <x:t>natriumwaterstof [4-(acetamido)fenyl]arsonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium hydrogen [4-(acetamido)phenyl]arsonate</x:t>
   </x:si>
   <x:si>
     <x:t>5892-48-8</x:t>
   </x:si>
   <x:si>
     <x:t>227-573-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumwaterstof(3-acetamido-4-hydroxyfenyl)arsonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium hydrogen (3-acetamido-4-hydroxyphenyl)arsonate</x:t>
+    <x:t>natriumwaterstof(3-acetamido-4-hydroxyfenyl)arsonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium hydrogen (3-acetamido-4-hydroxyphenyl)arsonate</x:t>
   </x:si>
   <x:si>
     <x:t>140-45-4</x:t>
   </x:si>
   <x:si>
     <x:t>205-415-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumwaterstof-[4-[(hydroxyacetyl)amino]fenyl]arsonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium hydrogen [4-[(hydroxyacetyl)amino]phenyl]arsonate</x:t>
+    <x:t>natriumwaterstof-[4-[(hydroxyacetyl)amino]fenyl]arsonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium hydrogen [4-[(hydroxyacetyl)amino]phenyl]arsonate</x:t>
   </x:si>
   <x:si>
     <x:t>94278-22-5</x:t>
   </x:si>
   <x:si>
     <x:t>304-710-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Natriumwaterstofallylarsonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Sodium hydrogen allylarsonate</x:t>
+    <x:t>natriumwaterstofallylarsonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sodium hydrogen allylarsonate</x:t>
   </x:si>
   <x:si>
     <x:t>457-60-3</x:t>
   </x:si>
   <x:si>
     <x:t>207-273-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Neoarfenamine</x:t>
-[...2 lines deleted...]
-    <x:t>Neoarsphenamine</x:t>
+    <x:t>neoarfenamine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>neoarsphenamine</x:t>
   </x:si>
   <x:si>
     <x:t>12255-09-3</x:t>
   </x:si>
   <x:si>
     <x:t>235-504-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Neodymiumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Neodymium arsenide</x:t>
+    <x:t>neodymiumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>neodymium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>13477-70-8</x:t>
   </x:si>
   <x:si>
     <x:t>236-771-7</x:t>
   </x:si>
   <x:si>
     <x:t>nikkel(II)arsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>trinickel bis(arsenate)</x:t>
   </x:si>
   <x:si>
     <x:t>27016-75-7</x:t>
   </x:si>
   <x:si>
     <x:t>248-169-1</x:t>
   </x:si>
   <x:si>
     <x:t>nikkelarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>nickel arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12068-61-0</x:t>
   </x:si>
   <x:si>
     <x:t>235-103-1</x:t>
   </x:si>
   <x:si>
     <x:t>nikkeldiarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>nickel diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12255-08-2</x:t>
   </x:si>
   <x:si>
     <x:t>235-503-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Niobiumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Niobium arsenide</x:t>
+    <x:t>niobiumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>niobium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>98-72-6</x:t>
   </x:si>
   <x:si>
     <x:t>202-695-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Nitarson</x:t>
-[...2 lines deleted...]
-    <x:t>Nitarsone</x:t>
+    <x:t>nitarson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nitarsone</x:t>
   </x:si>
   <x:si>
     <x:t>13246-32-7</x:t>
   </x:si>
   <x:si>
     <x:t>236-227-9</x:t>
   </x:si>
   <x:si>
     <x:t>O-fenyleenbis(dimethylarsine)</x:t>
   </x:si>
   <x:si>
     <x:t>o-phenylenebis(dimethylarsine)</x:t>
   </x:si>
   <x:si>
     <x:t>1758-48-1</x:t>
   </x:si>
   <x:si>
     <x:t>217-154-1</x:t>
   </x:si>
   <x:si>
     <x:t>o-fenyleendiarsonzuur</x:t>
   </x:si>
   <x:si>
     <x:t>o-phenylenediarsonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>organische arseenverbindingen</x:t>
   </x:si>
   <x:si>
     <x:t>organic arsenic compounds</x:t>
   </x:si>
   <x:si>
     <x:t>306-12-7</x:t>
   </x:si>
   <x:si>
     <x:t>206-178-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Oxofenarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Oxophenarsine</x:t>
+    <x:t>oxofenarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oxophenarsine</x:t>
   </x:si>
   <x:si>
     <x:t>538-03-4</x:t>
   </x:si>
   <x:si>
     <x:t>208-682-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Oxofenarsine hydrochloride</x:t>
-[...2 lines deleted...]
-    <x:t>Oxophenarsine hydrochloride</x:t>
+    <x:t>oxofenarsine hydrochloride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oxophenarsine hydrochloride</x:t>
   </x:si>
   <x:si>
     <x:t>7784-36-3</x:t>
   </x:si>
   <x:si>
     <x:t>232-061-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Pentafluorarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Pentafluoroarsorane</x:t>
+    <x:t>pentafluorarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pentafluoroarsorane</x:t>
   </x:si>
   <x:si>
     <x:t>7786-36-9</x:t>
   </x:si>
   <x:si>
     <x:t>232-096-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Pentahydroxyarseen</x:t>
-[...2 lines deleted...]
-    <x:t>Pentahydroxyarsorane</x:t>
+    <x:t>pentahydroxyarseen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pentahydroxyarsorane</x:t>
   </x:si>
   <x:si>
     <x:t>pesticide, arseenverbinding</x:t>
   </x:si>
   <x:si>
     <x:t>pesticide, arsenic compound</x:t>
   </x:si>
   <x:si>
     <x:t>12044-52-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Platina arsenide (PtAs2)</x:t>
-[...2 lines deleted...]
-    <x:t>Platinum arsenide (PtAs2)</x:t>
+    <x:t>platina arsenide (PtAs2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>platinum arsenide (PtAs2)</x:t>
   </x:si>
   <x:si>
     <x:t>12044-28-9</x:t>
   </x:si>
   <x:si>
     <x:t>234-953-0</x:t>
   </x:si>
   <x:si>
     <x:t>praseodymium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>107-34-6</x:t>
   </x:si>
   <x:si>
     <x:t>203-482-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Propylarsonzuur</x:t>
-[...2 lines deleted...]
-    <x:t>Propylarsonic acid</x:t>
+    <x:t>propylarsonzuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>propylarsonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>15122-58-4</x:t>
   </x:si>
   <x:si>
     <x:t>239-179-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Proustiet (Ag3(AsS3))</x:t>
-[...2 lines deleted...]
-    <x:t>Proustite (Ag3(AsS3))</x:t>
+    <x:t>proustiet (Ag3(AsS3))</x:t>
+  </x:si>
+  <x:si>
+    <x:t>proustite (Ag3(AsS3))</x:t>
   </x:si>
   <x:si>
     <x:t>3969-54-8</x:t>
   </x:si>
   <x:si>
     <x:t>223-588-2</x:t>
   </x:si>
   <x:si>
     <x:t>p-tolylarseenzuur</x:t>
   </x:si>
   <x:si>
     <x:t>p-tolylarsonic acid</x:t>
   </x:si>
   <x:si>
     <x:t>1303-22-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Rammelsbergiet (NiAs2)</x:t>
-[...2 lines deleted...]
-    <x:t>Rammelsbergite (NiAs2)</x:t>
+    <x:t>rammelsbergiet (NiAs2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rammelsbergite (NiAs2)</x:t>
   </x:si>
   <x:si>
     <x:t>121-19-7</x:t>
   </x:si>
   <x:si>
     <x:t>204-453-7</x:t>
   </x:si>
   <x:si>
     <x:t>roxarsone</x:t>
   </x:si>
   <x:si>
     <x:t>13464-57-8</x:t>
   </x:si>
   <x:si>
     <x:t>630-763-0</x:t>
   </x:si>
   <x:si>
     <x:t>rubidium diwaterstofarsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>rubidium dihydrogenarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12255-39-9</x:t>
   </x:si>
   <x:si>
     <x:t>235-506-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Samariumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Samarium arsenide</x:t>
+    <x:t>samariumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>samarium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>61462-16-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Strontiumarsenide (SrAs3)</x:t>
-[...2 lines deleted...]
-    <x:t>Strontium arsenide (SrAs3)</x:t>
+    <x:t>strontiumarsenide (SrAs3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>strontium arsenide (SrAs3)</x:t>
   </x:si>
   <x:si>
     <x:t>15195-06-9</x:t>
   </x:si>
   <x:si>
     <x:t>strontiumarseniet</x:t>
   </x:si>
   <x:si>
     <x:t>strontium arsenite</x:t>
   </x:si>
   <x:si>
     <x:t>91724-16-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Strontiumarseniet (Sr(As2O4))</x:t>
-[...2 lines deleted...]
-    <x:t>Strontium arsenite (Sr(As2O4))</x:t>
+    <x:t>strontiumarseniet (Sr(As2O4))</x:t>
+  </x:si>
+  <x:si>
+    <x:t>strontium arsenite (Sr(As2O4))</x:t>
   </x:si>
   <x:si>
     <x:t>100258-44-4</x:t>
   </x:si>
   <x:si>
     <x:t>309-388-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Strychnidin-10-één, arseniet (1:1)</x:t>
-[...2 lines deleted...]
-    <x:t>Strychnidin-10-one, arsenite (1:1)</x:t>
+    <x:t>strychnidin-10-één, arseniet (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>strychnidin-10-one, arsenite (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>80879-64-7</x:t>
   </x:si>
   <x:si>
     <x:t>279-614-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Strychnidin-10-one, verbinding met methylarsonaat (1:1)</x:t>
-[...2 lines deleted...]
-    <x:t>Strychnidin-10-one, compd. with methylarsonate (1:1)</x:t>
+    <x:t>strychnidin-10-one, verbinding met methylarsonaat (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>strychnidin-10-one, compd. with methylarsonate (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>10476-82-1</x:t>
   </x:si>
   <x:si>
     <x:t>233-970-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Strychnine arsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Strychnine arsenate</x:t>
+    <x:t>strychnine arsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>strychnine arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>10476-87-6</x:t>
   </x:si>
   <x:si>
     <x:t>233-973-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Strychnine dimethylarsinaat</x:t>
-[...2 lines deleted...]
-    <x:t>Strychnine dimethylarsinate</x:t>
+    <x:t>strychnine dimethylarsinaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>strychnine dimethylarsinate</x:t>
   </x:si>
   <x:si>
     <x:t>618-82-6</x:t>
   </x:si>
   <x:si>
     <x:t>210-564-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Sulfarfenamine</x:t>
-[...2 lines deleted...]
-    <x:t>Sulfarsphenamine</x:t>
+    <x:t>sulfarfenamine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sulfarsphenamine</x:t>
   </x:si>
   <x:si>
     <x:t>12006-08-5</x:t>
   </x:si>
   <x:si>
     <x:t>234-479-4</x:t>
   </x:si>
   <x:si>
     <x:t>terbium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12279-90-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Tetraarseen tetrasulfide</x:t>
-[...2 lines deleted...]
-    <x:t>Tetraarsenic tetrasulfide</x:t>
+    <x:t>tetraarseen tetrasulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetraarsenic tetrasulfide</x:t>
   </x:si>
   <x:si>
     <x:t>12512-13-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Tetraarseensulfide</x:t>
-[...2 lines deleted...]
-    <x:t>Tetraarsenic trisulfide</x:t>
+    <x:t>tetraarseensulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetraarsenic trisulfide</x:t>
   </x:si>
   <x:si>
     <x:t>21006-73-5</x:t>
   </x:si>
   <x:si>
     <x:t>244-144-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Tetrafenylarsonium (waterstofdichloride)</x:t>
-[...2 lines deleted...]
-    <x:t>Tetraphenylarsonium (hydrogen dichloride)</x:t>
+    <x:t>tetrafenylarsonium (waterstofdichloride)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetraphenylarsonium (hydrogen dichloride)</x:t>
   </x:si>
   <x:si>
     <x:t>123334-18-9</x:t>
   </x:si>
   <x:si>
     <x:t>621-302-4</x:t>
   </x:si>
   <x:si>
     <x:t>tetrafenylarsonium chloride hydrochloride hydraat</x:t>
   </x:si>
   <x:si>
     <x:t>tetraphenylarsonium chloride hydrochloride hydrate</x:t>
   </x:si>
   <x:si>
     <x:t>507-27-7</x:t>
   </x:si>
   <x:si>
     <x:t>208-069-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Tetrafenylarsoniumbromide</x:t>
-[...2 lines deleted...]
-    <x:t>Tetraphenylarsonium bromide</x:t>
+    <x:t>tetrafenylarsoniumbromide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetraphenylarsonium bromide</x:t>
   </x:si>
   <x:si>
     <x:t>507-28-8</x:t>
   </x:si>
   <x:si>
     <x:t>208-070-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Tetrafenylarsoniumchloride</x:t>
-[...2 lines deleted...]
-    <x:t>Tetraphenylarsonium chloride</x:t>
+    <x:t>tetrafenylarsoniumchloride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetraphenylarsonium chloride</x:t>
   </x:si>
   <x:si>
     <x:t>5814-20-0</x:t>
   </x:si>
   <x:si>
     <x:t>695-153-9</x:t>
   </x:si>
   <x:si>
     <x:t>tetramethylarsoniumjodide</x:t>
   </x:si>
   <x:si>
     <x:t>tetramethylarsonium iodide</x:t>
   </x:si>
   <x:si>
     <x:t>471-35-2</x:t>
   </x:si>
   <x:si>
     <x:t>207-440-4</x:t>
   </x:si>
   <x:si>
     <x:t>tetramethyldiarsine</x:t>
   </x:si>
   <x:si>
     <x:t>73003-83-5</x:t>
   </x:si>
   <x:si>
     <x:t>277-208-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Tetraphenylarsoniumchloride, verbinding met zoutzuur (1:1)</x:t>
-[...2 lines deleted...]
-    <x:t>Tetraphenylarsonium chloride, compound with hydrochloric acid (1:1)</x:t>
+    <x:t>tetraphenylarsoniumchloride, verbinding met zoutzuur (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tetraphenylarsonium chloride, compound with hydrochloric acid (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>12006-09-6</x:t>
   </x:si>
   <x:si>
     <x:t>234-481-5</x:t>
   </x:si>
   <x:si>
     <x:t>thallium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>16142-89-5</x:t>
   </x:si>
   <x:si>
     <x:t>thalliumarseenselenide</x:t>
   </x:si>
   <x:si>
     <x:t>thallium arsenic selenide</x:t>
   </x:si>
   <x:si>
     <x:t>84057-85-2</x:t>
   </x:si>
   <x:si>
     <x:t>281-902-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Thalliumtriarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Thallium triarsenide</x:t>
+    <x:t>thalliumtriarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>thallium triarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>13367-92-5</x:t>
   </x:si>
   <x:si>
     <x:t>236-436-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Thiobis[methylarsine], anhydrosulfide</x:t>
-[...2 lines deleted...]
-    <x:t>Thiobis[methylarsine], anhydrosulphide</x:t>
+    <x:t>thiobis[methylarsine], anhydrosulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>thiobis[methylarsine], anhydrosulphide</x:t>
   </x:si>
   <x:si>
     <x:t>12006-10-9</x:t>
   </x:si>
   <x:si>
     <x:t>234-482-0</x:t>
   </x:si>
   <x:si>
     <x:t>thulium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12397-66-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Tinarsenide (Sn4As3)</x:t>
-[...2 lines deleted...]
-    <x:t>Tin arsenide (Sn4As3)</x:t>
+    <x:t>tinarsenide (Sn4As3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tin arsenide (Sn4As3)</x:t>
   </x:si>
   <x:si>
     <x:t>12044-32-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Tinarsenide (SnAs)</x:t>
-[...2 lines deleted...]
-    <x:t>Tin arsenide (SnAs)</x:t>
+    <x:t>tinarsenide (SnAs)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tin arsenide (SnAs)</x:t>
   </x:si>
   <x:si>
     <x:t>24719-13-9</x:t>
   </x:si>
   <x:si>
     <x:t>246-428-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Triammoniumarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Triammonium arsenate</x:t>
+    <x:t>triammoniumarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>triammonium arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12255-36-6</x:t>
   </x:si>
   <x:si>
     <x:t>235-505-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Triantimoonarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Triantimony arsenide</x:t>
+    <x:t>triantimoonarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>triantimony arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>13477-04-8</x:t>
   </x:si>
   <x:si>
     <x:t>236-762-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Tribariumdiarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Tribarium diarsenate</x:t>
+    <x:t>tribariumdiarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tribarium diarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12255-50-4</x:t>
   </x:si>
   <x:si>
     <x:t>235-508-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Tribariumdiarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Tribarium diarsenide</x:t>
+    <x:t>tribariumdiarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tribarium diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12006-15-4</x:t>
   </x:si>
   <x:si>
     <x:t>234-484-1</x:t>
   </x:si>
   <x:si>
     <x:t>tricadmium diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>Deze stof staat op de ZZS-lijst omdat deze onder de ZZS-stofgroep cadmiumverbindingen valt</x:t>
   </x:si>
   <x:si>
     <x:t>27152-57-4</x:t>
   </x:si>
   <x:si>
     <x:t>248-266-9</x:t>
   </x:si>
   <x:si>
     <x:t>tricalcium diarseniet</x:t>
   </x:si>
   <x:si>
     <x:t>tricalcium diarsenite</x:t>
   </x:si>
   <x:si>
     <x:t>21-12-2021</x:t>
   </x:si>
   <x:si>
     <x:t>12255-53-7</x:t>
   </x:si>
   <x:si>
     <x:t>235-509-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Tricalciumdiarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Tricalcium diarsenide</x:t>
+    <x:t>tricalciumdiarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tricalcium diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>24719-19-5</x:t>
   </x:si>
   <x:si>
     <x:t>246-429-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Tricobaltdiarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Tricobalt diarsenate</x:t>
+    <x:t>tricobaltdiarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tricobalt diarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12005-75-3</x:t>
   </x:si>
   <x:si>
     <x:t>234-472-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Tricoperarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Tricopper arsenide</x:t>
+    <x:t>tricoperarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tricopper arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>3141-12-6</x:t>
   </x:si>
   <x:si>
     <x:t>221-543-1</x:t>
   </x:si>
   <x:si>
-    <x:t>Triethyl arseniet</x:t>
-[...2 lines deleted...]
-    <x:t>Triethyl arsenite</x:t>
+    <x:t>triethyl arseniet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>triethyl arsenite</x:t>
   </x:si>
   <x:si>
     <x:t>15606-95-8</x:t>
   </x:si>
   <x:si>
     <x:t>427-700-2</x:t>
   </x:si>
   <x:si>
     <x:t>triethylarsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>triethyl arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>617-75-4</x:t>
   </x:si>
   <x:si>
     <x:t>210-526-4</x:t>
   </x:si>
   <x:si>
     <x:t>triethylarsine</x:t>
   </x:si>
   <x:si>
     <x:t>603-32-7</x:t>
   </x:si>
   <x:si>
     <x:t>210-032-9</x:t>
   </x:si>
   <x:si>
     <x:t>trifenylarsine</x:t>
   </x:si>
   <x:si>
     <x:t>triphenylarsine</x:t>
   </x:si>
   <x:si>
     <x:t>1153-05-5</x:t>
   </x:si>
   <x:si>
     <x:t>214-571-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Trifenylarsine oxide</x:t>
-[...2 lines deleted...]
-    <x:t>Triphenylarsine oxide</x:t>
+    <x:t>trifenylarsine oxide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>triphenylarsine oxide</x:t>
   </x:si>
   <x:si>
     <x:t>57900-42-2</x:t>
   </x:si>
   <x:si>
     <x:t>261-009-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Trifenylsulfoniumhexafluorarsenaat(1-)</x:t>
-[...2 lines deleted...]
-    <x:t>Triphenylsulphonium hexafluoroarsenate(1-)</x:t>
+    <x:t>trifenylsulfoniumhexafluorarsenaat(1-)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>triphenylsulphonium hexafluoroarsenate(1-)</x:t>
   </x:si>
   <x:si>
     <x:t>7784-35-2</x:t>
   </x:si>
   <x:si>
     <x:t>232-060-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Trifluorarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Trifluoroarsine</x:t>
+    <x:t>trifluorarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trifluoroarsine</x:t>
   </x:si>
   <x:si>
     <x:t>13464-36-3</x:t>
   </x:si>
   <x:si>
     <x:t>trikalium arsenaat</x:t>
   </x:si>
   <x:si>
-    <x:t>Arsenic acid, tripotassium salt</x:t>
+    <x:t>arsenic acid, tripotassium salt</x:t>
   </x:si>
   <x:si>
     <x:t>12044-21-2</x:t>
   </x:si>
   <x:si>
     <x:t>234-949-9</x:t>
   </x:si>
   <x:si>
     <x:t>trikaliumarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>Tripotassium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>13478-14-3</x:t>
   </x:si>
   <x:si>
     <x:t>236-773-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Trilithiumarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Trilithium arsenate</x:t>
+    <x:t>trilithiumarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trilithium arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12044-22-3</x:t>
   </x:si>
   <x:si>
     <x:t>234-950-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Trilithiumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Trilithium arsenide</x:t>
+    <x:t>trilithiumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trilithium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>3687-31-8</x:t>
   </x:si>
   <x:si>
     <x:t>222-979-5</x:t>
   </x:si>
   <x:si>
     <x:t>trilooddiarsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>trilead diarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12044-49-4</x:t>
   </x:si>
   <x:si>
     <x:t>234-954-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Trimagnesiumdiarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Trimagnesium diarsenide</x:t>
+    <x:t>trimagnesiumdiarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trimagnesium diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>61219-26-9</x:t>
   </x:si>
   <x:si>
     <x:t>262-667-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Trimangaanarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Trimanganese arsenide</x:t>
+    <x:t>trimangaanarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trimanganese arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>593-88-4</x:t>
   </x:si>
   <x:si>
     <x:t>209-815-8</x:t>
   </x:si>
   <x:si>
     <x:t>trimethylarsine</x:t>
   </x:si>
   <x:si>
     <x:t>520-10-5</x:t>
   </x:si>
   <x:si>
     <x:t>208-285-5</x:t>
   </x:si>
   <x:si>
     <x:t>trinatrium 2-(-waterstofarsonatofenylazo)-1,8-dihydroxynaftaleen-3,6-disulfonaat</x:t>
   </x:si>
   <x:si>
     <x:t>trisodium 2-(-hydrogen arsonatophenylazo)-1,8-dihydroxynaphthalene-3,6-disulphonate</x:t>
   </x:si>
   <x:si>
     <x:t>66019-20-3</x:t>
   </x:si>
   <x:si>
     <x:t>266-069-6</x:t>
   </x:si>
   <x:si>
     <x:t>trinatrium 3-[(o-arsonatofenyl)azo]-4,5-dihydroxynaftaleen-2,7-disulfonaat</x:t>
   </x:si>
   <x:si>
     <x:t>trisodium 3-[(o-arsonatophenyl)azo]-4,5-dihydroxynaphthalene-2,7-disulphonate</x:t>
   </x:si>
   <x:si>
     <x:t>53669-45-7</x:t>
   </x:si>
   <x:si>
     <x:t>258-693-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinatrium 4-[(o-arsonofenyl)azo]-3-oxidonaftaleen-2,7-disulfonaat</x:t>
-[...2 lines deleted...]
-    <x:t>Trisodium 4-[(o-arsonophenyl)azo]-3-oxidonaphthalene-2,7-disulphonate</x:t>
+    <x:t>trinatrium 4-[(o-arsonofenyl)azo]-3-oxidonaftaleen-2,7-disulfonaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trisodium 4-[(o-arsonophenyl)azo]-3-oxidonaphthalene-2,7-disulphonate</x:t>
   </x:si>
   <x:si>
     <x:t>13464-38-5</x:t>
   </x:si>
   <x:si>
     <x:t>236-682-3</x:t>
   </x:si>
   <x:si>
     <x:t>trinatrium arsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>trisodium arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>13510-46-8</x:t>
   </x:si>
   <x:si>
     <x:t>trinatrium;trioxido(oxo)-$l^{5}-arsaan;dodecahydraat</x:t>
   </x:si>
   <x:si>
     <x:t>trisodium;trioxido(oxo)-$l^{5}-arsane;dodecahydrate</x:t>
   </x:si>
   <x:si>
     <x:t>12044-25-6</x:t>
   </x:si>
   <x:si>
     <x:t>234-952-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinatriumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Trisodium arsenide</x:t>
+    <x:t>trinatriumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trisodium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>13464-37-4</x:t>
   </x:si>
   <x:si>
     <x:t>236-681-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinatriumarseniet</x:t>
-[...2 lines deleted...]
-    <x:t>Trisodium arsenite</x:t>
+    <x:t>trinatriumarseniet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>trisodium arsenite</x:t>
   </x:si>
   <x:si>
     <x:t>74646-29-0</x:t>
   </x:si>
   <x:si>
     <x:t>trinikkelbis(arseniet)</x:t>
   </x:si>
   <x:si>
     <x:t>trinickel bis(arsenite)</x:t>
   </x:si>
   <x:si>
     <x:t>62702-52-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Tripotassiumarsenaat 3/2hydraat</x:t>
-[...2 lines deleted...]
-    <x:t>Tripotassium arsenate 3/2hydrate</x:t>
+    <x:t>tripotassiumarsenaat 3/2hydraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tripotassium arsenate 3/2hydrate</x:t>
   </x:si>
   <x:si>
     <x:t>2896-10-8</x:t>
   </x:si>
   <x:si>
     <x:t>220-776-6</x:t>
   </x:si>
   <x:si>
     <x:t>tri-p-tolylarsine</x:t>
   </x:si>
   <x:si>
     <x:t>40334-70-1</x:t>
   </x:si>
   <x:si>
     <x:t>tris(2-chlooretheenyl)arsine</x:t>
   </x:si>
   <x:si>
     <x:t>arsine, tris(2-chloroethenyl)-</x:t>
   </x:si>
   <x:si>
     <x:t>67251-38-1</x:t>
   </x:si>
   <x:si>
     <x:t>266-621-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Tris(pentaan-2,4-dionato-O,O')siliciumhexafluorarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Tris(pentane-2,4-dionato-O,O')silicon hexafluoroarsenate</x:t>
+    <x:t>tris(pentaan-2,4-dionato-O,O')siliciumhexafluorarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tris(pentane-2,4-dionato-O,O')silicon hexafluoroarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>17729-30-5</x:t>
   </x:si>
   <x:si>
     <x:t>821-113-9</x:t>
   </x:si>
   <x:si>
     <x:t>tris(trimethylsilyl)arsine</x:t>
   </x:si>
   <x:si>
     <x:t>94138-87-1</x:t>
   </x:si>
   <x:si>
     <x:t>303-002-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Tris[(8α)-6'-methoxycinchonan-9(R)-ol] arseniet</x:t>
-[...2 lines deleted...]
-    <x:t>Tris[(8α)-6'-methoxycinchonan-9(R)-ol] arsenite</x:t>
+    <x:t>tris[(8α)-6'-methoxycinchonan-9(R)-ol] arseniet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tris[(8α)-6'-methoxycinchonan-9(R)-ol] arsenite</x:t>
   </x:si>
   <x:si>
     <x:t>549-59-7</x:t>
   </x:si>
   <x:si>
     <x:t>208-971-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Tris[(8α,9R)-6'-methoxycinchonan-9-ol] bis(arsenaat)</x:t>
-[...2 lines deleted...]
-    <x:t>Tris[(8α,9R)-6'-methoxycinchonan-9-ol] bis(arsenate)</x:t>
+    <x:t>tris[(8α,9R)-6'-methoxycinchonan-9-ol] bis(arsenaat)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tris[(8α,9R)-6'-methoxycinchonan-9-ol] bis(arsenate)</x:t>
   </x:si>
   <x:si>
     <x:t>13464-68-1</x:t>
   </x:si>
   <x:si>
     <x:t>236-684-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Tristrontium diarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Tristrontium diarsenate</x:t>
+    <x:t>tristrontium diarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tristrontium diarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>39297-24-0</x:t>
   </x:si>
   <x:si>
     <x:t>254-407-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Tristrontiumdiarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Tristrontium diarsenide</x:t>
+    <x:t>tristrontiumdiarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tristrontium diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>437-15-0</x:t>
   </x:si>
   <x:si>
     <x:t>207-111-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Trityliumhexafluorarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Tritylium hexafluoroarsenate</x:t>
+    <x:t>trityliumhexafluorarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tritylium hexafluoroarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>13510-44-6</x:t>
   </x:si>
   <x:si>
     <x:t>236-841-7</x:t>
   </x:si>
   <x:si>
     <x:t>trizilverarsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>trisilver arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12417-99-1</x:t>
   </x:si>
   <x:si>
     <x:t>235-652-7</x:t>
   </x:si>
   <x:si>
     <x:t>trizilverarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>trisilver arsenide</x:t>
   </x:si>
@@ -4313,207 +4313,207 @@
   <x:si>
     <x:t>234-486-2</x:t>
   </x:si>
   <x:si>
     <x:t>trizink diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>trizinc diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>554-72-3</x:t>
   </x:si>
   <x:si>
     <x:t>209-070-9</x:t>
   </x:si>
   <x:si>
     <x:t>tryparsamide</x:t>
   </x:si>
   <x:si>
     <x:t>99035-51-5</x:t>
   </x:si>
   <x:si>
     <x:t>308-917-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Vanadium(4+) diarsenaat (1:1)</x:t>
-[...2 lines deleted...]
-    <x:t>Vanadium(4+) diarsenate (1:1)</x:t>
+    <x:t>vanadium(4+) diarsenaat (1:1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>vanadium(4+) diarsenate (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>8028-73-7</x:t>
   </x:si>
   <x:si>
     <x:t>232-434-3</x:t>
   </x:si>
   <x:si>
-    <x:t>vliegas, arseenhoudend. Geformd wanneer arseen en metaaloxide deeltjes verdreven worden gedurende roosting en omzetting van koper concentraten en mat bij de productie van koper anodes</x:t>
+    <x:t>vliegas, arseenhoudend. Gevormd wanneer arseen en metaaloxide deeltjes verdreven worden gedurende roosting en omzetting van koper concentraten en mat bij de productie van koper anodes</x:t>
   </x:si>
   <x:si>
     <x:t>flue dust, arsenic-contg. Formed when arsenic and metal oxide particles are driven off during the roasting and converting of copper concentrates and matte in the production of anode copper</x:t>
   </x:si>
   <x:si>
     <x:t>69029-67-0</x:t>
   </x:si>
   <x:si>
     <x:t>273-809-1</x:t>
   </x:si>
   <x:si>
     <x:t>vliegas, loodraffinage</x:t>
   </x:si>
   <x:si>
     <x:t>flue dust, lead-refining</x:t>
   </x:si>
   <x:si>
     <x:t>7-2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>17068-85-8</x:t>
   </x:si>
   <x:si>
     <x:t>241-128-9</x:t>
   </x:si>
   <x:si>
-    <x:t>Waterstofhexafluorarsenaat</x:t>
-[...2 lines deleted...]
-    <x:t>Hydrogen hexafluoroarsenate</x:t>
+    <x:t>waterstofhexafluorarsenaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrogen hexafluoroarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12006-12-1</x:t>
   </x:si>
   <x:si>
     <x:t>234-483-6</x:t>
   </x:si>
   <x:si>
     <x:t>ytterbium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12255-48-0</x:t>
   </x:si>
   <x:si>
     <x:t>235-507-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Yttriumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Yttrium arsenide</x:t>
+    <x:t>yttriumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>yttrium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>12005-82-2</x:t>
   </x:si>
   <x:si>
     <x:t>624-776-0</x:t>
   </x:si>
   <x:si>
     <x:t>zilver hexafluorarsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>silver hexafluoroarsenate</x:t>
   </x:si>
   <x:si>
     <x:t>7784-08-9</x:t>
   </x:si>
   <x:si>
     <x:t>232-048-5</x:t>
   </x:si>
   <x:si>
     <x:t>zilverarseniet</x:t>
   </x:si>
   <x:si>
     <x:t>trisilver arsenite</x:t>
   </x:si>
   <x:si>
     <x:t>13464-44-3</x:t>
   </x:si>
   <x:si>
     <x:t>236-683-9</x:t>
   </x:si>
   <x:si>
     <x:t>zink arsenaat</x:t>
   </x:si>
   <x:si>
     <x:t>zinc arsenate</x:t>
   </x:si>
   <x:si>
     <x:t>12044-55-2</x:t>
   </x:si>
   <x:si>
     <x:t>234-956-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Zink diarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Zinc diarsenide</x:t>
+    <x:t>zink diarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>zinc diarsenide</x:t>
   </x:si>
   <x:si>
     <x:t>zinkarsenaat of zinkarseniet of zinkarsenaat en zinkarseniet, mengsel</x:t>
   </x:si>
   <x:si>
     <x:t>zinc arsenate, zinc arsenite or zinc arsenate and zinc arsenite mixture</x:t>
   </x:si>
   <x:si>
     <x:t>13510-72-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Zinkarsenaat, octahydraat</x:t>
-[...2 lines deleted...]
-    <x:t>Zinc arsenate, octahydrate</x:t>
+    <x:t>zinkarsenaat, octahydraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>zinc arsenate, octahydrate</x:t>
   </x:si>
   <x:si>
     <x:t>1303-39-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Zinkarsenaatoxide (Zn5(AsO3)4O3), tetrahydraat</x:t>
-[...2 lines deleted...]
-    <x:t>Zinc arsenenate oxide (Zn5(AsO3)4O3), tetrahydrate</x:t>
+    <x:t>zinkarsenaatoxide (Zn5(AsO3)4O3), tetrahydraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>zinc arsenenate oxide (Zn5(AsO3)4O3), tetrahydrate</x:t>
   </x:si>
   <x:si>
     <x:t>56450-43-2</x:t>
   </x:si>
   <x:si>
-    <x:t>Zinkarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Zinc arsenide</x:t>
+    <x:t>zinkarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>zinc arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>60909-47-9</x:t>
   </x:si>
   <x:si>
     <x:t>262-524-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Zirkoniumarsenide</x:t>
-[...2 lines deleted...]
-    <x:t>Zirconium arsenide</x:t>
+    <x:t>zirkoniumarsenide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>zirconium arsenide</x:t>
   </x:si>
   <x:si>
     <x:t>zouten van arseenzuur</x:t>
   </x:si>
   <x:si>
     <x:t>salts of arsenic acid</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">