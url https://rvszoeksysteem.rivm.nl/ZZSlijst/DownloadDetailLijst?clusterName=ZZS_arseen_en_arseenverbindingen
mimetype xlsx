--- v1 (2026-01-13)
+++ v2 (2026-03-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821f63a1fbd44b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87be8721fd44537aeee2fc572fa1898.psmdcp" Id="R86a45c373b674431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c24d52531954a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e0fea44186346db980768940bc9c7fd.psmdcp" Id="R88da9f27264d43f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -860,51 +860,51 @@
   <x:si>
     <x:t>arsenic chloride (AsCl2)</x:t>
   </x:si>
   <x:si>
     <x:t>85561-28-0</x:t>
   </x:si>
   <x:si>
     <x:t>arseenhoudend zuur, kobalt(2+) zout</x:t>
   </x:si>
   <x:si>
     <x:t>arsenenous acid, cobalt(2+) salt</x:t>
   </x:si>
   <x:si>
     <x:t>85561-29-1</x:t>
   </x:si>
   <x:si>
     <x:t>arseenhoudend zuur, mangaan(2+)zout</x:t>
   </x:si>
   <x:si>
     <x:t>arsenenous acid, manganese(2+) salt</x:t>
   </x:si>
   <x:si>
     <x:t>951-957-4</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">arseenoxides, bismut-ijzer-antimoonoxides, natriumaluminiumfluoride, zinksulfaat, terugwinningsproducten uit koper- en zink-stof </x:t>
+    <x:t>arseenoxides, bismut-ijzer-antimoonoxides, natriumaluminiumfluoride, zinksulfaat, terugwinningsproducten uit koper- en zink-stof</x:t>
   </x:si>
   <x:si>
     <x:t>arsenic oxides, bismuth iron antimony oxides, sodium aluminium fluoride, zinc sulphate, recovery products from copper and zinc dusts</x:t>
   </x:si>
   <x:si>
     <x:t>22441-45-8</x:t>
   </x:si>
   <x:si>
     <x:t>arseenpentachloride</x:t>
   </x:si>
   <x:si>
     <x:t>arsenic pentachloride</x:t>
   </x:si>
   <x:si>
     <x:t>12626-31-2</x:t>
   </x:si>
   <x:si>
     <x:t>arseenselenide</x:t>
   </x:si>
   <x:si>
     <x:t>Arsenic selenide</x:t>
   </x:si>
   <x:si>
     <x:t>7784-34-1</x:t>
   </x:si>
@@ -4325,51 +4325,51 @@
   <x:si>
     <x:t>209-070-9</x:t>
   </x:si>
   <x:si>
     <x:t>tryparsamide</x:t>
   </x:si>
   <x:si>
     <x:t>99035-51-5</x:t>
   </x:si>
   <x:si>
     <x:t>308-917-0</x:t>
   </x:si>
   <x:si>
     <x:t>vanadium(4+) diarsenaat (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>vanadium(4+) diarsenate (1:1)</x:t>
   </x:si>
   <x:si>
     <x:t>8028-73-7</x:t>
   </x:si>
   <x:si>
     <x:t>232-434-3</x:t>
   </x:si>
   <x:si>
-    <x:t>vliegas, arseenhoudend. Gevormd wanneer arseen en metaaloxide deeltjes verdreven worden gedurende roosting en omzetting van koper concentraten en mat bij de productie van koper anodes</x:t>
+    <x:t>vliegas, arseenhoudend. geformd wanneer arseen en metaaloxide deeltjes verdreven worden gedurende roosting en omzetting van koper concentraten en mat bij de productie van koper anodes</x:t>
   </x:si>
   <x:si>
     <x:t>flue dust, arsenic-contg. Formed when arsenic and metal oxide particles are driven off during the roasting and converting of copper concentrates and matte in the production of anode copper</x:t>
   </x:si>
   <x:si>
     <x:t>69029-67-0</x:t>
   </x:si>
   <x:si>
     <x:t>273-809-1</x:t>
   </x:si>
   <x:si>
     <x:t>vliegas, loodraffinage</x:t>
   </x:si>
   <x:si>
     <x:t>flue dust, lead-refining</x:t>
   </x:si>
   <x:si>
     <x:t>7-2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>17068-85-8</x:t>
   </x:si>
   <x:si>
     <x:t>241-128-9</x:t>
   </x:si>