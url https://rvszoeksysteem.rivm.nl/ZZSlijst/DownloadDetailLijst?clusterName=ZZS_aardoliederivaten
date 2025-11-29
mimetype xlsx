--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recef9ebe0d544483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cbbce4146c1f43c39acf5eaca7c4e1a8.psmdcp" Id="R0d827bb4c314471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a80ade4eb1943a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f91f1e59fff48ec88b14704b75e68b9.psmdcp" Id="Rbe636d05a9c54c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -107,50 +107,65 @@
   <x:si>
     <x:t>64741-47-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-047-3</x:t>
   </x:si>
   <x:si>
     <x:t>aardgascondensaten (aardolie), Een complexe verzameling koolwaterstoffen in een oppervlakteseparator door middel van retrograde condensatie als vloeistof afgescheiden van aardgas. Bestaat voornamelijk uit koolwaterstoffen overwegend C2 tot C20. Vloeibaar bij atmosferische temperatuur en druk. Nafta met laag kookpunt - niet gespecifieerd</x:t>
   </x:si>
   <x:si>
     <x:t>natural gas condensates (petroleum), Low boiling point naphtha - unspecified [A complex combination of hydrocarbons separated as a liquid from natural gas in a surface separator by retrograde condensation. It consists mainly of hydrocarbons having carbon numbers predominantly in the range of C2 to C20. It is a liquid at atmospheric temperature and pressure.]</x:t>
   </x:si>
   <x:si>
     <x:t>68919-39-1</x:t>
   </x:si>
   <x:si>
     <x:t>272-896-3</x:t>
   </x:si>
   <x:si>
     <x:t>aardgascondensaten Een complexe verzameling koolwaterstoffen afgescheiden en/of gecondenseerd uit aardgas tijdens het vervoer en verzameld bij de putmond en/of uit de productie-, verzamel-, transport- en distributiepijpleidingen in putten gaswassers, enz. Bestaat voornamelijk uit koolwaterstoffen overwegend C2 tot en met C8. Nafta met laag kookpunt - niet gespecifieerd</x:t>
   </x:si>
   <x:si>
     <x:t>natural gas condensates, Low boiling point naphtha - unspecified [A complex combination of hydrocarbons separated and/or condensed from natural gas during transportation and collected at the wellhead and/or from the production, gathering, transmission, and distribution pipelines in deeps, scrubbers, etc. It consists predominantly of hydrocarbons having carbon numbers predominantly in the range of C2 through C8.]</x:t>
   </x:si>
   <x:si>
+    <x:t>8002-05-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-298-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aardolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> </x:t>
+  </x:si>
+  <x:si>
     <x:t>92045-80-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-463-0</x:t>
   </x:si>
   <x:si>
     <x:t>aardoliegassen vloeibaar gemaakt, stankvrij gemaakt, C4-fractie, Een complexe verzameling koolwaterstoffen die wordt verkregen door het stankvrij maken van een vloeibaar gemaakt aardolie-gasmengsel om mercaptanen te oxideren of om zure verontreinigingen te verwijderen. Bestaat voornamelijk uit C4-verzadigde en onverzadigde koolwaterstoffen. Petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum gases, liquefied, sweetened, C4 fraction, Petroleum gas [A complex combination of hydrocarbons obtained by subjecting a liquified petroleum gas mix to a sweetening process to oxidize mercaptans or to remove acidic impurities. It consists predominantly of C4 saturated and unsaturated hydrocarbons.]</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) 1,3-butadieen (Einecs-nr. 203-450-8) bevat. Als de stof niet als kankerverwekkend of mutageen wordt ingedeeld, gelden hiervoor minimaal de voorzorgsmaatregelen (P102-)P210-P403. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>68514-79-4</x:t>
   </x:si>
   <x:si>
     <x:t>271-058-4</x:t>
   </x:si>
   <x:si>
     <x:t>aardolieproducten hydrofiner-powerformer-reformaten De complexe verzameling koolwaterstoffen verkregen door een hydrofiner-powerformer-proces, met een kooktraject van ongeveer 27°C tot 210°C. Katalytisch gereformde nafta met laag kookpunt</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum products, hydrofiner-powerformer reformates, Low boiling point cat-reformed naphtha [The complex combination of hydrocarbons obtained in a hydrofiner-powerformer process and boiling in a range of approximately 27°C to 210°C (80°F to 410°F).]</x:t>
@@ -158,53 +173,50 @@
   <x:si>
     <x:t>68607-11-4</x:t>
   </x:si>
   <x:si>
     <x:t>271-750-6</x:t>
   </x:si>
   <x:si>
     <x:t>aardolieproducten raffinaderijgassen Een complexe combinatie die voornamelijk bestaat uit waterstof, met uiteenlopende kleine hoeveelheden methaan ethaan en propaan. Raffinaderijgas</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum products, refinery gases, Refinery gas [A complex combination which consists primarily of hydrogen with various small amounts of methane, ethane, and propane.]</x:t>
   </x:si>
   <x:si>
     <x:t>101316-45-4</x:t>
   </x:si>
   <x:si>
     <x:t>309-851-5</x:t>
   </x:si>
   <x:si>
     <x:t>absorptieoliën bicyclo-aromatische en heterocyclische koolwaterstoffractie</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">absorption oils, bicyclo arom. and heterocyclic hydrocarbon fraction, </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>68475-57-0</x:t>
   </x:si>
   <x:si>
     <x:t>270-651-5</x:t>
   </x:si>
   <x:si>
     <x:t>alkanen C1-2-, petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C1-2, petroleum gas</x:t>
   </x:si>
   <x:si>
     <x:t>90622-53-0</x:t>
   </x:si>
   <x:si>
     <x:t>292-454-3</x:t>
   </x:si>
   <x:si>
     <x:t>alkanen C12-26-vertakte en niet-vertakte</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C12-26-branched and linear</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend te worden ingedeeld als volledig bekend is hoe de raffinage daarvan is verlopen en kan worden aangetoond dat zij is geproduceerd uit een stof die niet kankerverwekkend is. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
@@ -593,50 +605,86 @@
   <x:si>
     <x:t>68476-26-6</x:t>
   </x:si>
   <x:si>
     <x:t>270-667-2</x:t>
   </x:si>
   <x:si>
     <x:t>brandstofgassen</x:t>
   </x:si>
   <x:si>
     <x:t>fuel gases</x:t>
   </x:si>
   <x:si>
     <x:t>68476-29-9</x:t>
   </x:si>
   <x:si>
     <x:t>270-670-9</x:t>
   </x:si>
   <x:si>
     <x:t>brandstofgassen, destillaten van ruwe olie</x:t>
   </x:si>
   <x:si>
     <x:t>fuel gases, crude oil of distillates</x:t>
   </x:si>
   <x:si>
+    <x:t>68553-00-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-384-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>brandstofolie, nr. 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fuel oil, No 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-33-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-675-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>brandstofolie, residuaal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fuel oil, residual</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68955-27-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-263-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), aardolieresiduen vacuüm-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), petroleum residues vacuum</x:t>
+  </x:si>
+  <x:si>
     <x:t>91995-53-8</x:t>
   </x:si>
   <x:si>
     <x:t>295-315-5</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), afkomstig van nafta-stoomkraken oplosmiddelgeraffineerde lichte waterstofbehandelde</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), naphtha steam cracking-derived, solvent-refined light hydrotreated</x:t>
   </x:si>
   <x:si>
     <x:t>68425-29-6</x:t>
   </x:si>
   <x:si>
     <x:t>270-344-6</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), afkomstig van pyrolysaat van nafta-raffinaat, benzinemenging</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), naphtha-raffinate pyrolyzate-derived, gasoline-blending</x:t>
   </x:si>
   <x:si>
     <x:t>68477-34-9</x:t>
@@ -653,242 +701,458 @@
   <x:si>
     <x:t>68477-35-0</x:t>
   </x:si>
   <x:si>
     <x:t>270-726-2</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), C3-6, rijk aan piperyleen</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), C3-6, piperylene-rich</x:t>
   </x:si>
   <x:si>
     <x:t>101316-56-7</x:t>
   </x:si>
   <x:si>
     <x:t>309-862-5</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), C7-9-, rijk aan C8, waterstofontzwaveld gedearomatiseerd</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), C7-9, C8-rich, hydrodesulfurized dearomatized</x:t>
   </x:si>
   <x:si>
+    <x:t>64742-30-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-130-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), chemisch geneutraliseerd middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), chemically neutralized middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-35-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-136-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), chemisch geneutraliseerde lichte nafteenhoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), chemically neutralized light naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-28-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-128-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), chemisch geneutraliseerde lichte paraffinehoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), chemically neutralized light paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-34-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-135-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), chemisch geneutraliseerde zware nafteenhoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), chemically neutralized heavy naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-27-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-127-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), chemisch geneutraliseerde zware paraffinehoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), chemically neutralized heavy paraffinic</x:t>
+  </x:si>
+  <x:si>
     <x:t>90640-92-9</x:t>
   </x:si>
   <x:si>
     <x:t>292-614-2</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), complexe van was ontdane lichte paraffinische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), complex dewaxed light paraffinic</x:t>
   </x:si>
   <x:si>
     <x:t>90640-91-8</x:t>
   </x:si>
   <x:si>
     <x:t>292-613-7</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), complexe van was ontdane zware paraffinehoudende</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), complex dewaxed heavy paraffinci</x:t>
   </x:si>
   <x:si>
     <x:t>68477-40-7</x:t>
   </x:si>
   <x:si>
     <x:t>270-729-9</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), gekraakte gestripte stoomgekraakte aardoliedestillaten, C10-12-fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), cracked stripped steam-cracked petroleum distillates, C10-12 fraction</x:t>
   </x:si>
   <x:si>
+    <x:t>68477-38-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-727-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), gekraakte stoomgekraakte aardoliedestillaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), cracked steam-cracked petroleum distillates</x:t>
+  </x:si>
+  <x:si>
     <x:t>68477-50-9</x:t>
   </x:si>
   <x:si>
     <x:t>270-735-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), gepolymeriseerde stoomgekraakte aardoliedestillaten C5-12-fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), polymd. steam-cracked petroleum distillates, C5-12 fraction</x:t>
   </x:si>
   <x:si>
     <x:t>91995-41-4</x:t>
   </x:si>
   <x:si>
     <x:t>295-302-4</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), hitteverzadigde stoomgekraakte nafta, rijk aan C5</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), heat-soaked steam-cracked naphtha, C5-rich</x:t>
   </x:si>
   <x:si>
+    <x:t>90640-93-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-615-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), hooggezuiverde midden-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), highly refined middle</x:t>
+  </x:si>
+  <x:si>
     <x:t>92201-60-0</x:t>
   </x:si>
   <x:si>
     <x:t>295-991-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), katalytisch gekraakte lichte fracties, thermisch gedesintegreerd</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), light catalytic cracked, thermally degraded</x:t>
   </x:si>
   <x:si>
+    <x:t>92201-59-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-990-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), katalytisch gekraakte middenfracties, thermisch gedesintegreerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), intermediate catalytic cracked, thermally degraded</x:t>
+  </x:si>
+  <x:si>
     <x:t>68475-79-6</x:t>
   </x:si>
   <x:si>
     <x:t>270-660-4</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), katalytisch gereformde pentaanverwijdering-</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), catalytic reformed depentanizer</x:t>
   </x:si>
   <x:si>
     <x:t>85116-58-1</x:t>
   </x:si>
   <x:si>
     <x:t>285-509-8</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), katalytisch gereformde, waterstofbehandelde, lichte fractie, C8-12- aromatische fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), catalytic reformed hydrotreated light, C8-12 arom. fraction</x:t>
   </x:si>
   <x:si>
+    <x:t>91995-34-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-294-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), katalytische reformator, concentraat van zware aromaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum) catalytic reformer, heavy arom. conc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-30-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-721-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), katalytische reformator-fractioneerderresidu, bij middentemperaturen kokend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), catalytic reformer fractionator residue, intermediate-boiling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-29-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-719-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), katalytische reformator-fractioneerderresidu, hoogkokend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), catalytic reformer fractionator residue, high-boiling</x:t>
+  </x:si>
+  <x:si>
     <x:t>68477-31-6</x:t>
   </x:si>
   <x:si>
     <x:t>270-722-0</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), katalytische reformator-fractioneerderresidu, laagkokend</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), catalytic reformer fractionator residue, low-boiling</x:t>
   </x:si>
   <x:si>
+    <x:t>64741-59-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-060-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), licht katalytisch gekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), light catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-82-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-084-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), licht thermisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), light thermal cracked</x:t>
+  </x:si>
+  <x:si>
     <x:t>67891-80-9</x:t>
   </x:si>
   <x:si>
     <x:t>267-565-5</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), lichte aromatische fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), light arom.</x:t>
   </x:si>
   <x:si>
     <x:t>68921-08-4</x:t>
   </x:si>
   <x:si>
     <x:t>272-931-2</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), lichte direct door fractionering verkregen benzine, topproducten uit fractioneringsstabilisator</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), light straight-run gasoline fractionation stabilizer overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68410-05-9</x:t>
   </x:si>
   <x:si>
     <x:t>270-077-5</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), lichte direct uit fractionering verkregen</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), straight-run light</x:t>
   </x:si>
   <x:si>
+    <x:t>64741-52-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-053-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), lichte nafteenhoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), light naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-50-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-051-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), lichte paraffinehoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), light paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68475-80-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-662-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), lichte stoomgekraakte nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), light steam-cracked naphtha</x:t>
+  </x:si>
+  <x:si>
     <x:t>68955-29-3</x:t>
   </x:si>
   <x:si>
     <x:t>273-266-0</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), lichte thermisch gekraakte, gedebutaniseerde aromatische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), light thermal cracked, debutanized arom.</x:t>
   </x:si>
   <x:si>
+    <x:t>70592-77-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274-684-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), lichte vacuüm-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), light vacuum</x:t>
+  </x:si>
+  <x:si>
     <x:t>64742-44-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-146-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met klei behandeld zware nafteenhoudende fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), clay-treated heavy naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>64742-45-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-147-7</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met klei behandelde lichte naftenische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), clay-treated light naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>64742-37-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-138-8</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met klei behandelde lichte paraffinische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), clay-treated light paraffinic</x:t>
   </x:si>
   <x:si>
+    <x:t>64742-38-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-139-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met klei behandelde middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), clay-treated middle</x:t>
+  </x:si>
+  <x:si>
     <x:t>64742-36-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-137-2</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met klei behandelde zware paraffinische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), clay-treated paraffinic</x:t>
   </x:si>
   <x:si>
     <x:t>100683-97-4</x:t>
   </x:si>
   <x:si>
     <x:t>309-667-5</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met koolstof behandelde lichte paraffine-houdende</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), carbon-treated light paraffinic</x:t>
   </x:si>
   <x:si>
     <x:t>97488-74-9</x:t>
@@ -1049,98 +1313,245 @@
   <x:si>
     <x:t>64742-53-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-156-6</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met waterstof behandelde lichte naftenische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), hydrotreated light naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>64742-55-8</x:t>
   </x:si>
   <x:si>
     <x:t>265-158-7</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met waterstof behandelde lichte paraffinische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), hydrotreated light paraffinic</x:t>
   </x:si>
   <x:si>
+    <x:t>64742-46-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-148-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof behandelde middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrotreated middle</x:t>
+  </x:si>
+  <x:si>
     <x:t>64742-52-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-155-0</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met waterstof behandelde zware naftenische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), hydrotreated heavy naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>64742-54-7</x:t>
   </x:si>
   <x:si>
     <x:t>265-157-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), met waterstof behandelde zware paraffinische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), hydrotreated heavy paraffinic</x:t>
   </x:si>
   <x:si>
+    <x:t>101316-59-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-865-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof ontzwaveld middelste verkookser-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized middle coker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68333-27-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-783-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof ontzwavelde katalytisch gekraakte tussenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized intermediate catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-80-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-183-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof ontzwavelde middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85116-53-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-505-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof ontzwavelde thermisch gekraakte middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized thermal cracked middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-57-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-863-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof ontzwavelde volledig bereik aan middelste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized full-range middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68333-28-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-784-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met waterstof ontzwavelde zware katalytisch gekraakte fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized heavy catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dit aardolie- of steenkoolderivaat bevat een groot gehalte aan PAKs, daarom worden hier de stofklasse en emissiegrenswaarde voor PAKs weergegeven.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-14-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-114-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met zuur behandelde lichte fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), acid-treated light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-13-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-113-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met zuur behandelde middenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), acid-treated middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-18-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-117-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), met zuur behandelde zware nafteenhoudende fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), acid-treated heavy naphthenic</x:t>
+  </x:si>
+  <x:si>
     <x:t>100683-99-6</x:t>
   </x:si>
   <x:si>
     <x:t>309-669-6</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), middelste paraffine-houdende, behandeld met klei</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), intermediate paraffinic, clay-treated</x:t>
   </x:si>
   <x:si>
     <x:t>100683-98-5</x:t>
   </x:si>
   <x:si>
     <x:t>309-668-0</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), middelste paraffine-houdende, behandeld met koolstof</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), intermediate paraffinic, carbon-treated</x:t>
   </x:si>
   <x:si>
+    <x:t>70592-76-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274-683-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), middelste vacuüm-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), intermediate vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-60-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-062-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), middenfractie katalytisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), intermediate catalytic cracked</x:t>
+  </x:si>
+  <x:si>
     <x:t>68921-09-5</x:t>
   </x:si>
   <x:si>
     <x:t>272-932-8</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), nafta-unifiner-stripper</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), naphtha unifiner stripper</x:t>
   </x:si>
   <x:si>
     <x:t>64741-97-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-098-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), oplosmiddelgeraffineerde lichte naftenische</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), solvent-refined light naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>91995-54-9</x:t>
@@ -1169,50 +1580,74 @@
   <x:si>
     <x:t>91995-31-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-292-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), pyrolyseolie uit de alkeen-alkynproductie, gemengd met hoge-temperatuur-koolteer, indeenfractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), alkene-alkyne manuf. pyrolysis oil, mixed with high-temp. coal tar, indene fraction</x:t>
   </x:si>
   <x:si>
     <x:t>93165-19-6</x:t>
   </x:si>
   <x:si>
     <x:t>296-903-4</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), rijk aan C6</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), C6-rich</x:t>
   </x:si>
   <x:si>
+    <x:t>64741-91-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-093-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), solvent-geraffineerd middelste fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), solvent-refined middle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-86-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-088-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), stankvrij gemaakt midden fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), sweetened middle</x:t>
+  </x:si>
+  <x:si>
     <x:t>68477-55-4</x:t>
   </x:si>
   <x:si>
     <x:t>270-738-8</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), stoomgekraakt, C5-10-fractie, gemengd met lichte stoomgekraakte aardolienafta-C5-fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), steam-cracked, C5-10 fraction, mixed with light steam-cracked petroleum naphtha C5 fraction</x:t>
   </x:si>
   <x:si>
     <x:t>68477-53-2</x:t>
   </x:si>
   <x:si>
     <x:t>270-736-7</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), stoomgekraakt, C5-12-fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), steam-cracked, C5-12 fraction</x:t>
   </x:si>
   <x:si>
     <x:t>68477-54-3</x:t>
@@ -1265,50 +1700,62 @@
   <x:si>
     <x:t>68603-03-2</x:t>
   </x:si>
   <x:si>
     <x:t>271-634-5</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), thermisch gekraakte nafta en gasolie, extractieve</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), thermal cracked naphtha and gas oil, extractive</x:t>
   </x:si>
   <x:si>
     <x:t>68513-63-3</x:t>
   </x:si>
   <x:si>
     <x:t>271-008-1</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), topproducten van katalytisch gereformde, door directe fractionering verkregen nafta</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), catalytic reformed straight-run naphtha overheads</x:t>
   </x:si>
   <x:si>
+    <x:t>70592-78-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>274-685-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), vacuüm-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), vacuum</x:t>
+  </x:si>
+  <x:si>
     <x:t>91995-40-3</x:t>
   </x:si>
   <x:si>
     <x:t>295-301-9</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), van was ontdane paraffinehoudende lichte, met waterstof behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), dewaxed light paraffinic, hydrotreated</x:t>
   </x:si>
   <x:si>
     <x:t>91995-39-0</x:t>
   </x:si>
   <x:si>
     <x:t>295-300-3</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), van was ontdane zware paraffinehoudende, met waterstof behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), dewaxed heavy paraffinic, hydrotreated</x:t>
   </x:si>
   <x:si>
     <x:t>68814-87-9</x:t>
@@ -1376,5211 +1823,4761 @@
   <x:si>
     <x:t>97488-73-8</x:t>
   </x:si>
   <x:si>
     <x:t>307-010-7</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), waterstofgekraakte met oplosmiddel geraffineerde lichte</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), hydrocracked solvent-refined light</x:t>
   </x:si>
   <x:si>
     <x:t>91995-45-8</x:t>
   </x:si>
   <x:si>
     <x:t>295-306-6</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), waterstofgekraakte solventgeraffineerde, van was ontdaan</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), hydrocracked solvent-refined, dewaxed</x:t>
   </x:si>
   <x:si>
+    <x:t>68333-25-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-781-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), waterstofontzwavelde lichte fractie katalytisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), hydrodesulfurized light catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-19-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-118-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zuurbehandelde lichte nafteenhoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), acid-treated light naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-21-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-121-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zuurbehandelde lichte paraffinehoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), acid-treated light paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-20-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-119-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zuurbehandelde zware paraffinehoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), acid-treated heavy paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-61-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-063-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zwaar katalytisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), heavy catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-81-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-082-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zwaar thermisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), heavy thermal cracked</x:t>
+  </x:si>
+  <x:si>
     <x:t>64741-76-0</x:t>
   </x:si>
   <x:si>
     <x:t>265-077-7</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), zwaar waterstofgekraakt</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), heavy hydrocracked</x:t>
   </x:si>
   <x:si>
     <x:t>67891-79-6</x:t>
   </x:si>
   <x:si>
     <x:t>267-563-4</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), zware aromatische fractie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), heavy arom.</x:t>
   </x:si>
   <x:si>
+    <x:t>64741-53-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-054-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zware nafteenhoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), heavy naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-51-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-052-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zware paraffinehoudende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), heavy paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101631-14-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-939-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>destillaten (aardolie), zware stoomgekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>distillates (petroleum), heavy steam-cracked</x:t>
+  </x:si>
+  <x:si>
     <x:t>68915-96-8</x:t>
   </x:si>
   <x:si>
     <x:t>272-817-2</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (aardolie), zware, directe destillatie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), heavy straight-run</x:t>
   </x:si>
   <x:si>
     <x:t>68188-48-7</x:t>
   </x:si>
   <x:si>
     <x:t>269-159-3</x:t>
   </x:si>
   <x:si>
     <x:t>destillaten (kool-aardolie), gecondenseerde ringen-aromatisch</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (coal-petroleum), condensed-ring arom</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,005 % (g/g) benzo[a]pyreen (EINECS-nr. 200-028-5) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>64741-44-2</x:t>
   </x:si>
   <x:si>
     <x:t>265-044-7</x:t>
   </x:si>
   <x:si>
     <x:t>dieselolie</x:t>
   </x:si>
   <x:si>
     <x:t>distillates (petroleum), straight-run middle</x:t>
   </x:si>
   <x:si>
-    <x:t>92201-59-7</x:t>
-[...8 lines deleted...]
-    <x:t>Distillates (petroleum), intermediate catalytic cracked, thermally degraded, Heavy Fuel oil [A complex combination of hydrocarbons produced by the distillation of products from a catalytic cracking process which has been used as a heat transfer fluid. It consists predominantly of hydrocarbons boiling in the range of approximately 220 °C to 450 °C (428 °F to 842 °F). This stream is likely to contain organic sulfur compounds.]</x:t>
+    <x:t>68477-61-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-741-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), koud zuur, C4-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), cold-acid, C4-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-03-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-102-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), licht nafteenhoudend destillaat oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light naphthenic distillate solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-02-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-672-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), licht paraffinehoudend destillaat oplosmiddel, met koolstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light paraffinic distillate solvent, carbon-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-09-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-633-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), licht paraffinehoudend destillaat oplosmiddel, met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light paraffinic distillate solvent, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-05-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-104-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), lichte paraffinehoudend destillaat oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light paraffinic distillate solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-03-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-673-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), lichte paraffinehoudend destillaat oplosmiddel, met klei behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light paraffinic distillate solvent, clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-04-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-674-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), lichte vacuüm-, gasolieoplosmiddel, behandeld met koolstof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light vacuum, gas oil solvent, carbon-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-78-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-341-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), lichte vacuümgasolieoplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light vacuum gas oil solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-05-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-675-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), lichte vacuümgasolieoplosmiddel, behandeld met klei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light vacuum gas oil solvent, clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-79-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-342-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), lichte vacuümgasolieoplosmiddel, waterstofbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light vacuum gas oil solvent, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93763-11-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-829-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), met oplosmiddel van was ontdane zwaar paraffinisch zwaar destillaat-oplosmiddel-, met waterstof ontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), solvent-dewaxed heavy paraffinic distillate solvent, hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-75-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-338-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), nafteenhoudend licht destillaat oplosmiddel, waterstofontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light naphthenic distillate solvent, hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-68-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-331-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), oplosmiddel-, katalytisch gereformde lichte nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), catalytic reformed light naphtha solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-04-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-180-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), oplosmiddlegeraffineerde zwaar paraffinehoudend destillaat oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), solvent-refined heavy paraffinic distillate solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-77-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-340-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), paraffinehoudend licht destillaat oplosmiddel, waterstofontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light paraffinic distillate solvent, hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-76-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-339-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), paraffinehoudend licht destillaat oplosmiddel, zuurbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), light paraffinic distillate solvent, acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-73-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-335-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), waterstofbehandeld paraffinehoudend licht destillaat oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), hydrotreated light paraffinic distillate solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-11-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-111-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar nafteenhoudend destillaat oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy naphthenic distillate solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-07-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-631-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar nafteenhoudend destillaat oplosmiddel, met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy naphthenic distillate solvent, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93763-10-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-827-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar nafteenhoudend destillaat oplosmiddel, waterstofontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy naphthenic distillate solvent, hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-00-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-175-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar nafteen-houdend destillaatoplosmiddel, aromaatconcentraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy naphthenic distillate solvent, arom. conc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-04-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-103-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar paraffinehoudend destillaat oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy paraffinic distillate solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92704-08-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296-437-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar paraffinehoudend destillaat oplosmiddel, met klei behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy paraffinic distillate solvent, clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90641-08-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-632-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zwaar paraffinehoudend destillaat oplosmiddel, met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy paraffinic distillate solvent, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-43-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-261-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">extracten (aardolie), zware naftaoplosmiddeL met klei behandeld </x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum) heavy naphtha solvent, clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68814-89-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-342-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracten (aardolie), zware paraffinehoudende destillaten oplosmiddel-gedeasfalteerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>extracts (petroleum), heavy paraffinic distillates, solvent-deasphalted</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84988-93-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284-881-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fenolen ammoniakprocesvochtextract, alkalisch extract, (De verzameling fenolen die met isobutylacetaat worden geëxtraheerd uit het ammoniakprocesvocht dat wordt gecondenseerd uit het gas dat ontstaat bij de destructieve lage-temperatuur-destillatie (minder dan 700°C) van kool. Bestaat voornamelijk uit een mengsel van een- en tweewaardige fenolen)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenols, ammonia liquor ext., alkaline extract [The combination of phenols extracted, using isobutyl acetate, from the ammonia liquor condensed from the gas evolved in low-temperature (less than 700°C (1292°F)) destructive distillation of coal. It consists predominantly of a reaction mass of monohydric and dihydric phenols.]</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-29-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-129-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), chemisch geneutraliseerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), chemically neutralized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-59-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-278-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), lichte vacuüm-, thermisch gekraakt met waterstof ontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), light vacuum, thermal-cracked hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-59-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-162-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), met waterstof behandelde vacuümdestillatiefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), hydrotreated vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-79-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-182-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), met waterstof ontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-86-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-189-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), met waterstof ontzwaveld zwaar vacuümdestillatiefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), hydrodesulfurized heavy vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85117-03-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-555-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), met waterstof ontzwavelde verkookser zware vacuümdestillatiefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), hydrodesulfurized coker heavy vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-12-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-112-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), met zuur behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-90-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-092-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), solvent-geraffineerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), solvent-refined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-18-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-260-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), stoomgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), steam-cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-29-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-411-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), thermisch gekraakt, met water ontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), thermal-cracked, hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-08-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-184-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), zwaar atmosferische destillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), heavy atmospheric</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-57-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-058-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën (aardolie), zware vacuümdestillatiefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils (petroleum), heavy vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93924-33-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-227-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën paraffinehoudend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils, paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97862-78-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-128-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gasoliën waterstofbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gas oils, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68606-27-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-737-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), alkyleringsinvoer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), alkylation feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68602-82-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-623-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), benzeeninstallatie, waterstofbehandelaar, pentaanverwijdering-topproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), benzene unit hydrotreater depentanizer overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68602-83-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-624-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C1-5, nat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C1-5, wet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-70-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-751-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C2-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C2-3-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-65-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-205-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C2-4-, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C2-4, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-84-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-766-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C2-terugstroom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C2-return stream</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68131-75-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268-629-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C3-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C3-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-33-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-724-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C3-4, rijk aan isobutaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C3-4, isobutane-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-83-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-765-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C3-5 olefine-paraffine-alkyleringsreagens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C3-5 olefinic-paraffinic alkylation feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-85-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-767-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C4-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C4-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-81-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-762-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), C6-8-katalytische reformer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C6-8 catalytic reformer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-01-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-873-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), destillaat, unifiner-ontzwaveling, stripperuitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), distillate unifiner desulfurization stripper off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-93-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-776-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), destillatie gasconcentratie-herabsorbeerder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), gas concn. reabsorber distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-05-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-878-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), direct door fractionering verkregen lichte benzine, stabilisatoruitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), light straight run gasoline fractionation stabilizer off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68955-34-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-270-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">gassen (aardolie), direct door fractionering verkregen nafta, katalytische reformer, stabilisator-topproducten </x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), straight-run naphtha catalytic reformer stabilizer overhead</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-09-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-882-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), direct door fractionering verkregen nafta, katalytische reforming, uitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), straight-run naphtha catalytic reforming off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-10-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-883-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), directe fractionering, stabilisatoruitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), straight-run stabilizer off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-92-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-774-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), droog zwavelhoudend uitstoot gasconcentratie-installatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), dry sour, gas-concn.-unit-off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-17-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-399-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), gasolie, ontgassing waterstofontzwaveling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), gas oil hydrodesulfurization purge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-15-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-397-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), gasolie, uitstoot diethanolamine-gaswasser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rases (petroleum), gas oil diethanolamine scrubber off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-16-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-398-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), gasolie, uitstroom waterstofontzwaveling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), gas oil hydrodesulfurization effluent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-94-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-777-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), gasterugwinning-installatie, topproducten van propaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), gas recovery plant depropanizer overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-99-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-782-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), geïsomeriseerde naftafractionator, rijk aan C4, vrij van waterstofsulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), isomerized naphtha fractionator, C4-rich, hydrogen sulfide-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-95-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-778-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), grondstof Girbatol-installatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), Girbotol unit feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-00-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-872-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), hexaanverwijdering-uitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), dehexanizer off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-18-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-400-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), hydogenatoruitstroom uitstoot afdampvat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrogenator effluent flash drum off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-71-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-752-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gekraakte gasolie, bodemfracties uit propaanverwijdering, C4-rijk zuurvrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic-cracked gas oil depropanizer bottoms, C4-rich acid-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68952-76-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-169-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gekraakte nafta, butaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic cracked naphtha debutanizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-72-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-754-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gekraakte nafta, butaanverwijdering-bodemfracties, C3-5-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic-cracked naphtha debutanizer bottoms, C3-5-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-73-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-755-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gekraakte nafta, propaanverwijdering-topproducten C3-rijke zuurvrije</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic cracked naphtha depropanizer overhead, C3-rich acid-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68409-99-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-071-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gekraakte topfracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic cracked overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-76-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-758-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gepolymeriseerde nafta, stabilisator-topfractie, C2-4-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic polymd. naphtha stabilizer overhead, C2-4-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-77-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-759-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytisch gereformde nafta, stripper-topproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic reformed naphtha stripper overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-64-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-203-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">gassen (aardolie), katalytisch kraken </x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic cracking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-74-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-756-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische kraker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic cracker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-02-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-874-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische kraker met wervelbed fractioneringsuitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), fluidized catalytic cracker fractionation off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-20-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-893-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische kraker met wervelbed splitter-topproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), fluidized catalytic cracker splitter overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-03-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-875-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische kraker met wervelbed wassing uitstoot secundair absorptievat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), fluidized catalytic cracker scrubbing secondary absorber off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-75-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-757-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische kraker, C1-5-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic cracker, C1-5-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-79-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-760-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische reformer, C1-4-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic reformer, C1-4-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-14-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-999-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), katalytische reforming van door directe fractionering verkregen nafta, stabilisator-topproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), catalytic reformed straight-run naphtha stabilizer overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-17-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-002-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), lichte door directe fractionering verkregen nafta, stabilisatoruitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), light straight-run naphtha stabilizer off</x:t>
   </x:si>
   <x:si>
     <x:t>68955-28-2</x:t>
   </x:si>
   <x:si>
     <x:t>273-265-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt gevormd door de destillatie van producten van een thermisch kraakproces. Bestaat uit koolwaterstoffen overwegend C4. Gassen (aardolie), lichte stoomgekraakte, butadieenconcentraat, Petroleumgas</x:t>
-[...2 lines deleted...]
-    <x:t>Gases (petroleum, light steam-cracked, butadiene conc., Petroleum gas [A complex combination of hydrocarbons produced by the distillation of products from a thermal cracking process. It consists of hydrocarbons having a carbon number predominantly of C4.]</x:t>
+    <x:t>gassen (aardolie), lichte stoomgekraakte, butadieenconcentraat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum, light steam-cracked, butadiene conc.</x:t>
   </x:si>
   <x:si>
     <x:t>Dit aardolie- of steenkoolderivaat bevat een groot gehalte aan butadieen, daarom worden hier de stofklasse en emissiegrenswaarde van butadieen weergegeven.</x:t>
   </x:si>
   <x:si>
+    <x:t>68477-68-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-749-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), mengolie, rijk aan waterstof en stikstof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), blend oil, hydrogen-nitrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-06-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-879-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), nafta-unifiner-ontzwaveling stripperuitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), naphtha unifiner desulfurization stripper off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-15-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-258-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), olieraffinage, uitstoot gasdestillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), oil refinery gas distn. off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-07-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-880-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), platforming, stabilisatoruitstoot, fractionering van lichte eindfracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), platformer stabilizer off, light ends fractionation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68814-90-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-343-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), platformingproducten afscheideruitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), platformer products separator off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-90-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-772-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), propaanverwijdering droog, rijk aan propeen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), depropanizer dry, propene-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68606-34-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-742-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), propaanverwijdering-bodemfracties, fractioneringsuitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), depropanizer bottoms fractionation off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68814-67-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-338-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), raffinage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), refinery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-07-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-183-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), raffinage-meng-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), refinery blend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-02-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-785-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), reformende waterstofbehandelaar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), reforming hydrotreater</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-04-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-788-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), reformende waterstofbehandelaar aanvullings-, waterstof-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), reforming hydrotreater make-up, hydrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-03-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-787-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), reformende waterstofbehandelaar, rijk aan waterstof en methaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), reforming hydrotreater, hydrogen-methane-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-18-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-003-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), reformeruitstroom uitstoot hogedruk-afdampvat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), reformer effluent high-pressure flash drum off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-19-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-005-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), reformeruitstroom uitstoot lagedruk-afdampvat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), reformer effluent low-pressure flash drum off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-01-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-784-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), reformer-verzamel-, waterstof-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), reformer make-up, hydrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-20-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-402-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), residu visbreaking uitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), residue visbaking off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68989-88-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-563-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), ruwe destillatie en katalytisch kraken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), crude distn. and catalytic cracking</x:t>
+  </x:si>
+  <x:si>
     <x:t>68918-99-0</x:t>
   </x:si>
   <x:si>
     <x:t>272-871-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt gevormd door de fractionering van ruwe olie. Bestaat uit verzadigde alifatische koolwaterstoffen overwegend C1 tot en met C5. Gassen (aardolie), ruwe olie, fractioneringsuitstoot, Petroleumgas</x:t>
-[...14 lines deleted...]
-    <x:t>Distillates (petroleum), petroleum residues vacuum, Heavy Fuel oil [A complex combination of hydrocarbons produced by the vacuum distillation of the residuum from the atmospheric distillation of crude oil.]</x:t>
+    <x:t xml:space="preserve">gassen (aardolie), ruwe olie, fractioneringsuitstoot, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), crude oil fractionation off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-19-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-401-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), stoomkraken van nafta, hogedruk-restgassen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), naphtha steam cracking high-pressure residual</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-22-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-404-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), stoomkraker, rijk aan C3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), steam-cracker C3-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-67-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-748-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), terugvoer benzeeninstallatie, rijk aan waterstof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), benzene unit recycle, hydrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-82-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-763-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), terugvoer C6-8 katalytische reformer, rijk aan waterstof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C6-8 catalytic reformer recycle, hydrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-80-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-761-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), terugvoer C6-8-katalytische reformer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), C6-8 catalytic reformer recycle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-00-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-783-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), terugvoer-, waterstof-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), recycle, hydrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-05-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-789-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), thermisch kraken-destillatie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), thermal cracking distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-65-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-746-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), toevoer aminesysteem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), amine system feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-69-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-750-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), topproducten butaansplitter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), butane splitter overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-86-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-768-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), topproducten van ethaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), deethanizer overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-87-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-769-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">gassen (aardolie), topproducten van isobutaanverwijdering-toren </x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), deisobutanizer tower overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-91-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-773-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), topproducten van propaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), depropanizer overheads</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-15-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-000-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), totaalfractie door directe fractionering verkregen nafta, uitstoot van hexaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), full-range straight-run naphtha dehexanizer off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-66-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-747-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot benzeeninstallatie, waterstofontzwavelaar, raffinaderijgas, (Afgassen gevormd in de benzeeninstallatie. Bestaat hoofdzakelijk uit waterstof. Kan ook koolmonoxide en koolwaterstoffen overwegend C1 tot en met C6, inclusief benzeen bevatten)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), benzene unit hydrodesulfurizer off, Refinery gas [Off gases produced by the benzene unit. It consists primarily of hydrogen. Carbon monoxide and hydrocarbons having carbon numbers predominantly in the range of C1 through C6, including benzene, may also be present.]</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68602-84-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-625-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot secundaire absorbeerder, fractionering van topproducten uit katalytische kraker wervelbed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), secondary absorber off, fluidized catalytic cracker overheads fractionator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68955-33-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-269-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot sponsabsorptievat, katalytische kraker met wervelbed en gasolieontzwavelaar, fractionering topproducten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), sponge absorber off, fluidized catalytic cracker and gas oil desulfurizer overhead fractionation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-11-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-884-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot teerstripper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), tar stripper off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-12-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-885-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot unifiner-stripper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), unifiner stripper off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-08-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-881-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot voor-afdampingstoren ruwe destillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), preflash tower off, crude distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-96-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-779-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), uitstoot waterstofabsorbeerder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrogen absorber off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-98-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-781-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), waterstofbehandelaar-mengolie-terugvoer-, rijk aan waterstof en stikstof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrotreater blend oil recycle, hydrogen-nitrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68911-59-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-776-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), waterstofbehandelde zwavelhoudende kerosine, afdampvat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrotreated sour kerosine flash drum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68911-58-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-775-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), waterstofbehandelde zwavelhoudende kerosine, uitstoot pentaanverwijdering-stabilisatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrotreated sour kerosine depentanizer stabilizer off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-06-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-182-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), waterstofkraken lagedruk-afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrocracking low-pressure separator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-16-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-001-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), waterstofkraken uitstoot van propaanverwijdering, koolwaterstofrijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrocracking depropanizer off, hydrocarbon-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68477-97-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-780-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), waterstof-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), hydrogen-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-04-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-876-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gassen (aardolie), zwaar destillaat, waterstofontzwaveling, stripper-uitstoot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), heavy distillate hydrotreater desulfurization stripper off</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-62-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-064-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geklaarde oliën (aardolie), katalytisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>clarified oils (petroleum), catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68333-26-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-782-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>geklaarde oliën (aardolie), met waterstof ontzwavelde katalytisch gekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>clarified oils (petroleum), hydrodesulfurized catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-81-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-184-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kerosine (aardolie), met waterstof ontzwaveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kerosine (petroleum), hydrodesulfurized</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Deze stof wordt als ZZS geïdentificeerd omdat deze volgens de gegevens bij ECHA (echa.europa.eu) één of meerdere ZZS bevat.  In overeenkomst met de mengselnotitie wordt de stof dan als ZZS geïdentificeerd. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>97722-08-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-757-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C11-17-, solvent-geëxtraheerde lichte naftenische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C11-17, solvent-extd. light naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97675-86-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-660-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C12-20-, waterstofbehandelde parafinische, lichte destillatiefracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C12-20, hydrotreated paraffinic, distn. lights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-16-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-259-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C1-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C1-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95371-04-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305-971-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C13-30-, rijk aan aromaten met solvent geëxtraheerd naftenisch destillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C13-30, arom.-rich, solvent-extd. naphthenic distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68514-31-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-032-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C1-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C1-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-19-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-261-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C1-4, butaanverwijdering-fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C1-4, debutanizer fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68514-36-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-038-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C1-4-, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C1-4, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97722-10-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-760-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C14-19-, met oplosmiddel geëxtraheerde lichte naftenische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C14-29, solvent-extd. light naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>97675-85-9</x:t>
   </x:si>
   <x:si>
     <x:t>307-659-6</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt verkregen als de eerste fracties uit de vacuümdestillatie van de vloeistof die wordt verkregen door de behandeling van een middendestillaat met waterstof. Bestaat voornamelijk uit koolwaterstoffen overwegend C16 tot en met C20, met een kooktraject van ongeveer 290°C tot 350°C. Het vormt een voltooide olie met een viscositeit van 2cSt bij 100°C. Gasolie - niet gespecifieerd koolwaterstoffen C16-20-waterstofbehandeld middendestillaat, lichte destillatiefracties</x:t>
-[...14 lines deleted...]
-    <x:t>Hydrocarbons, C12-20, hydrotreated paraffinic, distn. lights, Gasoil - unspecified [A complex combination of hydrocarbons obtained as first runnings from the vacuum distillation of effluents from the treatment of heavy paraffins with hydrogen in the presence of a catalyst. It consists predominantly of hydrocarbons having carbon numbers predominantly in the range of C12 through C20 and boiling in the range of approximately 230 °C to 350 °C (446 °F to 662 °F). It produces a finished oil having a viscosity of 2cSt at 100 °C (212 °F).]</x:t>
+    <x:t>koolwaterstoffen C16-20-waterstofbehandeld middendestillaat, lichte destillatiefracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C16-20, hydrotreated middle distillate, distn. lights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95371-05-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305-972-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C16-32-, rijk aan aromaten met solvent geëxtraheerd naftenisch destillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C16-32, arom. rich, solvent-extd. naphthenic distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97862-82-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-132-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C17-30-, met waterstof behandelde destillaten lichte destillatiefracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C17-30, hydrotreated distillates, distn. lights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97675-87-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-661-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C17-30-, waterstofbehandeld met oplosmiddel gedeasfalteerd residu van de atmosferische destillatie, lichte destillatiefracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">hydrocarbons, C17-30, hydrotreated solvent-deasphalted atm. distn. residue, distn. lights, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>97722-06-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-755-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C17-40-, met waterstofbehandeld met oplosmiddel gedeasfalteerd destillatieresidu, lichte vacuümdestillatiefracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C17-40, hydrotreated solvent-deasphalted distn. residue, vacuum distn. lights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90640-95-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-617-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C20-50-, met oplosmiddel van was ontdane zware paraffinische, met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C20-50, solvent dewaxed heavy paraffinic, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93924-61-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300-257-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C20-50-, residuolie hydrogenering vacuümdestillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C20-50, residual oil hydrogenation vacuum distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-70-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-289-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C20-58-, met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C20-58, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68606-25-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-734-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C2-4-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C2-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-49-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-689-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C2-4, rijk aan C3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C2-4, C3-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97722-04-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-753-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C26-55, rijk aan aromaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons C26-55, arom-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97862-81-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-131-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C27-42-, gedearomatiseerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C27-42, dearomatized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-71-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-290-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C27-42-, naftenisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C27-42, naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97926-68-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-287-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C27-45-, gedearomatiseerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C27-45, dearomatized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97862-83-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-133-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C27-45-, naftenische vacuümdestillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C27-45, naphthenic vacuum distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68606-26-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-735-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C3-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-46-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-686-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C3-11, destillaten uit katalytische kraker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C3-11, catalytic cracker distillates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-40-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-681-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C3-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C3-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68512-91-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-990-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C3-4-rijk aardoliedestillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C3-4-rich, petroleum distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102110-14-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-012-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C3-6-, rijk aan C5, stoomgekraakte nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C3-6, C5-rich, steam-cracked naphtha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95371-08-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305-975-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C37-65-, met waterstof behandelde van asfalt ontdane vacuümdestillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C37-65, hydrotreated deasphalted vacuum distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95371-07-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305-974-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C37-68-, van was en asfalt ontdane met waterstof behandelde vacuümdestillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C37-68, dewaxed deasphalted hydrotreated vacuum distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87741-01-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>289-339-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-23-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-405-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-, stoomkrakerdestillaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4, steam-cracker distillate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95465-89-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306-004-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-, vrij van 1,3-butadieen en isobuteen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4, 1,3-butadiene- and isobutene-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-63-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-445-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-11-, naftakraken aromaatvrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4-11, naphtha-cracking, arom.-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-61-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-443-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-12-, naftakraken waterstofbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4-12, naphtha-cracking, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-42-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-682-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-5-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91995-38-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-298-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C4-6-, lichte fracties pentaanverwijdering, aromatische waterstofbehandelaar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C4-6, depentanizer lights, arom. hydrotreater</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93572-36-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-466-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C5-11-, rijk aan niet-aromaten lichte fractie uit reforming</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C5-11, nonaroms.-rich, reforming light fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93763-33-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-852-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C6-11-, waterstofbehandeld gedearomatiseerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C6-11, hydrotreated, dearomatized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-64-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-446-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C6-7, naftakraken oplosmiddelgeraffineerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C6-7, naphtha-cracking, solvent-refined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-66-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-870-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C6-8-, gehydrogeneerde, door sorptie gedearomatiseerde, tolueenraffinage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C6-8, hydrogenated sorption-dearomatized, toluene raffination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93572-35-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-465-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C7-12-, rijk aan C groter dan 9aromaten zware fractie uit reforming</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C7-12, C≥9-arom.-rich, reforming heavy fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-62-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-444-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C8-11-, naftakraken tolueenfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C8-11, naphtha-cracking, toluene cut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101794-97-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-974-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C8-12-, destillaten uit katalytische kraker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C8-12, catalytic cracker distillates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92128-94-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-794-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C8-12-, katalytisch gekraakte, chemisch geneutraliseerde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C8-12, catalytic-cracking, chem. neutralized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93763-34-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-853-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen C9-12-, waterstofbehandeld gedearomatiseerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C9-12, hydrotreated, dearomatized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93763-38-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-857-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen met waterstof gekraakte paraffine-houdende destillatieresiduen met solvent van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, hydrocracked paraffinic distn. residues, solvent-dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-55-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-695-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen rijk aan C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C5-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102110-15-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-013-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen rijk aan C5, dicyclopentadieen bevattend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C5-rich, dicyclopentadiene-contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-67-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-871-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen rijk aan C6, waterstofbehandelde lichte naftadestillaten oplosmiddelgeraffineerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C6-rich, hydrotreated light naphtha distillates, solvent-refined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-55-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-436-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen waterstofbehandelde lichte naftadestillaten oplosmiddelgeraffineerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, hydrotreated light naphtha distillates, solvent-refined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-50-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-690-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen, C≥5, rijk aan C5-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C≥5, C5-6-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1189173-42-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>918-811-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen, C10, aromaten, &lt;1% naftaleen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C10, aromatics, &lt;1% naphthalene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24-1-2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deze stof is als ZZS geïdentificeerd omdat deze volgens de stofnaam mogelijk meer dan 0,1 % van de ZZS naftaleen bevat. Als kan worden aangetoond dat het gehalte aan naftaleen lager is dan 0,1 % en er ook geen andere ZZS in de stof aanwezig zijn in een concentratie hoger dan 0,1 % hoeft de stof niet als ZZS te worden beschouwd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922-153-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen, C10-C13, aromaten, &lt;1% naftaleen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C10-C13, aromatics, &lt;1% naphthalene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25-8-2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97722-09-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-758-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen, C13-27-, met oplosmiddel geëxtraheerde lichte naftenische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C13-27, solvent-extd. light naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-47-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-687-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen, C2-6-, katalytische reformer C6-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C2-6, C6-8 catalytic reformer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101896-28-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-987-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstoffen, C8-12-, katalytisch gekraakte, chemisch geneutraliseerde, stankvrij gemaakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbons, C8-12, catalytic cracking, chem. neutralized, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100801-65-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-748-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstofoliën aromatisch gemengd met polyethyleen gepyrolyseerd lichte oliefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbon oils, arom., mixed with polyethylene, pyrolyzed, light oil fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100801-66-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-749-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstofoliën aromatisch gemengd met polystyreen gepyrolyseerd lichte oliefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbon oils, arom., mixed with polystyrene, pyrolyzed, light oil fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100801-63-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-745-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>koolwaterstofoliën, aromatisch, gemengd met polyethyleen en polypropyleen gepyrolyseerd lichte oliefractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hydrocarbon oils, arom., mixed with polyethylene and polypropylene, pyrolyzed, light oil fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8032-32-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-453-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ligroïne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ligroine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74869-21-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278-011-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mineraal vet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating greases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8030-30-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-443-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68603-08-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-635-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), aromaathoudend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), arom.-contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-49-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-430-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), C4-12-butaanalkylaat, rijk aan isooctaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), C4-12, butane-alkylate, isooctane-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-23-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-123-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), chemisch geneutraliseerde lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), chemically neutralized light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-22-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-122-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), chemisch geneutraliseerde zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), chemically neutralized heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-70-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-073-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), isomerisatie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), isomerization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-58-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-440-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), isomerisatie-, C6-fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), isomerization, C6-fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-09-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-185-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), katalytisch gekraakte lichte destillaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), catalytic cracked light distd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68955-35-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-271-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), katalytisch gereformde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), catalytic reformed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85116-59-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-510-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), katalytisch gereformde lichte, aromaatvrije fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), catalytic reformed light, arom.-free fraction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-66-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-170-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), katalytisch van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), catalytic dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-66-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-068-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), licht, gealkyleerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light alkylate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-46-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-046-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte direct uit fractionering verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light straight-run</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92201-97-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296-028-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte hitteverzadigde, stoomgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light heat-soaked, steam-cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-55-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-056-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte katalytisch gekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-59-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-441-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte katalytisch gekraakte, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light catalytic cracked sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-63-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-065-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte katalytisch gereformde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light catalytic reformed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-03-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-993-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte katalytisch gereformde, vrij van aromaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light catalytic reformed, arom.-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-83-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-187-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte stoomgekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light steam-cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-23-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-264-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte stoomgekraakte aromatische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light steam-cracked arom.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98219-47-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-714-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte stoomgekraakte, thermisch behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light steam-cracked, thermally treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-26-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-266-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte stoomgekraakte, van benzeen ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light steam-cracked, debenzenized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98219-46-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-713-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte stoomgekraakte, van benzeen ontdaan thermisch behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light steam-cracked, debenzenized, thermally treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-74-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-075-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte thermisch gekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light thermal cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-65-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-447-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte thermisch gekraakte, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light thermal cracked, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-69-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-071-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte waterstofgekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light hydrocracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-60-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-442-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte, rijk aan C5, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light, C5-rich, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-66-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-206-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), lichte, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101795-01-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-976-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), sweetened light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-22-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-263-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), met klei behandelde lichte direct door fractionering verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), clay-treated light straight-run</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-21-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-262-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), met klei behandelde totaalfractie direct door fractionering verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), clay-treated full-range straight-run</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-57-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-438-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), met stoom gekraakte lichte fractie, waterstofbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrotreated light steam-cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-51-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-432-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), met stoom gekraakte zware fractie, gehydrogeneerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy steam-cracked, hydrogenated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-15-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-115-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">nafta (aardolie), met zuur behandeld </x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-12-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-186-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), niet stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), unsweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-84-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-086-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), oplosmiddelgeraffineerde lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), solvent-refined light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97488-96-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-035-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), solvent-geraffineerd met waterstof ontzwaveld zwaar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), solvent-refined hydrodesulfurized heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-87-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-089-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68516-20-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-138-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), stoomgekraakte aromatische middenfracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), steam-cracked middle arom.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-42-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-042-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), totaalfractie direct uit fractionering verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), full-range straight-run</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68527-27-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-267-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), totaalfractie gealkyleerd butaan bevattend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), full-range alkylate, butane-contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68919-37-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-895-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), totaalfractie gereformde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), full-range reformed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-02-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-991-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), totaalfractie verkookser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), full-range coker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-64-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-066-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), totaalfractie, gealkyleerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), full-range alkylate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-49-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-151-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofbehandelde lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrotreated light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85116-61-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-512-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofbehandelde lichte fractie, cycloalkaan bevattend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrotreated light, cycloalkane-contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-48-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-150-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofbehandelde zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrotreated heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-52-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-433-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofontzwaveld totaalfractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrodesulfurized full-range</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-76-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-879-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofontzwaveld totaalfractie uit verkookser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrodesulfurised full-range coker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-73-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-178-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofontzwavelde lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrodesulfurized light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-53-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-434-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofontzwavelde lichte, gedearomatiseerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrodesulfurized light, dearomatized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85116-60-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-511-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofontzwavelde thermisch gekraakte lichte fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrodesulfurized thermal cracked light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-82-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-185-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), waterstofontzwavelde zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), hydrodesulfurized heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-65-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-067-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zwaar, gealkyleerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy alkylate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101631-20-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-945-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware direct door fractionering verkregen aromaathoudend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy straight run, arom.-contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-41-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-041-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware direct uit fractionering verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy straight-run</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-54-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-055-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware katalytisch gekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy catalytic cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-50-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-431-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware katalytisch gekraakte, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy catalytic cracked, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-68-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-070-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware katalytisch gereformde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy catalytic reformed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-83-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-085-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware thermisch gekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy thermal cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-78-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-079-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (aardolie), zware waterstofgekraakte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), heavy hydrocracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93165-55-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>296-942-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (petroleum), licht stoomgekraakt, gehydrogeneerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), light steam-cracked, hydrogenated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-92-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-095-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafta (petroleum), oplosmiddelgeraffineerde zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphtha (petroleum), solvent-refined heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-75-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-179-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafteenhoudende oliën (aardolie), complexe van was ontdane zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphthenic oils (petroleum), complex dewaxed heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-69-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-173-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafteenhoudende oliën (aardolie), katalytisch van was ontdane lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphthenic oils (petroleum), catalytic dewaxed light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-68-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-172-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafteenhoudende oliën (aardolie), katalytisch van was ontdane zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphthenic oils (petroleum), catalytic dewaxed heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-76-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-180-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nafteenoliën (aardolie), complexe van was ontdane lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>naphthenic oils (petroleum), complex dewaxed light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92062-09-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-523-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffine (aardolie), met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92062-10-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-524-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffine (aardolie), smeltend bij lage temperaturen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), low-melting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92062-11-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-525-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffine (aardolie), smeltend bij lage temperatuur, met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), low-melting, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-61-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-165-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-49-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-723-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie), behandeld met koolstof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), carbon-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97863-06-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-158-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie), laag-smeltend behandeld met kiezelzuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), low-melting, silicic acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97863-05-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-156-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie), laagsmeltend behandeld met klei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), low-melting, clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97863-04-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-155-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie), laagsmeltend behandeld met kool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), low-melting, carbon-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-78-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-660-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie), met klei behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>alack wax (petroleum), clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-77-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-659-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>olierijke paraffinewas (aardolie), zuur-behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>slack wax (petroleum), acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-89-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-192-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (aardolie), lichte alifatische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (petroleum), light aliph.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-95-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-199-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (aardolie), lichte aromatische</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (petroleum), light arom.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68512-78-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-988-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (aardolie), lichte aromatische, waterstofbehandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (petroleum), light arom., hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92062-15-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-529-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>oplosmiddelnafta (aardolie), waterstofbehandelde lichte, nafteenhoudend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (petroleum), hydrotreated light naphthenic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-94-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-198-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oplosmiddelnafta (aardolie), zwaar aromatisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solvent naphtha (petroleum), heavy arom.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-70-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-174-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffinehoudende oliën (aardolie), katalytisch van was ontdane zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin oils (petroleum), catalytic dewaxed heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-71-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-176-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffineoliën (aardolie), katalytisch van was ontdane lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin oils (petroleum), catalytic dewaxed light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92129-09-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-810-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffineoliën (aardolie), solvent-geraffineerde van was ontdane zware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>paraffin oils (petroleum), solvent-refined dewaxed heavy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8009-03-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-373-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97862-98-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-150-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (aardolie), behandeld met kiezelzuur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (petroleum), silicic acid-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-33-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-706-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (aardolie), behandeld met klei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (petroleum), clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97862-97-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-149-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (aardolie), behandeld met kool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (petroleum), carbon-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64743-01-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-206-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (aardolie), geoxideerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (petroleum), oxidized</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85029-74-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285-098-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (aardolie), met alumina behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (petroleum), alumina-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-77-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-459-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (aardolie), met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petrolatum (petroleum), hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97722-19-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-769-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleumgas, Raffinaten (aardolie), stoomgekraakte C4-fractie, cuproammoniumacetaatextractie, C3-5- en C3-5-onverzadigD vrij van butadieen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raffinates (petroleum), steam-cracked C4 fraction cuprous ammonium acetate extn., C3-5 and C3-5 unsatd., butadiene-free, Petroleum gas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-85-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-704-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleumgassen vloeibaar gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum gases, liquefied</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-86-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-705-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleumgassen vloeibaar gemaakt, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum gases, liquefied, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68410-71-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-088-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinaten (aardolie), katalytische reformer, ethyleenglycol-water-tegenstroomextractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinates (petroleum), catalytic reformer ethylene glycol-water countercurrent exts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68425-35-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-349-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinaten (aardolie), reformer, Lurgi-afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinates (petroleum), reformer, Lurgi unit-sepd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122070-78-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-169-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residu dat wordt verkregen bij de destillatie van ruwe fenantreen met een kooktraject van ongeveer 340°C tot 420°C. Bestaat voornamelijk uit fenantreen antraceen en carbazool. Zware anthraceen olie, destillaat, fenantreen destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phenanthrene, distn. residues, Heavy Anthracene Oil Redistillate [Residue from the distillation of crude phenanthrene boiling in the approximate range of 340 °C to 420 °C (644 °F to 788 °F). It consists predominantly of phenanthrene, anthracene and carbazole.]</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68607-30-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-763-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), aftopinrichting, laag zwavelgehalte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), topping plant, low-sulfur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-66-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-010-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), alkyleringssplitter, C4-rijk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), alkylation splitter, C4-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68333-22-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-777-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), atmosferische destillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), atmospheric</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-45-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-045-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), atmosferische destillatietoren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), atm. tower</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-12-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-791-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), butaansplitter-bodemfracties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), butane splitter bottoms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92062-00-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-514-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), gehydrogeneerde met stoom gekraakte nafta-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), hydrogenated steam-cracked naphtha</x:t>
   </x:si>
   <x:si>
     <x:t>92061-97-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-511-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt verkregen als de residufractie uit de destillatie van de producten van een katalytisch kraakproces. Bestaat voornamelijk uit koolwaterstoffen overwegend groter dan C11, kokend boven ongeveer 200°C. Stookolie, residuen (aardolie), katalytische kraak-</x:t>
-[...14 lines deleted...]
-    <x:t>Petrolatum (petroleum), hydrotreated, Petrolatum [A complex combination of hydrocarbons obtained as a semi-solid from dewaxed paraffinic residual oil treated with hydrogen in the presence of a catalyst. It consists predominantly of saturated microcrystalline and liquid hydrocarbons having carbon numbers predominantly greater than C20.]</x:t>
+    <x:t>residuen (aardolie), katalytische kraak-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), catalytic cracking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-67-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-069-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), katalytische reformator-fractioneerder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), catalytic reformer fractionator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-13-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-792-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), katalytische reformator-fractioneerder-residu destillatie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), catalytic reformer fractionator residue distn.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-15-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-794-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), katalytische reformer C6-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), C6-8 catalytic reformer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68512-62-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-984-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), lichte vacuüm-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), light vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-78-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-181-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), met waterstof ontzwaveld atmosferische destillatietoren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), hydrodesulfurized atmospheric tower</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-90-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-193-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), stoomgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-75-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-657-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), stoomgekraakt, destillaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked, distillates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68955-36-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-272-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), stoomgekraakt, harsachtig</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked, resinous</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68513-69-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271-013-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), stoomgekraakte lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102110-55-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-057-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), stoomgekraakte lichte, aromatisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked light, arom.</x:t>
   </x:si>
   <x:si>
     <x:t>92062-04-9</x:t>
   </x:si>
   <x:si>
     <x:t>295-517-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt verkregen als een kolombodemfractie uit de scheiding van uitstromen uit het stoomkraken van nafta bij hoge temperatuur. Heeft een kooktraject van ongeveer 147°C tot 300°C en vormt een voltooide olie met een viscositeit van 18cSt bij 50°C. Gekraakte gasolie, residuen (aardolie), stoomgekraakte naftadestillatie</x:t>
-[...62 lines deleted...]
-    <x:t>Distillates (petroleum), acid-treated heavy paraffinic, Unrefined or mildly refined baseoil [A complex combination of hydrocarbons obtained as a raffinate from a sulfuric acid process. It consists predominantly of saturated hydrocarbons having carbon numbers predominantly in the range of C20 through C50 and produces a finished oil having a viscosity of a least 100 SUS at 100 °F (19cSt at 40 °C).]</x:t>
+    <x:t>residuen (aardolie), stoomgekraakte naftadestillatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked naphtha distn.</x:t>
   </x:si>
   <x:si>
     <x:t>93763-85-0</x:t>
   </x:si>
   <x:si>
     <x:t>297-905-8</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt verkregen als residu uit de destillatie van stoomgekraakte uitputtend verhitte nafta, met een kooktraject van ongeveer 150°C tot 350°C. Gekraakte gasolie, residuen (aardolie), stoomgekraakte uitputtend verhitte nafta</x:t>
-[...158 lines deleted...]
-    <x:t>Gases (petroleum), steam-cracker C3-rich, Petroleum gas [A complex combination of hydrocarbons produced by the distillation of products from a steam cracking process. It consists predominantly of propylene with some propane and boils in the range of approximately -70°C to 0°C (-94°F to 32°F).]</x:t>
+    <x:t>residuen (aardolie), stoomgekraakte uitputtend verhitte nafta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), steam-cracked heat-soaked naphtha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-80-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-081-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), thermisch gekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), thermal cracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-76-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-658-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), vacuüm-, lichte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), vacuum, light</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68783-13-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-187-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), verkookser-gasreiniger, bevat aromaten met gecondenseerde ringen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), coker scrubber, condensed-ring-arom.-contg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-75-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-076-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), waterstofgekraakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), hydrocracked</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-17-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-796-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), zware uit verkookser afkomstige gasolie- en vacuümgasolie-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), heavy coker gas oil and vacuum gas oil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68512-61-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-983-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen (aardolie), zware verkookser- en lichte vacuüm-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues (petroleum), heavy coker and light vacuum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98219-64-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308-733-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuen stoomgekraakt, thermisch behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residues, steam cracked, thermally treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90669-74-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-656-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residue-oliën (aardolie), met water behandeld en met oplosmiddel van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), hydrotreated solvent dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93821-66-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298-754-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-38-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-711-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), behandeld met klei en met oplosmiddel van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), clay-treated solvent-dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100684-37-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-710-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), behandeld met koolstof en met oplosmiddel van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), carbon-treated solvent-dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-16-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-795-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), butaanverwijderingstoren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), deisobutanizer tower</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91770-57-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294-843-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), katalytisch van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), catalytic dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-41-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-143-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), met klei behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), clay-treated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64741-95-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-096-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residuoliën (aardolie), met oplosmiddel gedeasfalteerde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), solvent deasphalted</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-01-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-101-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), met oplosmiddel geraffineerde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum,) solvent-refined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-62-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-166-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), met oplosmiddel van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), solvent-dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64742-57-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265-160-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), met waterstof behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92061-86-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-499-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residu-oliën (aardolie), waterstof gekraakte met zuur behandelde met oplosmiddel van was ontdane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>residual oils (petroleum), hydrocracked acid-treated solvent-dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68952-80-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-174-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), direct door fractionering verkregen nafta, waterstofontzwavelaar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), straight-run naphtha hydrodesulfurizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-10-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-630-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), direct uit fractionering verkregen destillaat, waterstofontzwavelaar, waterstofsulfide-vrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), straight-run distillate hydrodesulfurizer, hydrogen sulfide-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-24-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-804-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), fractionator van gecombineerde producten uit katalytische kraker, katalytische reformer en waterstofontzwavelaar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic cracker, catalytic reformer and hydrodesulfurizer combined fractionater</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-06-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-626-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), fractionator van waterstofontzwaveld destillaat en waterstofontzwavelde nafta, zuurvrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), hydrodesulfurized distillate and hydrodesulfurized naphtha fractionator, acid-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-04-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-624-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), gasterugwinning-installatie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), gas recovery plant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-05-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-625-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), gasterugwinning-installatie, ethaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), gas recovery plant deethanizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-08-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-628-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), geïsomeriseerde nafta, fractioneringsstabilisator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), isomerized naphtha fractionation stabilizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-29-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-809-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), gekraakt destillaat, waterstofbehandelaar, afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), cracked distillate hydrotreater separator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-01-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-620-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), gekraakt destillaat, waterstofbehandelingsstripper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), cracked distillate hydrotreater stripper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-32-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-813-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), gemengde stroom uit de verzadigd-gasinstallatie, rijk aan C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), saturate gas plant mixed stream, C4-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68307-98-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-617-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gekraakt destillaat en katalytisch gekraakte nafta, fractioneringsabsorptievat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic cracked distillate and catalytic cracked naphtha fractionation absorber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68952-77-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-170-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gekraakt destillaat, naftastabilisator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic cracked distillate and naphtha stabilizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-21-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-802-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gekraakte geklaarde olie en thermisch gekraakt vacuümresidu, fractioneringsterugloopvat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic cracked clarified oil and thermal cracked vacuum residue fractionation reflux drum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-22-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-803-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gekraakte nafta, stabilisatie-absorbeerder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic cracked naphtha stabilization absorber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-26-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-806-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gereformde nafta, fractioneringsstabilisator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic reformed naphtha fractionation stabilizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-00-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-619-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gereformde nafta, fractioneringsstabilisator, waterstofsulfide-vrij</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic reformed naphtha fractionation stabilizer, hydrogen sulfide-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-28-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-808-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gereformde nafta-stabilisator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic reformed naphtha stabilizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-27-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-807-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch gereformde, nafta-afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic reformed naphtha separator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-03-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-623-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch kraken van gasolie, absorptievat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), gas oil catalytic cracking absorber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-25-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-805-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch krakenrefractioneringsabsorbeerder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic cracker refractionation absorber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68952-79-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-173-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytisch waterstof-ontzwavelde nafta, afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic hydrodesulfurized naphtha separator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68307-99-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-618-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), katalytische polymerisatie van nafta, fractioneringsstabilisator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), catalytic polymn. naphtha fractionation stabilizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-11-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-631-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), propaan-propyleenalkyleringstoevoer, preparatieve ethaanverwijdering</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), propane-propylene alkylation feed prep deethanizer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-09-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-629-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), stabilisator van lichte direct uit fractionering verkregen nafta, vrij van waterstofsulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), light straight-run naphtha stabilizer, hydrogen sulfide-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-07-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-627-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), stripper van waterstofontzwavelde gasolie uit vacuümdestillatie, vrij van waterstofsulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), hydrodesulfurized vacuum gas oil stripper, hydrogen sulfide-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68952-81-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-175-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), thermisch gekraakt destillaat, gasolie en nafta-absorptievat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), thermal-cracked distillate, gas oil and naphtha absorber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68952-82-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273-176-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), thermisch gekraakte koolwaterstof, fractioneringsstabilisator, aardolieverkooksing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), thermal cracked hydrocarbon fractionation stabilizer, petroleum coking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-34-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-815-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), thermische vacuümresiduenkraker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), vacuum residues thermal cracker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-33-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-814-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), verzadigd- gasterugwinningsinstallatie, rijk aan C1-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), saturate gas recovery plant, C1-2-rich</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68308-12-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269-632-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), waterstofontzwavelaar van gasolie uit vacuümdestillatie, vrij van waterstofsulfide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), vacuum gas oil hydrodesulfurizer, hydrogen sulfide-free</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68478-30-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-810-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>restgas (aardolie), waterstofontzwaveling van door directe fractionering verkregen nafta, afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tail gas (petroleum), hydrodesulfurized straight-run naphtha separator</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74869-22-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278-012-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93572-43-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>297-474-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), basisoliën, paraffine-houdende</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), base oils, paraffinic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-69-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-874-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C groter dan 25, solventgeëxtraheerd gedeasfalteerd van was ontdaan gehydrogeneerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C &gt;25, solvent-extd., deasphalted, dewaxed, hydrogenated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72623-86-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276-737-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C15-30-, met waterstof behandelde uit neutrale olie verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C15-30, hydrotreated neutral oil-based</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-70-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-875-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C17-32-, solventgeëxtraheerd van was ontdaan gehydrogeneerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C17-32, solvent-extd., dewaxed, hydrogenated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-42-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-423-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C17-35-, solvent-geëxtraheerd van was ontdaan met water behandeld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C17-35, solvent-extd., dewaxed, hydrotreated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97488-95-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-034-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C18-27-, waterstofgekraakt met solvent van was ontdaan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C18-27, hydrocracked solvent-dewaxed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94733-16-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305-595-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C18-40-, met oplosmiddel van was ontdaan verkregen uit gehydrogeneerd raffinaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C18-40, solvent-dewaxed hydrogenated raffinate-based</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94733-15-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305-594-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C18-40, met oplosmiddel van was ontdane waterstofgekraakte uit destillaat verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C18-40, solvent-dewaxed hydrocracked distillate-based</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-71-6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-876-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C20-35,- solventgeëxtraheerd van was ontdaan gehydrogeneerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C20-35, solvent-extd., dewaxed, hydrogenated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72623-85-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276-736-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C20-50-, met waterstof behandelde uit neutrale olie verkregen hoge viscositeit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C20-50, hydrotreated neutral oil-based, high-viscosity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72623-87-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276-738-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C20-50-, uit met waterstof behandelde neutrale olie verkregen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C20-50, hydrotreated neutral oil-based</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101316-72-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309-877-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), C24-50, solvent-geëxtraheerd van was ontdaan gehydrogeneerd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), C24-50, solvent-extd., dewaxed, hydrogenated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92045-43-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295-424-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>smeeroliën (aardolie), met waterstof gekraakte niet-aromatische met solvent gedeparaffineerde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lubricating oils (petroleum), hydrocracked nonarom. solvent-deparaffined</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052-41-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>232-489-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>stoddard-oplosmiddel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>stoddard solvent</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-32-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-674-0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stookolie, zware stookolie, gasoliën verkregen uit residuen van direkte destillatie, hoog zwavelgehalte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuel oil, residues-straight-run gas oils, high-sulfur, Heavy Fuel oil</x:t>
   </x:si>
   <x:si>
     <x:t>92045-14-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-396-7</x:t>
   </x:si>
   <x:si>
-    <x:t>Een complexe verzameling koolwaterstoffen die wordt verkregen door de destillatie van ruwe aardolie. Bestaat voornamelijk uit alifatische, aromatische en cyclo-alifatische koolwaterstoffen overwegend groter dan C25 en kokend boven ongeveer 400°C. Stookolie, zware stookolie, hoog zwavelgehalte</x:t>
-[...4751 lines deleted...]
-    <x:t>Fuel oil, residues-straight-run gas oils, high-sulfur, Heavy Fuel oil</x:t>
+    <x:t>zware stookolie, hoog zwavelgehalte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fuel oil, heavy, high-sulfur</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -7215,162 +7212,162 @@
       <x:c r="G6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L6" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M6" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N6" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O6" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:15">
       <x:c r="A7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:15">
       <x:c r="A8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L8" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O8" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:15">
       <x:c r="A9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -7403,424 +7400,424 @@
       <x:c r="G10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N10" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O10" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:15">
       <x:c r="A11" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
+      <x:c r="C11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C11" s="0" t="s">
+      <x:c r="D11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="s">
+      <x:c r="E11" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L11" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="M11" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N11" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="O11" s="0" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:15">
       <x:c r="A12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L12" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O12" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:15">
       <x:c r="A13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:15">
       <x:c r="A14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L14" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N14" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O14" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:15">
       <x:c r="A15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:15">
       <x:c r="A16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L16" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M16" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N16" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O16" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:15">
       <x:c r="A17" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="B17" s="1" t="s">
+      <x:c r="C17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C17" s="0" t="s">
+      <x:c r="D17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D17" s="0" t="s">
+      <x:c r="E17" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="M17" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N17" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="O17" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:15">
       <x:c r="A18" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
+      <x:c r="E18" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K18" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C18" s="0" t="s">
+      <x:c r="L18" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D18" s="0" t="s">
+      <x:c r="M18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N18" s="0" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="O18" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:15">
       <x:c r="A19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
@@ -7920,286 +7917,286 @@
       <x:c r="G21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L24" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M24" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N24" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O24" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N25" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K26" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L26" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
+      <x:c r="M26" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="N26" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D26" s="0" t="s">
+      <x:c r="O26" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
@@ -8266,128 +8263,128 @@
       </x:c>
       <x:c r="M28" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N28" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O28" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L30" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M30" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N30" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O30" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
@@ -8484,568 +8481,568 @@
       <x:c r="G33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
+      <x:c r="C34" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C34" s="0" t="s">
+      <x:c r="D34" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D34" s="0" t="s">
+      <x:c r="E34" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L34" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="M34" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N34" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="O34" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L36" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M36" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N36" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O36" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L38" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M38" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N38" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O38" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="B40" s="1" t="s">
+      <x:c r="C40" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C40" s="0" t="s">
+      <x:c r="D40" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D40" s="0" t="s">
+      <x:c r="E40" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F40" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G40" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I40" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J40" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K40" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L40" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="M40" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E40" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="N40" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O40" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L42" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M42" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N42" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O42" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L44" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M44" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N44" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O44" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
@@ -9065,5486 +9062,5486 @@
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L46" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M46" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N46" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O46" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L48" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M48" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N48" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O48" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N49" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
       <x:c r="A50" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L50" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M50" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N50" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O50" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:15">
       <x:c r="A51" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L52" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M52" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N52" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O52" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:15">
       <x:c r="A54" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L54" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M54" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N54" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O54" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:15">
       <x:c r="A55" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:15">
       <x:c r="A56" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L56" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M56" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N56" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O56" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:15">
       <x:c r="A57" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:15">
       <x:c r="A58" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L58" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M58" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N58" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O58" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:15">
       <x:c r="A59" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N59" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:15">
       <x:c r="A60" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L60" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M60" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N60" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O60" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:15">
       <x:c r="A61" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:15">
       <x:c r="A62" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L62" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M62" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N62" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O62" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:15">
       <x:c r="A63" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:15">
       <x:c r="A64" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L64" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M64" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N64" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O64" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:15">
       <x:c r="A65" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:15">
       <x:c r="A66" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L66" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M66" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N66" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O66" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:15">
       <x:c r="A67" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:15">
       <x:c r="A68" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L68" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M68" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N68" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O68" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:15">
       <x:c r="A69" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:15">
       <x:c r="A70" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L70" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M70" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N70" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O70" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:15">
       <x:c r="A71" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:15">
       <x:c r="A72" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L72" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M72" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N72" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O72" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:15">
       <x:c r="A73" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:15">
       <x:c r="A74" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L74" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M74" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N74" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O74" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:15">
       <x:c r="A75" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:15">
       <x:c r="A76" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L76" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M76" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N76" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O76" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:15">
       <x:c r="A77" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:15">
       <x:c r="A78" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L78" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M78" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N78" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O78" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:15">
       <x:c r="A79" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N79" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:15">
       <x:c r="A80" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L80" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M80" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N80" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O80" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:15">
       <x:c r="A81" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:15">
       <x:c r="A82" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L82" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M82" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N82" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O82" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:15">
       <x:c r="A83" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N83" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:15">
       <x:c r="A84" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L84" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M84" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N84" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O84" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:15">
       <x:c r="A85" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:15">
       <x:c r="A86" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L86" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M86" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N86" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O86" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:15">
       <x:c r="A87" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:15">
       <x:c r="A88" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L88" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M88" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N88" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O88" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:15">
       <x:c r="A89" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:15">
       <x:c r="A90" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L90" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M90" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N90" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O90" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:15">
       <x:c r="A91" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:15">
       <x:c r="A92" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L92" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M92" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N92" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O92" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:15">
       <x:c r="A93" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:15">
       <x:c r="A94" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L94" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M94" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N94" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O94" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:15">
       <x:c r="A95" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:15">
       <x:c r="A96" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L96" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M96" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N96" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O96" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:15">
       <x:c r="A97" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:15">
       <x:c r="A98" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L98" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M98" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N98" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O98" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:15">
       <x:c r="A99" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:15">
       <x:c r="A100" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L100" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M100" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N100" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O100" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:15">
       <x:c r="A101" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
+      <x:c r="C101" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C101" s="0" t="s">
+      <x:c r="D101" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:15">
       <x:c r="A102" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
+      <x:c r="C102" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C102" s="0" t="s">
+      <x:c r="D102" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D102" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L102" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M102" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N102" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O102" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:15">
       <x:c r="A103" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B103" s="1" t="s">
+      <x:c r="C103" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C103" s="0" t="s">
+      <x:c r="D103" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D103" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:15">
       <x:c r="A104" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
+      <x:c r="C104" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C104" s="0" t="s">
+      <x:c r="D104" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D104" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L104" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M104" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N104" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O104" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:15">
       <x:c r="A105" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
+      <x:c r="C105" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C105" s="0" t="s">
+      <x:c r="D105" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:15">
       <x:c r="A106" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
+      <x:c r="C106" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C106" s="0" t="s">
+      <x:c r="D106" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L106" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M106" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N106" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O106" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:15">
       <x:c r="A107" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
+      <x:c r="C107" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C107" s="0" t="s">
+      <x:c r="D107" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="D107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:15">
       <x:c r="A108" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
+      <x:c r="C108" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="C108" s="0" t="s">
+      <x:c r="D108" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D108" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L108" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M108" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N108" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O108" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:15">
       <x:c r="A109" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="B109" s="1" t="s">
+      <x:c r="C109" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C109" s="0" t="s">
+      <x:c r="D109" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N109" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:15">
       <x:c r="A110" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
+      <x:c r="C110" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C110" s="0" t="s">
+      <x:c r="D110" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D110" s="0" t="s">
+      <x:c r="E110" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G110" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I110" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K110" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L110" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="M110" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N110" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="E110" s="0" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="O110" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:15">
       <x:c r="A111" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
+      <x:c r="C111" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C111" s="0" t="s">
+      <x:c r="D111" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N111" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:15">
       <x:c r="A112" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
+      <x:c r="C112" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C112" s="0" t="s">
+      <x:c r="D112" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D112" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L112" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M112" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N112" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O112" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:15">
       <x:c r="A113" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
+      <x:c r="C113" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C113" s="0" t="s">
+      <x:c r="D113" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N113" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:15">
       <x:c r="A114" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="B114" s="1" t="s">
+      <x:c r="D114" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C114" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L114" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M114" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N114" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O114" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:15">
       <x:c r="A115" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C115" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
+      <x:c r="D115" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C115" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:15">
       <x:c r="A116" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
+      <x:c r="D116" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C116" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L116" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M116" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N116" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O116" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:15">
       <x:c r="A117" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
+      <x:c r="D117" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C117" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:15">
       <x:c r="A118" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
+      <x:c r="D118" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C118" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L118" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M118" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N118" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O118" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:15">
       <x:c r="A119" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="B119" s="1" t="s">
+      <x:c r="D119" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="C119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:15">
       <x:c r="A120" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="B120" s="1" t="s">
+      <x:c r="D120" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="C120" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L120" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M120" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N120" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O120" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:15">
       <x:c r="A121" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
+      <x:c r="D121" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="C121" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:15">
       <x:c r="A122" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
+      <x:c r="D122" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="C122" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L122" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M122" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N122" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O122" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:15">
       <x:c r="A123" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="B123" s="1" t="s">
+      <x:c r="D123" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="C123" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:15">
       <x:c r="A124" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
+      <x:c r="D124" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L124" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M124" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N124" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O124" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:15">
       <x:c r="A125" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
+      <x:c r="D125" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C125" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:15">
       <x:c r="A126" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
+      <x:c r="D126" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="C126" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L126" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M126" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N126" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O126" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:15">
       <x:c r="A127" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
+      <x:c r="D127" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="C127" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:15">
       <x:c r="A128" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
+      <x:c r="D128" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="C128" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L128" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M128" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N128" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O128" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:15">
       <x:c r="A129" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="B129" s="1" t="s">
+      <x:c r="D129" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="C129" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:15">
       <x:c r="A130" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="B130" s="1" t="s">
+      <x:c r="D130" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="C130" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L130" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M130" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N130" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O130" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:15">
       <x:c r="A131" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
+      <x:c r="D131" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="C131" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:15">
       <x:c r="A132" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
+      <x:c r="D132" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C132" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L132" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M132" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N132" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O132" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:15">
       <x:c r="A133" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
+      <x:c r="D133" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="C133" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:15">
       <x:c r="A134" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
+      <x:c r="D134" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="C134" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L134" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M134" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N134" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O134" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:15">
       <x:c r="A135" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
+      <x:c r="D135" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="C135" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:15">
       <x:c r="A136" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
+      <x:c r="D136" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="C136" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L136" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M136" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N136" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O136" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:15">
       <x:c r="A137" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
+      <x:c r="D137" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="C137" s="0" t="s">
+      <x:c r="E137" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I137" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K137" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L137" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="M137" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="D137" s="0" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="N137" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:15">
       <x:c r="A138" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
+      <x:c r="C138" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="C138" s="0" t="s">
+      <x:c r="D138" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="D138" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N138" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O138" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:15">
       <x:c r="A139" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
+      <x:c r="C139" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="C139" s="0" t="s">
+      <x:c r="D139" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="D139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:15">
       <x:c r="A140" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="B140" s="1" t="s">
+      <x:c r="C140" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="C140" s="0" t="s">
+      <x:c r="D140" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D140" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N140" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O140" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:15">
       <x:c r="A141" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
+      <x:c r="C141" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="C141" s="0" t="s">
+      <x:c r="D141" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="D141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:15">
       <x:c r="A142" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
+      <x:c r="C142" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="C142" s="0" t="s">
+      <x:c r="D142" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="D142" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N142" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O142" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:15">
       <x:c r="A143" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
+      <x:c r="C143" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="C143" s="0" t="s">
+      <x:c r="D143" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="D143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:15">
       <x:c r="A144" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
+      <x:c r="C144" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="C144" s="0" t="s">
+      <x:c r="D144" s="0" t="s">
         <x:v>607</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>608</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N144" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O144" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:15">
       <x:c r="A145" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
+      <x:c r="C145" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="C145" s="0" t="s">
+      <x:c r="D145" s="0" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:15">
       <x:c r="A146" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
+      <x:c r="C146" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="C146" s="0" t="s">
+      <x:c r="D146" s="0" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N146" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O146" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:15">
       <x:c r="A147" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
+      <x:c r="C147" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="C147" s="0" t="s">
+      <x:c r="D147" s="0" t="s">
         <x:v>619</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>620</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:15">
       <x:c r="A148" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
+      <x:c r="C148" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C148" s="0" t="s">
+      <x:c r="D148" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="D148" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N148" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O148" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:15">
       <x:c r="A149" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
+      <x:c r="C149" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="C149" s="0" t="s">
+      <x:c r="D149" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="D149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N149" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:15">
       <x:c r="A150" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="B150" s="1" t="s">
+      <x:c r="C150" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="C150" s="0" t="s">
+      <x:c r="D150" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="D150" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N150" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O150" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:15">
       <x:c r="A151" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
+      <x:c r="C151" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="C151" s="0" t="s">
+      <x:c r="D151" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N151" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:15">
       <x:c r="A152" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
+      <x:c r="C152" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C152" s="0" t="s">
+      <x:c r="D152" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="D152" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N152" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O152" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:15">
       <x:c r="A153" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="B153" s="1" t="s">
+      <x:c r="C153" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="C153" s="0" t="s">
+      <x:c r="D153" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="D153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:15">
       <x:c r="A154" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
+      <x:c r="C154" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="C154" s="0" t="s">
+      <x:c r="D154" s="0" t="s">
         <x:v>647</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>648</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N154" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O154" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:15">
       <x:c r="A155" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
+      <x:c r="C155" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="C155" s="0" t="s">
+      <x:c r="D155" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="D155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N155" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:15">
       <x:c r="A156" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
+      <x:c r="C156" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="C156" s="0" t="s">
+      <x:c r="D156" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D156" s="0" t="s">
+      <x:c r="E156" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L156" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="M156" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N156" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="O156" s="0" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:15">
       <x:c r="A157" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="N157" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:15">
       <x:c r="A158" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N158" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O158" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:15">
       <x:c r="A159" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:15">
       <x:c r="A160" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N160" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O160" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:15">
       <x:c r="A161" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:15">
       <x:c r="A162" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
@@ -14594,98 +14591,98 @@
       <x:c r="G163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:15">
       <x:c r="A164" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N164" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O164" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:15">
       <x:c r="A165" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
@@ -14735,17394 +14732,17394 @@
       <x:c r="G166" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N166" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O166" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:15">
       <x:c r="A167" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N167" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:15">
       <x:c r="A168" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N168" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O168" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:15">
       <x:c r="A169" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N169" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:15">
       <x:c r="A170" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N170" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O170" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:15">
       <x:c r="A171" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:15">
       <x:c r="A172" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N172" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O172" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:15">
       <x:c r="A173" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N173" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:15">
       <x:c r="A174" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="B174" s="1" t="s">
+      <x:c r="C174" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="C174" s="0" t="s">
+      <x:c r="D174" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="D174" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N174" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O174" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:15">
       <x:c r="A175" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="B175" s="1" t="s">
+      <x:c r="C175" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C175" s="0" t="s">
+      <x:c r="D175" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="D175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:15">
       <x:c r="A176" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
+      <x:c r="C176" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C176" s="0" t="s">
+      <x:c r="D176" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="D176" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N176" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O176" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:15">
       <x:c r="A177" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
+      <x:c r="C177" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="C177" s="0" t="s">
+      <x:c r="D177" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="D177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N177" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:15">
       <x:c r="A178" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
+      <x:c r="C178" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="C178" s="0" t="s">
+      <x:c r="D178" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="D178" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N178" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O178" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:15">
       <x:c r="A179" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
+      <x:c r="C179" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="C179" s="0" t="s">
+      <x:c r="D179" s="0" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>749</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N179" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:15">
       <x:c r="A180" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
+      <x:c r="C180" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="C180" s="0" t="s">
+      <x:c r="D180" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="D180" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N180" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O180" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:15">
       <x:c r="A181" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="B181" s="1" t="s">
+      <x:c r="C181" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="C181" s="0" t="s">
+      <x:c r="D181" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="D181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:15">
       <x:c r="A182" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
+      <x:c r="C182" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="C182" s="0" t="s">
+      <x:c r="D182" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="D182" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L182" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M182" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N182" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O182" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:15">
       <x:c r="A183" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
+      <x:c r="C183" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="C183" s="0" t="s">
+      <x:c r="D183" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="D183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N183" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:15">
       <x:c r="A184" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="B184" s="1" t="s">
+      <x:c r="C184" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="C184" s="0" t="s">
+      <x:c r="D184" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="D184" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:15">
       <x:c r="A185" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="B185" s="1" t="s">
+      <x:c r="C185" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="C185" s="0" t="s">
+      <x:c r="D185" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="D185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:15">
       <x:c r="A186" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="B186" s="1" t="s">
+      <x:c r="C186" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="C186" s="0" t="s">
+      <x:c r="D186" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="D186" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:15">
       <x:c r="A187" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
+      <x:c r="C187" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="C187" s="0" t="s">
+      <x:c r="D187" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="D187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N187" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:15">
       <x:c r="A188" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="B188" s="1" t="s">
+      <x:c r="C188" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="C188" s="0" t="s">
+      <x:c r="D188" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="D188" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:15">
       <x:c r="A189" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
+      <x:c r="C189" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="C189" s="0" t="s">
+      <x:c r="D189" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="D189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:15">
       <x:c r="A190" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
+      <x:c r="C190" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="C190" s="0" t="s">
+      <x:c r="D190" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="D190" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L190" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M190" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N190" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O190" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:15">
       <x:c r="A191" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
-      <x:c r="B191" s="1" t="s">
+      <x:c r="C191" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="C191" s="0" t="s">
+      <x:c r="D191" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="D191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:15">
       <x:c r="A192" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
+      <x:c r="C192" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="C192" s="0" t="s">
+      <x:c r="D192" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="D192" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M192" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N192" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O192" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:15">
       <x:c r="A193" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
+      <x:c r="C193" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="C193" s="0" t="s">
+      <x:c r="D193" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="D193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:15">
       <x:c r="A194" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
+      <x:c r="C194" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="C194" s="0" t="s">
+      <x:c r="D194" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="D194" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N194" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O194" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:15">
       <x:c r="A195" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="B195" s="1" t="s">
+      <x:c r="C195" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="C195" s="0" t="s">
+      <x:c r="D195" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="D195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N195" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:15">
       <x:c r="A196" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="B196" s="1" t="s">
+      <x:c r="C196" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C196" s="0" t="s">
+      <x:c r="D196" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="D196" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:15">
       <x:c r="A197" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
+      <x:c r="C197" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="C197" s="0" t="s">
+      <x:c r="D197" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="D197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:15">
       <x:c r="A198" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="B198" s="1" t="s">
+      <x:c r="C198" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="C198" s="0" t="s">
+      <x:c r="D198" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="D198" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M198" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N198" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O198" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:15">
       <x:c r="A199" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="B199" s="1" t="s">
+      <x:c r="C199" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="C199" s="0" t="s">
+      <x:c r="D199" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="D199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:15">
       <x:c r="A200" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="B200" s="1" t="s">
+      <x:c r="C200" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="C200" s="0" t="s">
+      <x:c r="D200" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="D200" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M200" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N200" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O200" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:15">
       <x:c r="A201" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="B201" s="1" t="s">
+      <x:c r="C201" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="C201" s="0" t="s">
+      <x:c r="D201" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="D201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:15">
       <x:c r="A202" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="B202" s="1" t="s">
+      <x:c r="C202" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="C202" s="0" t="s">
+      <x:c r="D202" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="D202" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L202" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M202" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N202" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O202" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:15">
       <x:c r="A203" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
+      <x:c r="C203" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="C203" s="0" t="s">
+      <x:c r="D203" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="D203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N203" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:15">
       <x:c r="A204" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="B204" s="1" t="s">
+      <x:c r="C204" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="C204" s="0" t="s">
+      <x:c r="D204" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="D204" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L204" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M204" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N204" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O204" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:15">
       <x:c r="A205" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="B205" s="1" t="s">
+      <x:c r="C205" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="C205" s="0" t="s">
+      <x:c r="D205" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="D205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:15">
       <x:c r="A206" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
+      <x:c r="C206" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="C206" s="0" t="s">
+      <x:c r="D206" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
-      <x:c r="D206" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L206" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M206" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N206" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O206" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:15">
       <x:c r="A207" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
+      <x:c r="C207" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
-      <x:c r="C207" s="0" t="s">
+      <x:c r="D207" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="D207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N207" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:15">
       <x:c r="A208" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="B208" s="1" t="s">
+      <x:c r="C208" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="C208" s="0" t="s">
+      <x:c r="D208" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="D208" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L208" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M208" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N208" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O208" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:15">
       <x:c r="A209" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
+      <x:c r="C209" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="C209" s="0" t="s">
+      <x:c r="D209" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="D209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N209" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:15">
       <x:c r="A210" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="B210" s="1" t="s">
+      <x:c r="C210" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="C210" s="0" t="s">
+      <x:c r="D210" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="D210" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L210" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M210" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N210" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O210" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:15">
       <x:c r="A211" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="B211" s="1" t="s">
+      <x:c r="C211" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="C211" s="0" t="s">
+      <x:c r="D211" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="D211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:15">
       <x:c r="A212" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
+      <x:c r="C212" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="C212" s="0" t="s">
+      <x:c r="D212" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="D212" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L212" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M212" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N212" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O212" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:15">
       <x:c r="A213" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
+      <x:c r="C213" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="C213" s="0" t="s">
+      <x:c r="D213" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="D213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N213" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:15">
       <x:c r="A214" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
+      <x:c r="C214" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="C214" s="0" t="s">
+      <x:c r="D214" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="D214" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L214" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M214" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N214" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O214" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:15">
       <x:c r="A215" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
+      <x:c r="C215" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="C215" s="0" t="s">
+      <x:c r="D215" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="D215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N215" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:15">
       <x:c r="A216" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
+      <x:c r="C216" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="C216" s="0" t="s">
+      <x:c r="D216" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="D216" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L216" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M216" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N216" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O216" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:15">
       <x:c r="A217" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
+      <x:c r="C217" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="C217" s="0" t="s">
+      <x:c r="D217" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="D217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:15">
       <x:c r="A218" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="B218" s="1" t="s">
+      <x:c r="C218" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="C218" s="0" t="s">
+      <x:c r="D218" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="D218" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L218" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M218" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N218" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O218" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:15">
       <x:c r="A219" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="B219" s="1" t="s">
+      <x:c r="C219" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
-      <x:c r="C219" s="0" t="s">
+      <x:c r="D219" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="D219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N219" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:15">
       <x:c r="A220" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
-      <x:c r="B220" s="1" t="s">
+      <x:c r="C220" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="C220" s="0" t="s">
+      <x:c r="D220" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="D220" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L220" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M220" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N220" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O220" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:15">
       <x:c r="A221" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
+      <x:c r="C221" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="C221" s="0" t="s">
+      <x:c r="D221" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="D221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N221" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:15">
       <x:c r="A222" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
+      <x:c r="C222" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="C222" s="0" t="s">
+      <x:c r="D222" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="D222" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L222" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M222" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N222" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O222" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:15">
       <x:c r="A223" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
+      <x:c r="C223" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="C223" s="0" t="s">
+      <x:c r="D223" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="D223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N223" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:15">
       <x:c r="A224" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="B224" s="1" t="s">
+      <x:c r="C224" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="C224" s="0" t="s">
+      <x:c r="D224" s="0" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="D224" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L224" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N224" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O224" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:15">
       <x:c r="A225" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="B225" s="1" t="s">
+      <x:c r="C225" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
-      <x:c r="C225" s="0" t="s">
+      <x:c r="D225" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="D225" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:15">
       <x:c r="A226" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
+      <x:c r="C226" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="C226" s="0" t="s">
+      <x:c r="D226" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
-      <x:c r="D226" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L226" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M226" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N226" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O226" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:15">
       <x:c r="A227" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="B227" s="1" t="s">
+      <x:c r="C227" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="C227" s="0" t="s">
+      <x:c r="D227" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="D227" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N227" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:15">
       <x:c r="A228" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="B228" s="1" t="s">
+      <x:c r="C228" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
-      <x:c r="C228" s="0" t="s">
+      <x:c r="D228" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
-      <x:c r="D228" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L228" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M228" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N228" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O228" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:15">
       <x:c r="A229" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
-      <x:c r="B229" s="1" t="s">
+      <x:c r="C229" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
-      <x:c r="C229" s="0" t="s">
+      <x:c r="D229" s="0" t="s">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="D229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:15">
       <x:c r="A230" s="1" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="B230" s="1" t="s">
+      <x:c r="C230" s="0" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="C230" s="0" t="s">
+      <x:c r="D230" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
-      <x:c r="D230" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L230" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M230" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N230" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O230" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:15">
       <x:c r="A231" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
+      <x:c r="C231" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="C231" s="0" t="s">
+      <x:c r="D231" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
-      <x:c r="D231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N231" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:15">
       <x:c r="A232" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
+      <x:c r="C232" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="C232" s="0" t="s">
+      <x:c r="D232" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="D232" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L232" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M232" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N232" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O232" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:15">
       <x:c r="A233" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
+      <x:c r="C233" s="0" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="C233" s="0" t="s">
+      <x:c r="D233" s="0" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="D233" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N233" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:15">
       <x:c r="A234" s="1" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
+      <x:c r="C234" s="0" t="s">
         <x:v>967</x:v>
       </x:c>
-      <x:c r="C234" s="0" t="s">
+      <x:c r="D234" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
-      <x:c r="D234" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L234" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M234" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N234" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O234" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:15">
       <x:c r="A235" s="1" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
+      <x:c r="C235" s="0" t="s">
         <x:v>971</x:v>
       </x:c>
-      <x:c r="C235" s="0" t="s">
+      <x:c r="D235" s="0" t="s">
         <x:v>972</x:v>
       </x:c>
-      <x:c r="D235" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N235" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:15">
       <x:c r="A236" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="B236" s="1" t="s">
+      <x:c r="C236" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="C236" s="0" t="s">
+      <x:c r="D236" s="0" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="D236" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L236" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M236" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N236" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O236" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:15">
       <x:c r="A237" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
-      <x:c r="B237" s="1" t="s">
+      <x:c r="C237" s="0" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="C237" s="0" t="s">
+      <x:c r="D237" s="0" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="D237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:15">
       <x:c r="A238" s="1" t="s">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
-      <x:c r="B238" s="1" t="s">
+      <x:c r="C238" s="0" t="s">
         <x:v>983</x:v>
       </x:c>
-      <x:c r="C238" s="0" t="s">
+      <x:c r="D238" s="0" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="D238" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L238" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M238" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N238" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O238" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:15">
       <x:c r="A239" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
+      <x:c r="C239" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
-      <x:c r="C239" s="0" t="s">
+      <x:c r="D239" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="D239" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N239" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:15">
       <x:c r="A240" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
+      <x:c r="C240" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="C240" s="0" t="s">
+      <x:c r="D240" s="0" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="D240" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L240" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M240" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N240" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O240" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:15">
       <x:c r="A241" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
+      <x:c r="C241" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
-      <x:c r="C241" s="0" t="s">
+      <x:c r="D241" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="D241" s="0" t="s">
+      <x:c r="E241" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F241" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G241" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I241" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K241" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="L241" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="M241" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N241" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="E241" s="0" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:15">
       <x:c r="A242" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L242" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M242" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N242" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:15">
       <x:c r="A243" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N243" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:15">
       <x:c r="A244" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L244" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M244" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N244" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O244" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:15">
       <x:c r="A245" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N245" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:15">
       <x:c r="A246" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L246" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M246" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N246" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O246" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:15">
       <x:c r="A247" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:15">
       <x:c r="A248" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:15">
       <x:c r="A249" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:15">
       <x:c r="A250" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M250" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N250" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O250" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:15">
       <x:c r="A251" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N251" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:15">
       <x:c r="A252" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L252" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M252" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N252" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O252" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:15">
       <x:c r="A253" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N253" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:15">
       <x:c r="A254" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L254" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M254" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N254" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O254" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:15">
       <x:c r="A255" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N255" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:15">
       <x:c r="A256" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L256" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M256" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N256" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O256" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:15">
       <x:c r="A257" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N257" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:15">
       <x:c r="A258" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L258" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N258" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O258" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:15">
       <x:c r="A259" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:15">
       <x:c r="A260" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L260" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M260" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N260" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O260" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:15">
       <x:c r="A261" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N261" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:15">
       <x:c r="A262" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L262" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N262" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O262" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:15">
       <x:c r="A263" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N263" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:15">
       <x:c r="A264" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L264" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M264" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N264" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O264" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:15">
       <x:c r="A265" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:15">
       <x:c r="A266" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L266" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M266" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N266" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O266" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:15">
       <x:c r="A267" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:15">
       <x:c r="A268" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L268" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M268" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N268" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O268" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:15">
       <x:c r="A269" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:15">
       <x:c r="A270" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L270" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M270" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N270" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O270" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:15">
       <x:c r="A271" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N271" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:15">
       <x:c r="A272" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L272" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M272" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N272" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O272" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:15">
       <x:c r="A273" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N273" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:15">
       <x:c r="A274" s="1" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L274" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M274" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N274" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O274" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:15">
       <x:c r="A275" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:15">
       <x:c r="A276" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L276" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M276" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N276" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O276" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:15">
       <x:c r="A277" s="1" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N277" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:15">
       <x:c r="A278" s="1" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L278" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M278" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N278" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O278" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:15">
       <x:c r="A279" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N279" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:15">
       <x:c r="A280" s="1" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L280" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M280" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N280" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O280" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:15">
       <x:c r="A281" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N281" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:15">
       <x:c r="A282" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L282" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M282" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N282" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O282" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:15">
       <x:c r="A283" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:15">
       <x:c r="A284" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L284" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M284" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N284" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O284" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:15">
       <x:c r="A285" s="1" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:15">
       <x:c r="A286" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L286" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M286" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N286" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O286" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:15">
       <x:c r="A287" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N287" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:15">
       <x:c r="A288" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L288" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M288" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N288" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O288" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:15">
       <x:c r="A289" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="N289" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:15">
       <x:c r="A290" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L290" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M290" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N290" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O290" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:15">
       <x:c r="A291" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N291" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:15">
       <x:c r="A292" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M292" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N292" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O292" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:15">
       <x:c r="A293" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N293" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:15">
       <x:c r="A294" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M294" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N294" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O294" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:15">
       <x:c r="A295" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N295" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:15">
       <x:c r="A296" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L296" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M296" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N296" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O296" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:15">
       <x:c r="A297" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N297" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:15">
       <x:c r="A298" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:15">
       <x:c r="A299" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:15">
       <x:c r="A300" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M300" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N300" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O300" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:15">
       <x:c r="A301" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N301" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:15">
       <x:c r="A302" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L302" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M302" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N302" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O302" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:15">
       <x:c r="A303" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N303" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:15">
       <x:c r="A304" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L304" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M304" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N304" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O304" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:15">
       <x:c r="A305" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N305" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:15">
       <x:c r="A306" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N306" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O306" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:15">
       <x:c r="A307" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N307" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:15">
       <x:c r="A308" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>1264</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:15">
       <x:c r="A309" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:15">
       <x:c r="A310" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M310" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N310" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O310" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:15">
       <x:c r="A311" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N311" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:15">
       <x:c r="A312" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L312" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M312" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N312" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O312" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:15">
       <x:c r="A313" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N313" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:15">
       <x:c r="A314" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M314" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N314" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O314" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:15">
       <x:c r="A315" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N315" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:15">
       <x:c r="A316" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M316" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N316" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O316" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:15">
       <x:c r="A317" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N317" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:15">
       <x:c r="A318" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>1304</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:15">
       <x:c r="A319" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N319" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:15">
       <x:c r="A320" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M320" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N320" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O320" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:15">
       <x:c r="A321" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N321" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:15">
       <x:c r="A322" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L322" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M322" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N322" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O322" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:15">
       <x:c r="A323" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N323" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:15">
       <x:c r="A324" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L324" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M324" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N324" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O324" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:15">
       <x:c r="A325" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N325" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:15">
       <x:c r="A326" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M326" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N326" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O326" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:15">
       <x:c r="A327" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N327" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:15">
       <x:c r="A328" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L328" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M328" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N328" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O328" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:15">
       <x:c r="A329" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N329" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:15">
       <x:c r="A330" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L330" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M330" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N330" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O330" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:15">
       <x:c r="A331" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N331" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:15">
       <x:c r="A332" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L332" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M332" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N332" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O332" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:15">
       <x:c r="A333" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N333" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:15">
       <x:c r="A334" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L334" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M334" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N334" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O334" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:15">
       <x:c r="A335" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:15">
       <x:c r="A336" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M336" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N336" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O336" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:15">
       <x:c r="A337" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N337" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:15">
       <x:c r="A338" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L338" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M338" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N338" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O338" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:15">
       <x:c r="A339" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N339" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:15">
       <x:c r="A340" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L340" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M340" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N340" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O340" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:15">
       <x:c r="A341" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N341" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:15">
       <x:c r="A342" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L342" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M342" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="N342" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="O342" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:15">
       <x:c r="A343" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="D343" s="0" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="E343" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G343" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H343" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I343" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K343" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L343" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="M343" s="0" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="N343" s="0" t="s">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="D343" s="0" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:15">
       <x:c r="A344" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L344" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M344" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N344" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O344" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:15">
       <x:c r="A345" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>1412</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N345" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:15">
       <x:c r="A346" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>1417</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M346" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N346" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O346" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:15">
       <x:c r="A347" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N347" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:15">
       <x:c r="A348" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>1424</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L348" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M348" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N348" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O348" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:15">
       <x:c r="A349" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N349" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:15">
       <x:c r="A350" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M350" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N350" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O350" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:15">
       <x:c r="A351" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>1436</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:15">
       <x:c r="A352" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M352" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N352" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O352" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:15">
       <x:c r="A353" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N353" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:15">
       <x:c r="A354" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>1448</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L354" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M354" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N354" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O354" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:15">
       <x:c r="A355" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N355" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:15">
       <x:c r="A356" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L356" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M356" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N356" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O356" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:15">
       <x:c r="A357" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N357" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:15">
       <x:c r="A358" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L358" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M358" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N358" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O358" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:15">
       <x:c r="A359" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>1468</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N359" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:15">
       <x:c r="A360" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L360" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M360" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N360" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O360" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:15">
       <x:c r="A361" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>1476</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1477</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N361" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:15">
       <x:c r="A362" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M362" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N362" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O362" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:15">
       <x:c r="A363" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>1484</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N363" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:15">
       <x:c r="A364" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L364" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M364" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N364" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O364" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:15">
       <x:c r="A365" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>1492</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>1493</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N365" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:15">
       <x:c r="A366" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L366" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M366" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N366" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O366" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:15">
       <x:c r="A367" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N367" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:15">
       <x:c r="A368" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>1504</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>1505</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L368" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M368" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N368" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O368" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:15">
       <x:c r="A369" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N369" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:15">
       <x:c r="A370" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L370" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M370" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N370" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O370" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:15">
       <x:c r="A371" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N371" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:15">
       <x:c r="A372" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M372" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N372" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O372" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:15">
       <x:c r="A373" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N373" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:15">
       <x:c r="A374" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1528</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L374" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M374" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N374" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O374" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:15">
       <x:c r="A375" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N375" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:15">
       <x:c r="A376" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>1535</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1536</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L376" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M376" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N376" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O376" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:15">
       <x:c r="A377" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>1539</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>1540</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N377" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:15">
       <x:c r="A378" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L378" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M378" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N378" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O378" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:15">
       <x:c r="A379" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>1547</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1548</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N379" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:15">
       <x:c r="A380" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M380" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N380" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O380" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:15">
       <x:c r="A381" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1556</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N381" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:15">
       <x:c r="A382" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L382" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M382" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N382" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O382" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:15">
       <x:c r="A383" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N383" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:15">
       <x:c r="A384" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L384" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M384" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N384" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O384" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:15">
       <x:c r="A385" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N385" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:15">
       <x:c r="A386" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L386" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M386" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N386" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O386" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:15">
       <x:c r="A387" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N387" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:15">
       <x:c r="A388" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1584</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L388" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M388" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N388" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O388" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:15">
       <x:c r="A389" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N389" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:15">
       <x:c r="A390" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M390" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N390" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O390" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:15">
       <x:c r="A391" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1596</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:15">
       <x:c r="A392" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L392" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M392" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N392" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O392" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:15">
       <x:c r="A393" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N393" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:15">
       <x:c r="A394" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L394" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M394" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N394" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O394" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:15">
       <x:c r="A395" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1612</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:15">
       <x:c r="A396" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L396" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M396" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N396" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O396" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:15">
       <x:c r="A397" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:15">
       <x:c r="A398" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>1623</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1624</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L398" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M398" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N398" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O398" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:15">
       <x:c r="A399" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>1627</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>1628</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N399" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:15">
       <x:c r="A400" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>1631</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M400" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N400" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O400" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:15">
       <x:c r="A401" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N401" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:15">
       <x:c r="A402" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L402" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M402" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N402" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O402" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:15">
       <x:c r="A403" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:15">
       <x:c r="A404" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L404" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M404" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N404" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O404" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:15">
       <x:c r="A405" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N405" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:15">
       <x:c r="A406" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L406" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M406" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N406" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O406" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:15">
       <x:c r="A407" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N407" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:15">
       <x:c r="A408" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L408" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M408" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N408" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O408" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:15">
       <x:c r="A409" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N409" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:15">
       <x:c r="A410" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>1671</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>1672</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L410" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M410" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N410" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O410" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:15">
       <x:c r="A411" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N411" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:15">
       <x:c r="A412" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>1679</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L412" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M412" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N412" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O412" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:15">
       <x:c r="A413" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N413" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:15">
       <x:c r="A414" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M414" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N414" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O414" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:15">
       <x:c r="A415" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:15">
       <x:c r="A416" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>1695</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>1696</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M416" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N416" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O416" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:15">
       <x:c r="A417" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N417" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:15">
       <x:c r="A418" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L418" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M418" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N418" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O418" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:15">
       <x:c r="A419" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>1707</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>1708</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N419" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:15">
       <x:c r="A420" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M420" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N420" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O420" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:15">
       <x:c r="A421" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N421" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:15">
       <x:c r="A422" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L422" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M422" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N422" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O422" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:15">
       <x:c r="A423" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N423" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:15">
       <x:c r="A424" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>1727</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>1728</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L424" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M424" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N424" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O424" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:15">
       <x:c r="A425" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>1731</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>1732</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N425" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:15">
       <x:c r="A426" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L426" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M426" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N426" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O426" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:15">
       <x:c r="A427" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>1739</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N427" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:15">
       <x:c r="A428" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L428" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M428" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N428" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O428" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:15">
       <x:c r="A429" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N429" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:15">
       <x:c r="A430" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L430" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M430" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N430" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O430" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:15">
       <x:c r="A431" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N431" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:15">
       <x:c r="A432" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M432" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N432" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O432" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:15">
       <x:c r="A433" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="N433" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:15">
       <x:c r="A434" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>1767</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M434" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N434" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O434" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:15">
       <x:c r="A435" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:15">
       <x:c r="A436" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M436" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N436" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O436" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:15">
       <x:c r="A437" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N437" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:15">
       <x:c r="A438" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>1784</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M438" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N438" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O438" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:15">
       <x:c r="A439" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N439" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:15">
       <x:c r="A440" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L440" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M440" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N440" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O440" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:15">
       <x:c r="A441" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>1795</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1796</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N441" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:15">
       <x:c r="A442" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>1799</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L442" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M442" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N442" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O442" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:15">
       <x:c r="A443" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N443" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:15">
       <x:c r="A444" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>1807</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>1808</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M444" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N444" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O444" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:15">
       <x:c r="A445" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N445" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:15">
       <x:c r="A446" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L446" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M446" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N446" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O446" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:15">
       <x:c r="A447" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N447" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:15">
       <x:c r="A448" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>1823</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1824</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M448" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N448" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O448" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:15">
       <x:c r="A449" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:15">
       <x:c r="A450" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M450" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N450" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O450" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:15">
       <x:c r="A451" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>1837</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:15">
       <x:c r="A452" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>1840</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L452" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M452" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N452" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O452" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:15">
       <x:c r="A453" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N453" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:15">
       <x:c r="A454" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>1848</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L454" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M454" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N454" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O454" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:15">
       <x:c r="A455" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N455" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:15">
       <x:c r="A456" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L456" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M456" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N456" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O456" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:15">
       <x:c r="A457" s="1" t="s">
-        <x:v>1858</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>1860</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N457" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:15">
       <x:c r="A458" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L458" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M458" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N458" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O458" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:15">
       <x:c r="A459" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>1867</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N459" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:15">
       <x:c r="A460" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L460" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M460" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N460" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O460" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:15">
       <x:c r="A461" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N461" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:15">
       <x:c r="A462" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L462" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M462" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N462" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O462" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:15">
       <x:c r="A463" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N463" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:15">
       <x:c r="A464" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L464" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M464" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N464" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O464" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:15">
       <x:c r="A465" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N465" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:15">
       <x:c r="A466" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L466" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M466" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N466" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O466" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:15">
       <x:c r="A467" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N467" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:15">
       <x:c r="A468" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>1904</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L468" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M468" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N468" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O468" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:15">
       <x:c r="A469" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N469" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:15">
       <x:c r="A470" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>1913</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L470" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M470" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N470" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O470" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:15">
       <x:c r="A471" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N471" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:15">
       <x:c r="A472" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L472" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M472" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N472" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O472" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:15">
       <x:c r="A473" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>1924</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>1925</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:15">
       <x:c r="A474" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L474" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M474" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N474" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O474" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:15">
       <x:c r="A475" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>1932</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1933</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N475" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:15">
       <x:c r="A476" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>1936</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L476" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M476" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N476" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O476" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:15">
       <x:c r="A477" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>1940</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1941</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N477" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:15">
       <x:c r="A478" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>1944</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1945</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L478" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M478" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N478" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O478" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:15">
       <x:c r="A479" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N479" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:15">
       <x:c r="A480" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
         <x:v>1952</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L480" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M480" s="0" t="s">
-        <x:v>1955</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N480" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O480" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:15">
       <x:c r="A481" s="1" t="s">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="B481" s="1" t="s">
         <x:v>1956</x:v>
       </x:c>
-      <x:c r="B481" s="1" t="s">
+      <x:c r="C481" s="0" t="s">
         <x:v>1957</x:v>
       </x:c>
-      <x:c r="C481" s="0" t="s">
+      <x:c r="D481" s="0" t="s">
         <x:v>1958</x:v>
       </x:c>
-      <x:c r="D481" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N481" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:15">
       <x:c r="A482" s="1" t="s">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="B482" s="1" t="s">
         <x:v>1960</x:v>
       </x:c>
-      <x:c r="B482" s="1" t="s">
+      <x:c r="C482" s="0" t="s">
         <x:v>1961</x:v>
       </x:c>
-      <x:c r="C482" s="0" t="s">
+      <x:c r="D482" s="0" t="s">
         <x:v>1962</x:v>
       </x:c>
-      <x:c r="D482" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L482" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M482" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N482" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O482" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:15">
       <x:c r="A483" s="1" t="s">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="B483" s="1" t="s">
         <x:v>1964</x:v>
       </x:c>
-      <x:c r="B483" s="1" t="s">
+      <x:c r="C483" s="0" t="s">
         <x:v>1965</x:v>
       </x:c>
-      <x:c r="C483" s="0" t="s">
+      <x:c r="D483" s="0" t="s">
         <x:v>1966</x:v>
       </x:c>
-      <x:c r="D483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N483" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:15">
       <x:c r="A484" s="1" t="s">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="B484" s="1" t="s">
         <x:v>1968</x:v>
       </x:c>
-      <x:c r="B484" s="1" t="s">
+      <x:c r="C484" s="0" t="s">
         <x:v>1969</x:v>
       </x:c>
-      <x:c r="C484" s="0" t="s">
+      <x:c r="D484" s="0" t="s">
         <x:v>1970</x:v>
       </x:c>
-      <x:c r="D484" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L484" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M484" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N484" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O484" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:15">
       <x:c r="A485" s="1" t="s">
+        <x:v>1971</x:v>
+      </x:c>
+      <x:c r="B485" s="1" t="s">
         <x:v>1972</x:v>
       </x:c>
-      <x:c r="B485" s="1" t="s">
+      <x:c r="C485" s="0" t="s">
         <x:v>1973</x:v>
       </x:c>
-      <x:c r="C485" s="0" t="s">
+      <x:c r="D485" s="0" t="s">
         <x:v>1974</x:v>
       </x:c>
-      <x:c r="D485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N485" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:15">
       <x:c r="A486" s="1" t="s">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="B486" s="1" t="s">
         <x:v>1976</x:v>
       </x:c>
-      <x:c r="B486" s="1" t="s">
+      <x:c r="C486" s="0" t="s">
         <x:v>1977</x:v>
       </x:c>
-      <x:c r="C486" s="0" t="s">
+      <x:c r="D486" s="0" t="s">
         <x:v>1978</x:v>
       </x:c>
-      <x:c r="D486" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L486" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M486" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N486" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O486" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:15">
       <x:c r="A487" s="1" t="s">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="B487" s="1" t="s">
         <x:v>1980</x:v>
       </x:c>
-      <x:c r="B487" s="1" t="s">
+      <x:c r="C487" s="0" t="s">
         <x:v>1981</x:v>
       </x:c>
-      <x:c r="C487" s="0" t="s">
+      <x:c r="D487" s="0" t="s">
         <x:v>1982</x:v>
       </x:c>
-      <x:c r="D487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N487" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:15">
       <x:c r="A488" s="1" t="s">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="B488" s="1" t="s">
         <x:v>1984</x:v>
       </x:c>
-      <x:c r="B488" s="1" t="s">
+      <x:c r="C488" s="0" t="s">
         <x:v>1985</x:v>
       </x:c>
-      <x:c r="C488" s="0" t="s">
+      <x:c r="D488" s="0" t="s">
         <x:v>1986</x:v>
       </x:c>
-      <x:c r="D488" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L488" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M488" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N488" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O488" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:15">
       <x:c r="A489" s="1" t="s">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="B489" s="1" t="s">
         <x:v>1988</x:v>
       </x:c>
-      <x:c r="B489" s="1" t="s">
+      <x:c r="C489" s="0" t="s">
         <x:v>1989</x:v>
       </x:c>
-      <x:c r="C489" s="0" t="s">
+      <x:c r="D489" s="0" t="s">
         <x:v>1990</x:v>
       </x:c>
-      <x:c r="D489" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N489" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:15">
       <x:c r="A490" s="1" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="B490" s="1" t="s">
         <x:v>1992</x:v>
       </x:c>
-      <x:c r="B490" s="1" t="s">
+      <x:c r="C490" s="0" t="s">
         <x:v>1993</x:v>
       </x:c>
-      <x:c r="C490" s="0" t="s">
+      <x:c r="D490" s="0" t="s">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="D490" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L490" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M490" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N490" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O490" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:15">
       <x:c r="A491" s="1" t="s">
+        <x:v>1995</x:v>
+      </x:c>
+      <x:c r="B491" s="1" t="s">
         <x:v>1996</x:v>
       </x:c>
-      <x:c r="B491" s="1" t="s">
+      <x:c r="C491" s="0" t="s">
         <x:v>1997</x:v>
       </x:c>
-      <x:c r="C491" s="0" t="s">
+      <x:c r="D491" s="0" t="s">
         <x:v>1998</x:v>
       </x:c>
-      <x:c r="D491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N491" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:15">
       <x:c r="A492" s="1" t="s">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="B492" s="1" t="s">
         <x:v>2000</x:v>
       </x:c>
-      <x:c r="B492" s="1" t="s">
+      <x:c r="C492" s="0" t="s">
         <x:v>2001</x:v>
       </x:c>
-      <x:c r="C492" s="0" t="s">
+      <x:c r="D492" s="0" t="s">
         <x:v>2002</x:v>
       </x:c>
-      <x:c r="D492" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L492" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M492" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N492" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O492" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:15">
       <x:c r="A493" s="1" t="s">
+        <x:v>2003</x:v>
+      </x:c>
+      <x:c r="B493" s="1" t="s">
         <x:v>2004</x:v>
       </x:c>
-      <x:c r="B493" s="1" t="s">
+      <x:c r="C493" s="0" t="s">
         <x:v>2005</x:v>
       </x:c>
-      <x:c r="C493" s="0" t="s">
+      <x:c r="D493" s="0" t="s">
         <x:v>2006</x:v>
       </x:c>
-      <x:c r="D493" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N493" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:15">
       <x:c r="A494" s="1" t="s">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="B494" s="1" t="s">
         <x:v>2008</x:v>
       </x:c>
-      <x:c r="B494" s="1" t="s">
+      <x:c r="C494" s="0" t="s">
         <x:v>2009</x:v>
       </x:c>
-      <x:c r="C494" s="0" t="s">
+      <x:c r="D494" s="0" t="s">
         <x:v>2010</x:v>
       </x:c>
-      <x:c r="D494" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L494" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M494" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N494" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O494" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:15">
       <x:c r="A495" s="1" t="s">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="B495" s="1" t="s">
         <x:v>2012</x:v>
       </x:c>
-      <x:c r="B495" s="1" t="s">
+      <x:c r="C495" s="0" t="s">
         <x:v>2013</x:v>
       </x:c>
-      <x:c r="C495" s="0" t="s">
+      <x:c r="D495" s="0" t="s">
         <x:v>2014</x:v>
       </x:c>
-      <x:c r="D495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N495" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:15">
       <x:c r="A496" s="1" t="s">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="B496" s="1" t="s">
         <x:v>2016</x:v>
       </x:c>
-      <x:c r="B496" s="1" t="s">
+      <x:c r="C496" s="0" t="s">
         <x:v>2017</x:v>
       </x:c>
-      <x:c r="C496" s="0" t="s">
+      <x:c r="D496" s="0" t="s">
         <x:v>2018</x:v>
       </x:c>
-      <x:c r="D496" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L496" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M496" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N496" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O496" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:15">
       <x:c r="A497" s="1" t="s">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="B497" s="1" t="s">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B497" s="1" t="s">
+      <x:c r="C497" s="0" t="s">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="C497" s="0" t="s">
+      <x:c r="D497" s="0" t="s">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="D497" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:15">
       <x:c r="A498" s="1" t="s">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B498" s="1" t="s">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B498" s="1" t="s">
+      <x:c r="C498" s="0" t="s">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="C498" s="0" t="s">
+      <x:c r="D498" s="0" t="s">
         <x:v>2026</x:v>
       </x:c>
-      <x:c r="D498" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L498" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M498" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N498" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O498" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:15">
       <x:c r="A499" s="1" t="s">
+        <x:v>2027</x:v>
+      </x:c>
+      <x:c r="B499" s="1" t="s">
         <x:v>2028</x:v>
       </x:c>
-      <x:c r="B499" s="1" t="s">
+      <x:c r="C499" s="0" t="s">
         <x:v>2029</x:v>
       </x:c>
-      <x:c r="C499" s="0" t="s">
+      <x:c r="D499" s="0" t="s">
         <x:v>2030</x:v>
       </x:c>
-      <x:c r="D499" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N499" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:15">
       <x:c r="A500" s="1" t="s">
+        <x:v>2031</x:v>
+      </x:c>
+      <x:c r="B500" s="1" t="s">
         <x:v>2032</x:v>
       </x:c>
-      <x:c r="B500" s="1" t="s">
+      <x:c r="C500" s="0" t="s">
         <x:v>2033</x:v>
       </x:c>
-      <x:c r="C500" s="0" t="s">
+      <x:c r="D500" s="0" t="s">
         <x:v>2034</x:v>
       </x:c>
-      <x:c r="D500" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L500" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M500" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N500" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O500" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:15">
       <x:c r="A501" s="1" t="s">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="B501" s="1" t="s">
         <x:v>2036</x:v>
       </x:c>
-      <x:c r="B501" s="1" t="s">
+      <x:c r="C501" s="0" t="s">
         <x:v>2037</x:v>
       </x:c>
-      <x:c r="C501" s="0" t="s">
+      <x:c r="D501" s="0" t="s">
         <x:v>2038</x:v>
       </x:c>
-      <x:c r="D501" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N501" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:15">
       <x:c r="A502" s="1" t="s">
+        <x:v>2039</x:v>
+      </x:c>
+      <x:c r="B502" s="1" t="s">
         <x:v>2040</x:v>
       </x:c>
-      <x:c r="B502" s="1" t="s">
+      <x:c r="C502" s="0" t="s">
         <x:v>2041</x:v>
       </x:c>
-      <x:c r="C502" s="0" t="s">
+      <x:c r="D502" s="0" t="s">
         <x:v>2042</x:v>
       </x:c>
-      <x:c r="D502" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L502" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M502" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N502" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O502" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:15">
       <x:c r="A503" s="1" t="s">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="B503" s="1" t="s">
         <x:v>2044</x:v>
       </x:c>
-      <x:c r="B503" s="1" t="s">
+      <x:c r="C503" s="0" t="s">
         <x:v>2045</x:v>
       </x:c>
-      <x:c r="C503" s="0" t="s">
+      <x:c r="D503" s="0" t="s">
         <x:v>2046</x:v>
       </x:c>
-      <x:c r="D503" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N503" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:15">
       <x:c r="A504" s="1" t="s">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="B504" s="1" t="s">
         <x:v>2048</x:v>
       </x:c>
-      <x:c r="B504" s="1" t="s">
+      <x:c r="C504" s="0" t="s">
         <x:v>2049</x:v>
       </x:c>
-      <x:c r="C504" s="0" t="s">
+      <x:c r="D504" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
-      <x:c r="D504" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L504" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M504" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N504" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O504" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:15">
       <x:c r="A505" s="1" t="s">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="B505" s="1" t="s">
         <x:v>2052</x:v>
       </x:c>
-      <x:c r="B505" s="1" t="s">
+      <x:c r="C505" s="0" t="s">
         <x:v>2053</x:v>
       </x:c>
-      <x:c r="C505" s="0" t="s">
+      <x:c r="D505" s="0" t="s">
         <x:v>2054</x:v>
       </x:c>
-      <x:c r="D505" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N505" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:15">
       <x:c r="A506" s="1" t="s">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="B506" s="1" t="s">
         <x:v>2056</x:v>
       </x:c>
-      <x:c r="B506" s="1" t="s">
+      <x:c r="C506" s="0" t="s">
         <x:v>2057</x:v>
       </x:c>
-      <x:c r="C506" s="0" t="s">
+      <x:c r="D506" s="0" t="s">
         <x:v>2058</x:v>
       </x:c>
-      <x:c r="D506" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L506" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M506" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N506" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O506" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:15">
       <x:c r="A507" s="1" t="s">
+        <x:v>2059</x:v>
+      </x:c>
+      <x:c r="B507" s="1" t="s">
         <x:v>2060</x:v>
       </x:c>
-      <x:c r="B507" s="1" t="s">
+      <x:c r="C507" s="0" t="s">
         <x:v>2061</x:v>
       </x:c>
-      <x:c r="C507" s="0" t="s">
+      <x:c r="D507" s="0" t="s">
         <x:v>2062</x:v>
       </x:c>
-      <x:c r="D507" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N507" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:15">
       <x:c r="A508" s="1" t="s">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="B508" s="1" t="s">
         <x:v>2064</x:v>
       </x:c>
-      <x:c r="B508" s="1" t="s">
+      <x:c r="C508" s="0" t="s">
         <x:v>2065</x:v>
       </x:c>
-      <x:c r="C508" s="0" t="s">
+      <x:c r="D508" s="0" t="s">
         <x:v>2066</x:v>
       </x:c>
-      <x:c r="D508" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L508" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M508" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N508" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O508" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:15">
       <x:c r="A509" s="1" t="s">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="B509" s="1" t="s">
         <x:v>2068</x:v>
       </x:c>
-      <x:c r="B509" s="1" t="s">
+      <x:c r="C509" s="0" t="s">
         <x:v>2069</x:v>
       </x:c>
-      <x:c r="C509" s="0" t="s">
+      <x:c r="D509" s="0" t="s">
         <x:v>2070</x:v>
       </x:c>
-      <x:c r="D509" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N509" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:15">
       <x:c r="A510" s="1" t="s">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="B510" s="1" t="s">
         <x:v>2072</x:v>
       </x:c>
-      <x:c r="B510" s="1" t="s">
+      <x:c r="C510" s="0" t="s">
         <x:v>2073</x:v>
       </x:c>
-      <x:c r="C510" s="0" t="s">
+      <x:c r="D510" s="0" t="s">
         <x:v>2074</x:v>
       </x:c>
-      <x:c r="D510" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L510" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M510" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N510" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O510" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:15">
       <x:c r="A511" s="1" t="s">
+        <x:v>2075</x:v>
+      </x:c>
+      <x:c r="B511" s="1" t="s">
         <x:v>2076</x:v>
       </x:c>
-      <x:c r="B511" s="1" t="s">
+      <x:c r="C511" s="0" t="s">
         <x:v>2077</x:v>
       </x:c>
-      <x:c r="C511" s="0" t="s">
+      <x:c r="D511" s="0" t="s">
         <x:v>2078</x:v>
       </x:c>
-      <x:c r="D511" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N511" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:15">
       <x:c r="A512" s="1" t="s">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="B512" s="1" t="s">
         <x:v>2080</x:v>
       </x:c>
-      <x:c r="B512" s="1" t="s">
+      <x:c r="C512" s="0" t="s">
         <x:v>2081</x:v>
       </x:c>
-      <x:c r="C512" s="0" t="s">
+      <x:c r="D512" s="0" t="s">
         <x:v>2082</x:v>
       </x:c>
-      <x:c r="D512" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L512" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M512" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N512" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O512" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:15">
       <x:c r="A513" s="1" t="s">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="B513" s="1" t="s">
         <x:v>2084</x:v>
       </x:c>
-      <x:c r="B513" s="1" t="s">
+      <x:c r="C513" s="0" t="s">
         <x:v>2085</x:v>
       </x:c>
-      <x:c r="C513" s="0" t="s">
+      <x:c r="D513" s="0" t="s">
         <x:v>2086</x:v>
       </x:c>
-      <x:c r="D513" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N513" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:15">
       <x:c r="A514" s="1" t="s">
+        <x:v>2087</x:v>
+      </x:c>
+      <x:c r="B514" s="1" t="s">
         <x:v>2088</x:v>
       </x:c>
-      <x:c r="B514" s="1" t="s">
+      <x:c r="C514" s="0" t="s">
         <x:v>2089</x:v>
       </x:c>
-      <x:c r="C514" s="0" t="s">
+      <x:c r="D514" s="0" t="s">
         <x:v>2090</x:v>
       </x:c>
-      <x:c r="D514" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L514" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M514" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N514" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O514" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:15">
       <x:c r="A515" s="1" t="s">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="B515" s="1" t="s">
         <x:v>2092</x:v>
       </x:c>
-      <x:c r="B515" s="1" t="s">
+      <x:c r="C515" s="0" t="s">
         <x:v>2093</x:v>
       </x:c>
-      <x:c r="C515" s="0" t="s">
+      <x:c r="D515" s="0" t="s">
         <x:v>2094</x:v>
       </x:c>
-      <x:c r="D515" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N515" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:15">
       <x:c r="A516" s="1" t="s">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="B516" s="1" t="s">
         <x:v>2096</x:v>
       </x:c>
-      <x:c r="B516" s="1" t="s">
+      <x:c r="C516" s="0" t="s">
         <x:v>2097</x:v>
       </x:c>
-      <x:c r="C516" s="0" t="s">
+      <x:c r="D516" s="0" t="s">
         <x:v>2098</x:v>
       </x:c>
-      <x:c r="D516" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L516" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M516" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N516" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O516" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:15">
       <x:c r="A517" s="1" t="s">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="B517" s="1" t="s">
         <x:v>2100</x:v>
       </x:c>
-      <x:c r="B517" s="1" t="s">
+      <x:c r="C517" s="0" t="s">
         <x:v>2101</x:v>
       </x:c>
-      <x:c r="C517" s="0" t="s">
+      <x:c r="D517" s="0" t="s">
         <x:v>2102</x:v>
       </x:c>
-      <x:c r="D517" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N517" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:15">
       <x:c r="A518" s="1" t="s">
+        <x:v>2103</x:v>
+      </x:c>
+      <x:c r="B518" s="1" t="s">
         <x:v>2104</x:v>
       </x:c>
-      <x:c r="B518" s="1" t="s">
+      <x:c r="C518" s="0" t="s">
         <x:v>2105</x:v>
       </x:c>
-      <x:c r="C518" s="0" t="s">
+      <x:c r="D518" s="0" t="s">
         <x:v>2106</x:v>
       </x:c>
-      <x:c r="D518" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L518" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M518" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N518" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O518" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:15">
       <x:c r="A519" s="1" t="s">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="B519" s="1" t="s">
         <x:v>2108</x:v>
       </x:c>
-      <x:c r="B519" s="1" t="s">
+      <x:c r="C519" s="0" t="s">
         <x:v>2109</x:v>
       </x:c>
-      <x:c r="C519" s="0" t="s">
+      <x:c r="D519" s="0" t="s">
         <x:v>2110</x:v>
       </x:c>
-      <x:c r="D519" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N519" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:15">
       <x:c r="A520" s="1" t="s">
+        <x:v>2111</x:v>
+      </x:c>
+      <x:c r="B520" s="1" t="s">
         <x:v>2112</x:v>
       </x:c>
-      <x:c r="B520" s="1" t="s">
+      <x:c r="C520" s="0" t="s">
         <x:v>2113</x:v>
       </x:c>
-      <x:c r="C520" s="0" t="s">
+      <x:c r="D520" s="0" t="s">
         <x:v>2114</x:v>
       </x:c>
-      <x:c r="D520" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L520" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M520" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N520" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O520" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:15">
       <x:c r="A521" s="1" t="s">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="B521" s="1" t="s">
         <x:v>2116</x:v>
       </x:c>
-      <x:c r="B521" s="1" t="s">
+      <x:c r="C521" s="0" t="s">
         <x:v>2117</x:v>
       </x:c>
-      <x:c r="C521" s="0" t="s">
+      <x:c r="D521" s="0" t="s">
         <x:v>2118</x:v>
       </x:c>
-      <x:c r="D521" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N521" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:15">
       <x:c r="A522" s="1" t="s">
+        <x:v>2119</x:v>
+      </x:c>
+      <x:c r="B522" s="1" t="s">
         <x:v>2120</x:v>
       </x:c>
-      <x:c r="B522" s="1" t="s">
+      <x:c r="C522" s="0" t="s">
         <x:v>2121</x:v>
       </x:c>
-      <x:c r="C522" s="0" t="s">
+      <x:c r="D522" s="0" t="s">
         <x:v>2122</x:v>
       </x:c>
-      <x:c r="D522" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L522" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M522" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N522" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O522" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:15">
       <x:c r="A523" s="1" t="s">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="B523" s="1" t="s">
         <x:v>2124</x:v>
       </x:c>
-      <x:c r="B523" s="1" t="s">
+      <x:c r="C523" s="0" t="s">
         <x:v>2125</x:v>
       </x:c>
-      <x:c r="C523" s="0" t="s">
+      <x:c r="D523" s="0" t="s">
         <x:v>2126</x:v>
       </x:c>
-      <x:c r="D523" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N523" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:15">
       <x:c r="A524" s="1" t="s">
+        <x:v>2127</x:v>
+      </x:c>
+      <x:c r="B524" s="1" t="s">
         <x:v>2128</x:v>
       </x:c>
-      <x:c r="B524" s="1" t="s">
+      <x:c r="C524" s="0" t="s">
         <x:v>2129</x:v>
       </x:c>
-      <x:c r="C524" s="0" t="s">
+      <x:c r="D524" s="0" t="s">
         <x:v>2130</x:v>
       </x:c>
-      <x:c r="D524" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L524" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M524" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N524" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O524" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:15">
       <x:c r="A525" s="1" t="s">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="B525" s="1" t="s">
         <x:v>2132</x:v>
       </x:c>
-      <x:c r="B525" s="1" t="s">
+      <x:c r="C525" s="0" t="s">
         <x:v>2133</x:v>
       </x:c>
-      <x:c r="C525" s="0" t="s">
+      <x:c r="D525" s="0" t="s">
         <x:v>2134</x:v>
       </x:c>
-      <x:c r="D525" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N525" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:15">
       <x:c r="A526" s="1" t="s">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="B526" s="1" t="s">
         <x:v>2136</x:v>
       </x:c>
-      <x:c r="B526" s="1" t="s">
+      <x:c r="C526" s="0" t="s">
         <x:v>2137</x:v>
       </x:c>
-      <x:c r="C526" s="0" t="s">
+      <x:c r="D526" s="0" t="s">
         <x:v>2138</x:v>
       </x:c>
-      <x:c r="D526" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L526" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M526" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N526" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O526" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:15">
       <x:c r="A527" s="1" t="s">
+        <x:v>2139</x:v>
+      </x:c>
+      <x:c r="B527" s="1" t="s">
         <x:v>2140</x:v>
       </x:c>
-      <x:c r="B527" s="1" t="s">
+      <x:c r="C527" s="0" t="s">
         <x:v>2141</x:v>
       </x:c>
-      <x:c r="C527" s="0" t="s">
+      <x:c r="D527" s="0" t="s">
         <x:v>2142</x:v>
       </x:c>
-      <x:c r="D527" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N527" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:15">
       <x:c r="A528" s="1" t="s">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="B528" s="1" t="s">
         <x:v>2144</x:v>
       </x:c>
-      <x:c r="B528" s="1" t="s">
+      <x:c r="C528" s="0" t="s">
         <x:v>2145</x:v>
       </x:c>
-      <x:c r="C528" s="0" t="s">
+      <x:c r="D528" s="0" t="s">
         <x:v>2146</x:v>
       </x:c>
-      <x:c r="D528" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L528" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M528" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N528" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O528" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:15">
       <x:c r="A529" s="1" t="s">
+        <x:v>2147</x:v>
+      </x:c>
+      <x:c r="B529" s="1" t="s">
         <x:v>2148</x:v>
       </x:c>
-      <x:c r="B529" s="1" t="s">
+      <x:c r="C529" s="0" t="s">
         <x:v>2149</x:v>
       </x:c>
-      <x:c r="C529" s="0" t="s">
+      <x:c r="D529" s="0" t="s">
         <x:v>2150</x:v>
       </x:c>
-      <x:c r="D529" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N529" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:15">
       <x:c r="A530" s="1" t="s">
+        <x:v>2151</x:v>
+      </x:c>
+      <x:c r="B530" s="1" t="s">
         <x:v>2152</x:v>
       </x:c>
-      <x:c r="B530" s="1" t="s">
+      <x:c r="C530" s="0" t="s">
         <x:v>2153</x:v>
       </x:c>
-      <x:c r="C530" s="0" t="s">
+      <x:c r="D530" s="0" t="s">
         <x:v>2154</x:v>
       </x:c>
-      <x:c r="D530" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L530" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M530" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N530" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O530" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:15">
       <x:c r="A531" s="1" t="s">
+        <x:v>2155</x:v>
+      </x:c>
+      <x:c r="B531" s="1" t="s">
         <x:v>2156</x:v>
       </x:c>
-      <x:c r="B531" s="1" t="s">
+      <x:c r="C531" s="0" t="s">
         <x:v>2157</x:v>
       </x:c>
-      <x:c r="C531" s="0" t="s">
+      <x:c r="D531" s="0" t="s">
         <x:v>2158</x:v>
       </x:c>
-      <x:c r="D531" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N531" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:15">
       <x:c r="A532" s="1" t="s">
+        <x:v>2159</x:v>
+      </x:c>
+      <x:c r="B532" s="1" t="s">
         <x:v>2160</x:v>
       </x:c>
-      <x:c r="B532" s="1" t="s">
+      <x:c r="C532" s="0" t="s">
         <x:v>2161</x:v>
       </x:c>
-      <x:c r="C532" s="0" t="s">
+      <x:c r="D532" s="0" t="s">
         <x:v>2162</x:v>
       </x:c>
-      <x:c r="D532" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L532" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M532" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N532" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O532" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:15">
       <x:c r="A533" s="1" t="s">
+        <x:v>2163</x:v>
+      </x:c>
+      <x:c r="B533" s="1" t="s">
         <x:v>2164</x:v>
       </x:c>
-      <x:c r="B533" s="1" t="s">
+      <x:c r="C533" s="0" t="s">
         <x:v>2165</x:v>
       </x:c>
-      <x:c r="C533" s="0" t="s">
+      <x:c r="D533" s="0" t="s">
         <x:v>2166</x:v>
       </x:c>
-      <x:c r="D533" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N533" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:15">
       <x:c r="A534" s="1" t="s">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="B534" s="1" t="s">
         <x:v>2168</x:v>
       </x:c>
-      <x:c r="B534" s="1" t="s">
+      <x:c r="C534" s="0" t="s">
         <x:v>2169</x:v>
       </x:c>
-      <x:c r="C534" s="0" t="s">
+      <x:c r="D534" s="0" t="s">
         <x:v>2170</x:v>
       </x:c>
-      <x:c r="D534" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L534" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M534" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N534" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O534" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:15">
       <x:c r="A535" s="1" t="s">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="B535" s="1" t="s">
         <x:v>2172</x:v>
       </x:c>
-      <x:c r="B535" s="1" t="s">
+      <x:c r="C535" s="0" t="s">
         <x:v>2173</x:v>
       </x:c>
-      <x:c r="C535" s="0" t="s">
+      <x:c r="D535" s="0" t="s">
         <x:v>2174</x:v>
       </x:c>
-      <x:c r="D535" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N535" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">