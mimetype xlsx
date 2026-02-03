--- v1 (2025-11-29)
+++ v2 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a80ade4eb1943a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f91f1e59fff48ec88b14704b75e68b9.psmdcp" Id="Rbe636d05a9c54c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f21c4e13e55443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fca1d81f197c41488b7dbf1103f7d39c.psmdcp" Id="R7da20b05f5574b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -62,147 +62,147 @@
   <x:si>
     <x:t>ZZS volgens EU-POP Verordening</x:t>
   </x:si>
   <x:si>
     <x:t>Stofklasse voor luchtemissies</x:t>
   </x:si>
   <x:si>
     <x:t>Emissiegrenswaarde</x:t>
   </x:si>
   <x:si>
     <x:t>Datum toevoeging</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot1</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot2</x:t>
   </x:si>
   <x:si>
     <x:t>64741-48-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-048-9</x:t>
   </x:si>
   <x:si>
-    <x:t>aardgas (aardolie), ruw vloeibaar mengseL Een complexe verzameling koolwaterstoffen in een gasrecyclinginstallatie door processen als afkoeling en absorptie als vloeistof afgescheiden van aardgas. Bestaat hoofdzakelijk uit verzadigde alifatische koolwaterstoffen overwegend C2 tot en met C8. Nafta met laag kookpunt - niet gespecifieerd</x:t>
-[...2 lines deleted...]
-    <x:t>natural gas (petroleum), raw liq. mix, Low boiling point naphtha - unspecified [A complex combination of hydrocarbons separated as a liquid from natural gas in a gas recycling plant by processes such as refrigeration or absorption. It consists mainly of saturated aliphatic hydrocarbons having carbon numbers in the range of C2 through C8.]</x:t>
+    <x:t xml:space="preserve">aardgas (aardolie), ruw vloeibaar mengsel </x:t>
+  </x:si>
+  <x:si>
+    <x:t>natural gas (petroleum), raw liq. mix.</x:t>
   </x:si>
   <x:si>
     <x:t>Ja</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>2-12-2013</x:t>
   </x:si>
   <x:si>
     <x:t>De meeste aardolie- en steenkool derivaten zijn niet als ZZS opgenomen in bijlage III van het BAL. Alleen als deze producten minder dan 0,1 % aan ZZS componenten bevatten, kan stofklasse gO.2 worden aangehouden. Als er meer dan 0,1 % ZZS componenten aanwezig zijn, moet het product als ZZS worden beschouwd. Bij de aanwezigheid van vluchtige ZZS-componenten adviseren we de stofklasse MVP 2 te hanteren; bij de aanwezigheid van niet-vluchtige ZZS-componenten adviseren we de stofklasse MVP 1 te hanteren. Voor meer gedetailleerde criteria voor stoffen en mengsels met een ZZS-component zie: rvs.rivm.nl/stoffenlijsten/Zeer-Zorgwekkende-Stoffen/ZZS-in-mengels. Advies voor vergunningverlening voor mengsels en stoffen met ZZS-bestanddelen wordt gegeven op de website van het IPLO: https://iplo.nl/thema/zeer-zorgwekkende-stoffen-zzs/mengsels-zzs/</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (Einecs-nr. 200-753-7) bevat. Als de stof niet als kankerverwekkend wordt ingedeeld, gelden hiervoor minimaal de voorzorgsmaatregelen (P102-)P260-P262- P301 + P310-P331. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
+    <x:t>68919-39-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272-896-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">aardgascondensaten </x:t>
+  </x:si>
+  <x:si>
+    <x:t>natural gas condensates</x:t>
+  </x:si>
+  <x:si>
     <x:t>64741-47-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-047-3</x:t>
   </x:si>
   <x:si>
-    <x:t>aardgascondensaten (aardolie), Een complexe verzameling koolwaterstoffen in een oppervlakteseparator door middel van retrograde condensatie als vloeistof afgescheiden van aardgas. Bestaat voornamelijk uit koolwaterstoffen overwegend C2 tot C20. Vloeibaar bij atmosferische temperatuur en druk. Nafta met laag kookpunt - niet gespecifieerd</x:t>
-[...14 lines deleted...]
-    <x:t>natural gas condensates, Low boiling point naphtha - unspecified [A complex combination of hydrocarbons separated and/or condensed from natural gas during transportation and collected at the wellhead and/or from the production, gathering, transmission, and distribution pipelines in deeps, scrubbers, etc. It consists predominantly of hydrocarbons having carbon numbers predominantly in the range of C2 through C8.]</x:t>
+    <x:t>aardgascondensaten (aardolie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>natural gas condensates (petroleum)</x:t>
   </x:si>
   <x:si>
     <x:t>8002-05-9</x:t>
   </x:si>
   <x:si>
     <x:t>232-298-5</x:t>
   </x:si>
   <x:si>
     <x:t>aardolie</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>92045-80-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-463-0</x:t>
   </x:si>
   <x:si>
-    <x:t>aardoliegassen vloeibaar gemaakt, stankvrij gemaakt, C4-fractie, Een complexe verzameling koolwaterstoffen die wordt verkregen door het stankvrij maken van een vloeibaar gemaakt aardolie-gasmengsel om mercaptanen te oxideren of om zure verontreinigingen te verwijderen. Bestaat voornamelijk uit C4-verzadigde en onverzadigde koolwaterstoffen. Petroleumgas</x:t>
-[...2 lines deleted...]
-    <x:t>petroleum gases, liquefied, sweetened, C4 fraction, Petroleum gas [A complex combination of hydrocarbons obtained by subjecting a liquified petroleum gas mix to a sweetening process to oxidize mercaptans or to remove acidic impurities. It consists predominantly of C4 saturated and unsaturated hydrocarbons.]</x:t>
+    <x:t>aardoliegassen vloeibaar gemaakt, stankvrij gemaakt, C4-fractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum gases, liquefied, sweetened, C4 fraction</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) 1,3-butadieen (Einecs-nr. 203-450-8) bevat. Als de stof niet als kankerverwekkend of mutageen wordt ingedeeld, gelden hiervoor minimaal de voorzorgsmaatregelen (P102-)P210-P403. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>68514-79-4</x:t>
   </x:si>
   <x:si>
     <x:t>271-058-4</x:t>
   </x:si>
   <x:si>
-    <x:t>aardolieproducten hydrofiner-powerformer-reformaten De complexe verzameling koolwaterstoffen verkregen door een hydrofiner-powerformer-proces, met een kooktraject van ongeveer 27°C tot 210°C. Katalytisch gereformde nafta met laag kookpunt</x:t>
-[...2 lines deleted...]
-    <x:t>petroleum products, hydrofiner-powerformer reformates, Low boiling point cat-reformed naphtha [The complex combination of hydrocarbons obtained in a hydrofiner-powerformer process and boiling in a range of approximately 27°C to 210°C (80°F to 410°F).]</x:t>
+    <x:t>aardolieproducten hydrofiner-powerformer-reformaten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum products, hydrofiner-powerformer reformates</x:t>
   </x:si>
   <x:si>
     <x:t>68607-11-4</x:t>
   </x:si>
   <x:si>
     <x:t>271-750-6</x:t>
   </x:si>
   <x:si>
-    <x:t>aardolieproducten raffinaderijgassen Een complexe combinatie die voornamelijk bestaat uit waterstof, met uiteenlopende kleine hoeveelheden methaan ethaan en propaan. Raffinaderijgas</x:t>
-[...2 lines deleted...]
-    <x:t>petroleum products, refinery gases, Refinery gas [A complex combination which consists primarily of hydrogen with various small amounts of methane, ethane, and propane.]</x:t>
+    <x:t>aardolieproducten raffinaderijgassen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum products, refinery gases</x:t>
   </x:si>
   <x:si>
     <x:t>101316-45-4</x:t>
   </x:si>
   <x:si>
     <x:t>309-851-5</x:t>
   </x:si>
   <x:si>
     <x:t>absorptieoliën bicyclo-aromatische en heterocyclische koolwaterstoffractie</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">absorption oils, bicyclo arom. and heterocyclic hydrocarbon fraction, </x:t>
   </x:si>
   <x:si>
     <x:t>68475-57-0</x:t>
   </x:si>
   <x:si>
     <x:t>270-651-5</x:t>
   </x:si>
   <x:si>
     <x:t>alkanen C1-2-, petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C1-2, petroleum gas</x:t>
   </x:si>
@@ -254,162 +254,162 @@
   <x:si>
     <x:t>alkanen C3-4-, petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C3-4, petroleum gas</x:t>
   </x:si>
   <x:si>
     <x:t>68475-60-5</x:t>
   </x:si>
   <x:si>
     <x:t>270-654-1</x:t>
   </x:si>
   <x:si>
     <x:t>alkanen C4-5-, petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C4-5, petroleum gas</x:t>
   </x:si>
   <x:si>
     <x:t>68131-49-7</x:t>
   </x:si>
   <x:si>
     <x:t>268-618-5</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C6-10-, met zuur behandeld geneutraliseerd nafta met laag kookpunt - niet gespecifieerd</x:t>
+    <x:t>aromatische koolwaterstoffen C6-10-, met zuur behandeld geneutraliseerd</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C6-10, acid-treated, neutralized, low boiling point naphtha - unspecified</x:t>
   </x:si>
   <x:si>
     <x:t>90989-41-6</x:t>
   </x:si>
   <x:si>
     <x:t>292-697-5</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C6-10, rijk aan C8, lichte olie, herdestillaat, laagkokende fractie</x:t>
-[...2 lines deleted...]
-    <x:t>aromatic hydrocarbons, C6-10, C8-rich, light oil redistillate, low boiling</x:t>
+    <x:t>aromatische koolwaterstoffen C6-10, rijk aan C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C6-10, C8-rich</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (EINECS-nr. 200-753-7) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>68475-70-7</x:t>
   </x:si>
   <x:si>
     <x:t>270-658-3</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C6-8-, afkomstig van pyrolysaat van nafta-raffinaat, thermisch gekraakte nafta met laag kookpunt (Een complexe verzameling koolwaterstoffen verkregen door pyrolysefractionering bij 816°C van nafta en raffinaat. Bestaat voornamelijk uit aromatische koolwaterstoffen overwegend C6 tot en met C8, inclusief benzeen)</x:t>
-[...2 lines deleted...]
-    <x:t>aromatic hydrocarbons, C6-8, naphtha-raffinate pyrolyzate-derived, low boiling point thermally cracked naphtha [A complex combination of hydrocarbons obtained by the fractionation pyrolysis at 816°C (1500°F) of naphtha and raffinate. It consists predominantly of aromatic hydrocarbons having carbon numbers predominantly in the range of C6 through C8, including benzene.]</x:t>
+    <x:t>aromatische koolwaterstoffen C6-8-, afkomstig van pyrolysaat van nafta-raffinaat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C6-8, naphtha-raffinate pyrolyzate-derived</x:t>
   </x:si>
   <x:si>
     <x:t>MVP 2</x:t>
   </x:si>
   <x:si>
     <x:t>1 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>Dit aardolie- of steenkoolderivaat bevat een groot gehalte aan benzeen, daarom worden hier de stofklasse en emissiegrenswaarde van benzeen weergegeven.</x:t>
   </x:si>
   <x:si>
     <x:t>93571-75-6</x:t>
   </x:si>
   <x:si>
     <x:t>297-401-8</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C7-12-, rijk aan C8, katalytisch hervormde nafta met laag kookpunt (Een complexe verzameling koolwaterstoffen verkregen door afscheiding van de platformate-houdende fractie. Bestaat voornamelijk uit aromatische koolwaterstoffen overwegend C7 tot en met C12 (hoofdzakelijk C8) en kan niet-aromatische koolwaterstoffen bevatten beide met een kooktraject van ongeveer 130°C tot 200°C)</x:t>
-[...2 lines deleted...]
-    <x:t>aromatic hydrocarbons, C7-12, C8-rich, low boiling point cat-reformed naphtha [A complex combination of hydrocarbons obtained by separation from the platformate-containing fraction. It consists predominantly of aromatic hydrocarbons having carbon numbers predominantly in the range of C7 through C12 (primarily C8) and can contain nonaromatic hydrocarbons, both boiling in the range of approximately 130°C to 200°C (266°F to 392°F).]</x:t>
+    <x:t>aromatische koolwaterstoffen C7-12-, rijk aan C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C7-12, C8-rich</x:t>
   </x:si>
   <x:si>
     <x:t>90989-42-7</x:t>
   </x:si>
   <x:si>
     <x:t>292-698-0</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C7-8-, dealkyleringsproducten destillatieresiduen, nafta met laag kookpunt - niet gespecifieerd</x:t>
-[...2 lines deleted...]
-    <x:t>aromatic hydrocarbons, C7-8, dealkylation products, distn. residues, low boiling point naphtha - unspecified</x:t>
+    <x:t>aromatische koolwaterstoffen C7-8-, dealkyleringsproducten destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C7-8, dealkylation products, distn. residues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90989-38-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292-694-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatische koolwaterstoffen C8-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C8</x:t>
   </x:si>
   <x:si>
     <x:t>91995-18-5</x:t>
   </x:si>
   <x:si>
     <x:t>295-279-0</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C8-, afkomstig uit katalytische hervorming, katalytisch hervormde nafta met laag kookpunt</x:t>
-[...14 lines deleted...]
-    <x:t>aromatic hydrocarbons, C8, light oil redistillate, high boiling</x:t>
+    <x:t>aromatische koolwaterstoffen C8-, afkomstig uit katalytische hervorming</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C8, catalytic reforming-derived</x:t>
   </x:si>
   <x:si>
     <x:t>90989-39-2</x:t>
   </x:si>
   <x:si>
     <x:t>292-695-4</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C8-10, nafta met laag kookpunt - niet gespecifieerd</x:t>
-[...2 lines deleted...]
-    <x:t>aromatic hydrocarbons, C8-10, low boiling point naphtha - unspecified</x:t>
+    <x:t>aromatische koolwaterstoffen C8-10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>aromatic hydrocarbons, C8-10</x:t>
   </x:si>
   <x:si>
     <x:t>91995-20-9</x:t>
   </x:si>
   <x:si>
     <x:t>295-281-1</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C8-9, bijproduct koolwaterstofhars-polymerisatie, lichte olie, herdestillaat, hoogkokende fractie (Een complexe verzameling koolwaterstoffen die wordt verkregen door de verdamping onder vacuüm van oplosmiddel uit gepolymeriseerde koolwaterstofhars. Bestaat voornamelijk uit aromatische koolwaterstoffen overwegend C8 en C9, met een kooktraject van ongeveer 120°C tot 215°C)</x:t>
-[...2 lines deleted...]
-    <x:t>aromatic hydrocarbons, C8-9, hydrocarbon resin polymn. by-product, light oil redistillate, high boiling [A complex combination of hydrocarbons obtained from the evaporation of solvent under vacuum from polymerized hydrocarbon resin. It consists predominantly of aromatic hydrocarbons having carbon numbers predominantly in the range of C8 through C9 and boiling in the range of approximately 120°C to 215°C (248°F to 419°F).]</x:t>
+    <x:t xml:space="preserve">aromatische koolwaterstoffen C8-9, bijproduct koolwaterstofhars-polymerisatie, </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">aromatic hydrocarbons, C8-9, hydrocarbon resin polymn. by-product, </x:t>
   </x:si>
   <x:si>
     <x:t>92062-36-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-551-9</x:t>
   </x:si>
   <x:si>
     <x:t>aromatische koolwaterstoffen C9-12, benzeendestillatie, lichte olie, herdestillaat, hoogkokende fractie</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C9-12, benzene distn., light oil redistillate, high boiling</x:t>
   </x:si>
   <x:si>
     <x:t>98072-36-7</x:t>
   </x:si>
   <x:si>
     <x:t>308-487-4</x:t>
   </x:si>
   <x:si>
     <x:t>aromatische koowaterstoffen, destillatie residue, rijk aan naftaleen</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, distn. residues, naphthalene-rich</x:t>
   </x:si>
@@ -2306,60 +2306,72 @@
   <x:si>
     <x:t>97926-43-7</x:t>
   </x:si>
   <x:si>
     <x:t>308-261-5</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">extracten (aardolie), zware naftaoplosmiddeL met klei behandeld </x:t>
   </x:si>
   <x:si>
     <x:t>extracts (petroleum) heavy naphtha solvent, clay-treated</x:t>
   </x:si>
   <x:si>
     <x:t>68814-89-1</x:t>
   </x:si>
   <x:si>
     <x:t>272-342-0</x:t>
   </x:si>
   <x:si>
     <x:t>extracten (aardolie), zware paraffinehoudende destillaten oplosmiddel-gedeasfalteerd</x:t>
   </x:si>
   <x:si>
     <x:t>extracts (petroleum), heavy paraffinic distillates, solvent-deasphalted</x:t>
   </x:si>
   <x:si>
+    <x:t>122070-78-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310-169-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fenantreen destillatieresiduen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenanthrene, distn. residues</x:t>
+  </x:si>
+  <x:si>
     <x:t>84988-93-2</x:t>
   </x:si>
   <x:si>
     <x:t>284-881-9</x:t>
   </x:si>
   <x:si>
-    <x:t>fenolen ammoniakprocesvochtextract, alkalisch extract, (De verzameling fenolen die met isobutylacetaat worden geëxtraheerd uit het ammoniakprocesvocht dat wordt gecondenseerd uit het gas dat ontstaat bij de destructieve lage-temperatuur-destillatie (minder dan 700°C) van kool. Bestaat voornamelijk uit een mengsel van een- en tweewaardige fenolen)</x:t>
-[...2 lines deleted...]
-    <x:t>phenols, ammonia liquor ext., alkaline extract [The combination of phenols extracted, using isobutyl acetate, from the ammonia liquor condensed from the gas evolved in low-temperature (less than 700°C (1292°F)) destructive distillation of coal. It consists predominantly of a reaction mass of monohydric and dihydric phenols.]</x:t>
+    <x:t>fenolen ammoniakprocesvochtextract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>phenols, ammonia liquor ext.</x:t>
   </x:si>
   <x:si>
     <x:t>64742-29-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-129-9</x:t>
   </x:si>
   <x:si>
     <x:t>gasoliën (aardolie), chemisch geneutraliseerd</x:t>
   </x:si>
   <x:si>
     <x:t>gas oils (petroleum), chemically neutralized</x:t>
   </x:si>
   <x:si>
     <x:t>97926-59-5</x:t>
   </x:si>
   <x:si>
     <x:t>308-278-8</x:t>
   </x:si>
   <x:si>
     <x:t>gasoliën (aardolie), lichte vacuüm-, thermisch gekraakt met waterstof ontzwaveld</x:t>
   </x:si>
   <x:si>
     <x:t>gas oils (petroleum), light vacuum, thermal-cracked hydrodesulfurized</x:t>
   </x:si>
@@ -3383,54 +3395,54 @@
   <x:si>
     <x:t>gassen (aardolie), topproducten van propaanverwijdering</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), depropanizer overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68513-15-5</x:t>
   </x:si>
   <x:si>
     <x:t>271-000-8</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), totaalfractie door directe fractionering verkregen nafta, uitstoot van hexaanverwijdering</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), full-range straight-run naphtha dehexanizer off</x:t>
   </x:si>
   <x:si>
     <x:t>68477-66-7</x:t>
   </x:si>
   <x:si>
     <x:t>270-747-7</x:t>
   </x:si>
   <x:si>
-    <x:t>gassen (aardolie), uitstoot benzeeninstallatie, waterstofontzwavelaar, raffinaderijgas, (Afgassen gevormd in de benzeeninstallatie. Bestaat hoofdzakelijk uit waterstof. Kan ook koolmonoxide en koolwaterstoffen overwegend C1 tot en met C6, inclusief benzeen bevatten)</x:t>
-[...2 lines deleted...]
-    <x:t>gases (petroleum), benzene unit hydrodesulfurizer off, Refinery gas [Off gases produced by the benzene unit. It consists primarily of hydrogen. Carbon monoxide and hydrocarbons having carbon numbers predominantly in the range of C1 through C6, including benzene, may also be present.]</x:t>
+    <x:t>gassen (aardolie), uitstoot benzeeninstallatie, waterstofontzwavelaar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gases (petroleum), benzene unit hydrodesulfurizer off</x:t>
   </x:si>
   <x:si>
     <x:t>68602-84-6</x:t>
   </x:si>
   <x:si>
     <x:t>271-625-6</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), uitstoot secundaire absorbeerder, fractionering van topproducten uit katalytische kraker wervelbed</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), secondary absorber off, fluidized catalytic cracker overheads fractionator</x:t>
   </x:si>
   <x:si>
     <x:t>68955-33-9</x:t>
   </x:si>
   <x:si>
     <x:t>273-269-7</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), uitstoot sponsabsorptievat, katalytische kraker met wervelbed en gasolieontzwavelaar, fractionering topproducten</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), sponge absorber off, fluidized catalytic cracker and gas oil desulfurizer overhead fractionation</x:t>
   </x:si>
@@ -5309,54 +5321,54 @@
   <x:si>
     <x:t>oplosmiddelnafta (aardolie), lichte aromatische, waterstofbehandeld</x:t>
   </x:si>
   <x:si>
     <x:t>solvent naphtha (petroleum), light arom., hydrotreated</x:t>
   </x:si>
   <x:si>
     <x:t>92062-15-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-529-9</x:t>
   </x:si>
   <x:si>
     <x:t>oplosmiddelnafta (aardolie), waterstofbehandelde lichte, nafteenhoudend</x:t>
   </x:si>
   <x:si>
     <x:t>solvent naphtha (petroleum), hydrotreated light naphthenic</x:t>
   </x:si>
   <x:si>
     <x:t>64742-94-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-198-5</x:t>
   </x:si>
   <x:si>
-    <x:t>Oplosmiddelnafta (aardolie), zwaar aromatisch</x:t>
-[...2 lines deleted...]
-    <x:t>Solvent naphtha (petroleum), heavy arom.</x:t>
+    <x:t>oplosmiddelnafta (aardolie), zwaar aromatisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>solvent naphtha (petroleum), heavy arom.</x:t>
   </x:si>
   <x:si>
     <x:t>64742-70-7</x:t>
   </x:si>
   <x:si>
     <x:t>265-174-4</x:t>
   </x:si>
   <x:si>
     <x:t>paraffinehoudende oliën (aardolie), katalytisch van was ontdane zware</x:t>
   </x:si>
   <x:si>
     <x:t>paraffin oils (petroleum), catalytic dewaxed heavy</x:t>
   </x:si>
   <x:si>
     <x:t>64742-71-8</x:t>
   </x:si>
   <x:si>
     <x:t>265-176-5</x:t>
   </x:si>
   <x:si>
     <x:t>paraffineoliën (aardolie), katalytisch van was ontdane lichte</x:t>
   </x:si>
   <x:si>
     <x:t>paraffin oils (petroleum), catalytic dewaxed light</x:t>
   </x:si>
@@ -5432,120 +5444,108 @@
   <x:si>
     <x:t>85029-74-9</x:t>
   </x:si>
   <x:si>
     <x:t>285-098-5</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (aardolie), met alumina behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (petroleum), alumina-treated</x:t>
   </x:si>
   <x:si>
     <x:t>92045-77-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-459-9</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (aardolie), met waterstof behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (petroleum), hydrotreated</x:t>
   </x:si>
   <x:si>
+    <x:t>68476-85-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-704-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleumgassen vloeibaar gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum gases, liquefied</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68476-86-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-705-8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleumgassen vloeibaar gemaakt, stankvrij gemaakt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleum gases, liquefied, sweetened</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68410-71-9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-088-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinaten (aardolie), katalytische reformer, ethyleenglycol-water-tegenstroomextractie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinates (petroleum), catalytic reformer ethylene glycol-water countercurrent exts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68425-35-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270-349-3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinaten (aardolie), reformer, Lurgi-afscheider</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinates (petroleum), reformer, Lurgi unit-sepd.</x:t>
+  </x:si>
+  <x:si>
     <x:t>97722-19-5</x:t>
   </x:si>
   <x:si>
     <x:t>307-769-4</x:t>
   </x:si>
   <x:si>
-    <x:t>Petroleumgas, Raffinaten (aardolie), stoomgekraakte C4-fractie, cuproammoniumacetaatextractie, C3-5- en C3-5-onverzadigD vrij van butadieen</x:t>
-[...62 lines deleted...]
-    <x:t>Phenanthrene, distn. residues, Heavy Anthracene Oil Redistillate [Residue from the distillation of crude phenanthrene boiling in the approximate range of 340 °C to 420 °C (644 °F to 788 °F). It consists predominantly of phenanthrene, anthracene and carbazole.]</x:t>
+    <x:t>raffinaten (aardolie), stoomgekraakte C4-fractie, cuproammoniumacetaatextractie, C3-5- en C3-5-onverzadigd, vrij van butadieen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinates (petroleum), steam-cracked C4 fraction cuprous ammonium acetate extn., C3-5 and C3-5 unsatd., butadiene-free</x:t>
   </x:si>
   <x:si>
     <x:t>68607-30-7</x:t>
   </x:si>
   <x:si>
     <x:t>271-763-7</x:t>
   </x:si>
   <x:si>
     <x:t>residuen (aardolie), aftopinrichting, laag zwavelgehalte</x:t>
   </x:si>
   <x:si>
     <x:t>residues (petroleum), topping plant, low-sulfur</x:t>
   </x:si>
   <x:si>
     <x:t>68513-66-6</x:t>
   </x:si>
   <x:si>
     <x:t>271-010-2</x:t>
   </x:si>
   <x:si>
     <x:t>residuen (aardolie), alkyleringssplitter, C4-rijk</x:t>
   </x:si>
   <x:si>
     <x:t>residues (petroleum), alkylation splitter, C4-rich</x:t>
   </x:si>
@@ -6518,54 +6518,54 @@
   <x:si>
     <x:t>smeeroliën (aardolie), met waterstof gekraakte niet-aromatische met solvent gedeparaffineerde</x:t>
   </x:si>
   <x:si>
     <x:t>lubricating oils (petroleum), hydrocracked nonarom. solvent-deparaffined</x:t>
   </x:si>
   <x:si>
     <x:t>8052-41-3</x:t>
   </x:si>
   <x:si>
     <x:t>232-489-3</x:t>
   </x:si>
   <x:si>
     <x:t>stoddard-oplosmiddel</x:t>
   </x:si>
   <x:si>
     <x:t>stoddard solvent</x:t>
   </x:si>
   <x:si>
     <x:t>68476-32-4</x:t>
   </x:si>
   <x:si>
     <x:t>270-674-0</x:t>
   </x:si>
   <x:si>
-    <x:t>Stookolie, zware stookolie, gasoliën verkregen uit residuen van direkte destillatie, hoog zwavelgehalte</x:t>
-[...2 lines deleted...]
-    <x:t>Fuel oil, residues-straight-run gas oils, high-sulfur, Heavy Fuel oil</x:t>
+    <x:t>stookolie, zware stookolie, gasoliën verkregen uit residuen van direkte destillatie, hoog zwavelgehalte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fuel oil, residues-straight-run gas oils, high-sulfur</x:t>
   </x:si>
   <x:si>
     <x:t>92045-14-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-396-7</x:t>
   </x:si>
   <x:si>
     <x:t>zware stookolie, hoog zwavelgehalte</x:t>
   </x:si>
   <x:si>
     <x:t>fuel oil, heavy, high-sulfur</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -7917,98 +7917,98 @@
       <x:c r="G21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:15">
       <x:c r="A22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L22" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M22" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N22" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O22" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
@@ -15578,145 +15578,145 @@
       <x:c r="G184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L184" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M184" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N184" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O184" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:15">
       <x:c r="A185" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:15">
       <x:c r="A186" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L186" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M186" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N186" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O186" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:15">
       <x:c r="A187" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
@@ -15766,98 +15766,98 @@
       <x:c r="G188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L188" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M188" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N188" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O188" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:15">
       <x:c r="A189" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N189" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:15">
       <x:c r="A190" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
@@ -15895,63 +15895,63 @@
       <x:c r="C191" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N191" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:15">
       <x:c r="A192" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
@@ -16001,51 +16001,51 @@
       <x:c r="G193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N193" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:15">
       <x:c r="A194" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
@@ -16130,110 +16130,110 @@
       <x:c r="C196" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L196" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M196" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N196" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O196" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:15">
       <x:c r="A197" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N197" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:15">
       <x:c r="A198" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
@@ -16283,51 +16283,51 @@
       <x:c r="G199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N199" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:15">
       <x:c r="A200" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
@@ -18245,107 +18245,107 @@
       <x:c r="C241" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N241" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:15">
       <x:c r="A242" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
+      <x:c r="C242" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="C242" s="0" t="s">
+      <x:c r="D242" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="D242" s="0" t="s">
+      <x:c r="E242" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F242" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G242" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I242" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J242" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K242" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="L242" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="M242" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="N242" s="0" t="s">
         <x:v>1001</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="O242" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:15">
       <x:c r="A243" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
@@ -18574,107 +18574,107 @@
       <x:c r="C248" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L248" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M248" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N248" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O248" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:15">
       <x:c r="A249" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N249" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:15">
       <x:c r="A250" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
@@ -20407,63 +20407,63 @@
       <x:c r="C287" s="0" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N287" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:15">
       <x:c r="A288" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
@@ -20483,128 +20483,128 @@
       </x:c>
       <x:c r="M288" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N288" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="O288" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:15">
       <x:c r="A289" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N289" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:15">
       <x:c r="A290" s="1" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="B290" s="1" t="s">
+      <x:c r="C290" s="0" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="C290" s="0" t="s">
+      <x:c r="D290" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="D290" s="0" t="s">
+      <x:c r="E290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="L290" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="M290" s="0" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="N290" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="O290" s="0" t="s">
         <x:v>1194</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:15">
       <x:c r="A291" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
@@ -20654,145 +20654,145 @@
       <x:c r="G292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L292" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M292" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N292" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O292" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:15">
       <x:c r="A293" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N293" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:15">
       <x:c r="A294" s="1" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L294" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M294" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N294" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O294" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:15">
       <x:c r="A295" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
@@ -20889,145 +20889,145 @@
       <x:c r="G297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N297" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:15">
       <x:c r="A298" s="1" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L298" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M298" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N298" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O298" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:15">
       <x:c r="A299" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N299" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:15">
       <x:c r="A300" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
@@ -21312,51 +21312,51 @@
       <x:c r="G306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L306" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M306" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N306" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O306" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:15">
       <x:c r="A307" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
@@ -21406,98 +21406,98 @@
       <x:c r="G308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L308" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M308" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N308" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O308" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:15">
       <x:c r="A309" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:15">
       <x:c r="A310" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
@@ -21641,145 +21641,145 @@
       <x:c r="G313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N313" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:15">
       <x:c r="A314" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L314" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M314" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N314" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O314" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:15">
       <x:c r="A315" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N315" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:15">
       <x:c r="A316" s="1" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
@@ -21829,98 +21829,98 @@
       <x:c r="G317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N317" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:15">
       <x:c r="A318" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L318" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N318" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O318" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:15">
       <x:c r="A319" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
@@ -21970,51 +21970,51 @@
       <x:c r="G320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L320" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M320" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N320" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O320" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:15">
       <x:c r="A321" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
@@ -22111,51 +22111,51 @@
       <x:c r="G323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N323" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:15">
       <x:c r="A324" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
@@ -22205,98 +22205,98 @@
       <x:c r="G325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N325" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:15">
       <x:c r="A326" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L326" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M326" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N326" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O326" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:15">
       <x:c r="A327" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
@@ -22722,98 +22722,98 @@
       <x:c r="G336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L336" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M336" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N336" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O336" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:15">
       <x:c r="A337" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N337" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:15">
       <x:c r="A338" s="1" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
@@ -22974,222 +22974,222 @@
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N341" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:15">
       <x:c r="A342" s="1" t="s">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L342" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M342" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N342" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O342" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:15">
       <x:c r="A343" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="C343" s="0" t="s">
         <x:v>1405</x:v>
       </x:c>
-      <x:c r="C343" s="0" t="s">
+      <x:c r="D343" s="0" t="s">
         <x:v>1406</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1407</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="N343" s="0" t="s">
         <x:v>1408</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1404</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:15">
       <x:c r="A344" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B344" s="1" t="s">
         <x:v>1409</x:v>
       </x:c>
-      <x:c r="B344" s="1" t="s">
+      <x:c r="C344" s="0" t="s">
         <x:v>1410</x:v>
       </x:c>
-      <x:c r="C344" s="0" t="s">
+      <x:c r="D344" s="0" t="s">
         <x:v>1411</x:v>
       </x:c>
-      <x:c r="D344" s="0" t="s">
+      <x:c r="E344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="G344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="I344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="J344" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="K344" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L344" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="M344" s="0" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="E344" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="N344" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="O344" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:15">
       <x:c r="A345" s="1" t="s">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N345" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:15">
       <x:c r="A346" s="1" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
@@ -23227,63 +23227,63 @@
       <x:c r="C347" s="0" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N347" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:15">
       <x:c r="A348" s="1" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
@@ -23368,157 +23368,157 @@
       <x:c r="C350" s="0" t="s">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>1436</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L350" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M350" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N350" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O350" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:15">
       <x:c r="A351" s="1" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>1439</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>1440</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:15">
       <x:c r="A352" s="1" t="s">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L352" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M352" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N352" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O352" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:15">
       <x:c r="A353" s="1" t="s">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
@@ -23838,107 +23838,107 @@
       <x:c r="C360" s="0" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L360" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M360" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N360" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O360" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:15">
       <x:c r="A361" s="1" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N361" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:15">
       <x:c r="A362" s="1" t="s">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
@@ -24214,201 +24214,201 @@
       <x:c r="C368" s="0" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L368" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M368" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N368" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O368" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:15">
       <x:c r="A369" s="1" t="s">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N369" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:15">
       <x:c r="A370" s="1" t="s">
         <x:v>1513</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
         <x:v>1514</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>1515</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>1516</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L370" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M370" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N370" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O370" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:15">
       <x:c r="A371" s="1" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N371" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:15">
       <x:c r="A372" s="1" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>1524</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
@@ -24754,98 +24754,98 @@
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N379" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:15">
       <x:c r="A380" s="1" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>1555</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L380" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M380" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N380" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O380" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:15">
       <x:c r="A381" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
@@ -25166,98 +25166,98 @@
       <x:c r="G388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L388" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M388" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N388" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O388" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:15">
       <x:c r="A389" s="1" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N389" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:15">
       <x:c r="A390" s="1" t="s">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
@@ -25624,107 +25624,107 @@
       <x:c r="C398" s="0" t="s">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L398" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M398" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N398" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O398" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:15">
       <x:c r="A399" s="1" t="s">
         <x:v>1628</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N399" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:15">
       <x:c r="A400" s="1" t="s">
         <x:v>1632</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>1634</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
@@ -26329,157 +26329,157 @@
       <x:c r="C413" s="0" t="s">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>1687</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N413" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:15">
       <x:c r="A414" s="1" t="s">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L414" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M414" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N414" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O414" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:15">
       <x:c r="A415" s="1" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>1694</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:15">
       <x:c r="A416" s="1" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
@@ -26623,51 +26623,51 @@
       <x:c r="G419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N419" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:15">
       <x:c r="A420" s="1" t="s">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>1715</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
@@ -27093,142 +27093,142 @@
       <x:c r="G429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N429" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:15">
       <x:c r="A430" s="1" t="s">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L430" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M430" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N430" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O430" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:15">
       <x:c r="A431" s="1" t="s">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N431" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:15">
       <x:c r="A432" s="1" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>1763</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
@@ -27251,128 +27251,128 @@
       </x:c>
       <x:c r="M432" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N432" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O432" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:15">
       <x:c r="A433" s="1" t="s">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="N433" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:15">
       <x:c r="A434" s="1" t="s">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
         <x:v>1769</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>1770</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L434" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="M434" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="N434" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="O434" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:15">
       <x:c r="A435" s="1" t="s">
         <x:v>1772</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
         <x:v>1773</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>1774</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>1775</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
@@ -27436,95 +27436,95 @@
       </x:c>
       <x:c r="L436" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M436" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N436" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O436" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:15">
       <x:c r="A437" s="1" t="s">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>1782</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N437" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:15">
       <x:c r="A438" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>1785</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>1786</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
@@ -27798,51 +27798,51 @@
       <x:c r="G444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L444" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M444" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N444" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O444" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:15">
       <x:c r="A445" s="1" t="s">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>1813</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>1814</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
@@ -28033,51 +28033,51 @@
       <x:c r="G449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:15">
       <x:c r="A450" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">