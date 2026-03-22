--- v2 (2026-02-03)
+++ v3 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f21c4e13e55443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fca1d81f197c41488b7dbf1103f7d39c.psmdcp" Id="R7da20b05f5574b07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R767cc472244b43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30034402517840a491b3813eac6899c4.psmdcp" Id="Ra6b20b902c194c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>
@@ -62,117 +62,117 @@
   <x:si>
     <x:t>ZZS volgens EU-POP Verordening</x:t>
   </x:si>
   <x:si>
     <x:t>Stofklasse voor luchtemissies</x:t>
   </x:si>
   <x:si>
     <x:t>Emissiegrenswaarde</x:t>
   </x:si>
   <x:si>
     <x:t>Datum toevoeging</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot1</x:t>
   </x:si>
   <x:si>
     <x:t>Voetnoot2</x:t>
   </x:si>
   <x:si>
     <x:t>64741-48-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-048-9</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">aardgas (aardolie), ruw vloeibaar mengsel </x:t>
+    <x:t>aardgas (aardolie), ruw vloeibaar mengsel</x:t>
   </x:si>
   <x:si>
     <x:t>natural gas (petroleum), raw liq. mix.</x:t>
   </x:si>
   <x:si>
     <x:t>Ja</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>2-12-2013</x:t>
   </x:si>
   <x:si>
     <x:t>De meeste aardolie- en steenkool derivaten zijn niet als ZZS opgenomen in bijlage III van het BAL. Alleen als deze producten minder dan 0,1 % aan ZZS componenten bevatten, kan stofklasse gO.2 worden aangehouden. Als er meer dan 0,1 % ZZS componenten aanwezig zijn, moet het product als ZZS worden beschouwd. Bij de aanwezigheid van vluchtige ZZS-componenten adviseren we de stofklasse MVP 2 te hanteren; bij de aanwezigheid van niet-vluchtige ZZS-componenten adviseren we de stofklasse MVP 1 te hanteren. Voor meer gedetailleerde criteria voor stoffen en mengsels met een ZZS-component zie: rvs.rivm.nl/stoffenlijsten/Zeer-Zorgwekkende-Stoffen/ZZS-in-mengels. Advies voor vergunningverlening voor mengsels en stoffen met ZZS-bestanddelen wordt gegeven op de website van het IPLO: https://iplo.nl/thema/zeer-zorgwekkende-stoffen-zzs/mengsels-zzs/</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (Einecs-nr. 200-753-7) bevat. Als de stof niet als kankerverwekkend wordt ingedeeld, gelden hiervoor minimaal de voorzorgsmaatregelen (P102-)P260-P262- P301 + P310-P331. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>68919-39-1</x:t>
   </x:si>
   <x:si>
     <x:t>272-896-3</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">aardgascondensaten </x:t>
+    <x:t>aardgascondensaten</x:t>
   </x:si>
   <x:si>
     <x:t>natural gas condensates</x:t>
   </x:si>
   <x:si>
     <x:t>64741-47-5</x:t>
   </x:si>
   <x:si>
     <x:t>265-047-3</x:t>
   </x:si>
   <x:si>
     <x:t>aardgascondensaten (aardolie)</x:t>
   </x:si>
   <x:si>
     <x:t>natural gas condensates (petroleum)</x:t>
   </x:si>
   <x:si>
     <x:t>8002-05-9</x:t>
   </x:si>
   <x:si>
     <x:t>232-298-5</x:t>
   </x:si>
   <x:si>
     <x:t>aardolie</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>92045-80-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-463-0</x:t>
   </x:si>
   <x:si>
-    <x:t>aardoliegassen vloeibaar gemaakt, stankvrij gemaakt, C4-fractie</x:t>
+    <x:t>aardoliegassen vloeibaar gemaakt, stankvrij gemaakt, c4-fractie</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum gases, liquefied, sweetened, C4 fraction</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) 1,3-butadieen (Einecs-nr. 203-450-8) bevat. Als de stof niet als kankerverwekkend of mutageen wordt ingedeeld, gelden hiervoor minimaal de voorzorgsmaatregelen (P102-)P210-P403. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>68514-79-4</x:t>
   </x:si>
   <x:si>
     <x:t>271-058-4</x:t>
   </x:si>
   <x:si>
     <x:t>aardolieproducten hydrofiner-powerformer-reformaten</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum products, hydrofiner-powerformer reformates</x:t>
   </x:si>
   <x:si>
     <x:t>68607-11-4</x:t>
   </x:si>
   <x:si>
     <x:t>271-750-6</x:t>
   </x:si>
@@ -254,159 +254,159 @@
   <x:si>
     <x:t>alkanen C3-4-, petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C3-4, petroleum gas</x:t>
   </x:si>
   <x:si>
     <x:t>68475-60-5</x:t>
   </x:si>
   <x:si>
     <x:t>270-654-1</x:t>
   </x:si>
   <x:si>
     <x:t>alkanen C4-5-, petroleumgas</x:t>
   </x:si>
   <x:si>
     <x:t>alkanes, C4-5, petroleum gas</x:t>
   </x:si>
   <x:si>
     <x:t>68131-49-7</x:t>
   </x:si>
   <x:si>
     <x:t>268-618-5</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C6-10-, met zuur behandeld geneutraliseerd</x:t>
+    <x:t>aromatische koolwaterstoffen c6-10-, met zuur behandeld geneutraliseerd nafta met laag kookpunt - niet gespecifieerd</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C6-10, acid-treated, neutralized, low boiling point naphtha - unspecified</x:t>
   </x:si>
   <x:si>
     <x:t>90989-41-6</x:t>
   </x:si>
   <x:si>
     <x:t>292-697-5</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C6-10, rijk aan C8</x:t>
+    <x:t>aromatische koolwaterstoffen c6-10, rijk aan c8, lichte olie, herdestillaat, laagkokende fractie</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C6-10, C8-rich</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend of mutageen te worden ingedeeld als kan worden aangetoond dat zij minder dan 0,1 % (g/g) benzeen (EINECS-nr. 200-753-7) bevat. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>68475-70-7</x:t>
   </x:si>
   <x:si>
     <x:t>270-658-3</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C6-8-, afkomstig van pyrolysaat van nafta-raffinaat</x:t>
+    <x:t>aromatische koolwaterstoffen c6-8-, afkomstig van pyrolysaat van nafta-raffinaat</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C6-8, naphtha-raffinate pyrolyzate-derived</x:t>
   </x:si>
   <x:si>
     <x:t>MVP 2</x:t>
   </x:si>
   <x:si>
     <x:t>1 mg/Nm3</x:t>
   </x:si>
   <x:si>
     <x:t>Dit aardolie- of steenkoolderivaat bevat een groot gehalte aan benzeen, daarom worden hier de stofklasse en emissiegrenswaarde van benzeen weergegeven.</x:t>
   </x:si>
   <x:si>
     <x:t>93571-75-6</x:t>
   </x:si>
   <x:si>
     <x:t>297-401-8</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C7-12-, rijk aan C8</x:t>
+    <x:t>aromatische koolwaterstoffen c7-12-, rijk aan c8</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C7-12, C8-rich</x:t>
   </x:si>
   <x:si>
     <x:t>90989-42-7</x:t>
   </x:si>
   <x:si>
     <x:t>292-698-0</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C7-8-, dealkyleringsproducten destillatieresiduen</x:t>
+    <x:t>aromatische koolwaterstoffen c7-8-, dealkyleringsproducten destillatieresiduen</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C7-8, dealkylation products, distn. residues</x:t>
   </x:si>
   <x:si>
     <x:t>90989-38-1</x:t>
   </x:si>
   <x:si>
     <x:t>292-694-9</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C8-</x:t>
+    <x:t>aromatische koolwaterstoffen c8-</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C8</x:t>
   </x:si>
   <x:si>
     <x:t>91995-18-5</x:t>
   </x:si>
   <x:si>
     <x:t>295-279-0</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C8-, afkomstig uit katalytische hervorming</x:t>
+    <x:t>aromatische koolwaterstoffen c8-, afkomstig uit katalytische hervorming</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C8, catalytic reforming-derived</x:t>
   </x:si>
   <x:si>
     <x:t>90989-39-2</x:t>
   </x:si>
   <x:si>
     <x:t>292-695-4</x:t>
   </x:si>
   <x:si>
-    <x:t>aromatische koolwaterstoffen C8-10</x:t>
+    <x:t>aromatische koolwaterstoffen c8-10</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C8-10</x:t>
   </x:si>
   <x:si>
     <x:t>91995-20-9</x:t>
   </x:si>
   <x:si>
     <x:t>295-281-1</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">aromatische koolwaterstoffen C8-9, bijproduct koolwaterstofhars-polymerisatie, </x:t>
+    <x:t>aromatische koolwaterstoffen c8-9, bijproduct koolwaterstofhars-polymerisatie</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">aromatic hydrocarbons, C8-9, hydrocarbon resin polymn. by-product, </x:t>
   </x:si>
   <x:si>
     <x:t>92062-36-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-551-9</x:t>
   </x:si>
   <x:si>
     <x:t>aromatische koolwaterstoffen C9-12, benzeendestillatie, lichte olie, herdestillaat, hoogkokende fractie</x:t>
   </x:si>
   <x:si>
     <x:t>aromatic hydrocarbons, C9-12, benzene distn., light oil redistillate, high boiling</x:t>
   </x:si>
   <x:si>
     <x:t>98072-36-7</x:t>
   </x:si>
   <x:si>
     <x:t>308-487-4</x:t>
   </x:si>
   <x:si>
     <x:t>aromatische koowaterstoffen, destillatie residue, rijk aan naftaleen</x:t>
   </x:si>
@@ -485,51 +485,51 @@
   <x:si>
     <x:t>benzine, natuurlijke</x:t>
   </x:si>
   <x:si>
     <x:t>gasoline, natural</x:t>
   </x:si>
   <x:si>
     <x:t>68606-10-0</x:t>
   </x:si>
   <x:si>
     <x:t>271-726-5</x:t>
   </x:si>
   <x:si>
     <x:t>benzine, pyrolyse, butaanverwijdering bodemfracties</x:t>
   </x:si>
   <x:si>
     <x:t>gasoline, pyrolysis, debutanizer bottoms</x:t>
   </x:si>
   <x:si>
     <x:t>94114-03-1</x:t>
   </x:si>
   <x:si>
     <x:t>302-639-3</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">benzine, pyrolyse, gehydrogeneerd, </x:t>
+    <x:t>benzine, pyrolyse, gehydrogeneerd,</x:t>
   </x:si>
   <x:si>
     <x:t>gasoline, pyrolysis, hydrogenated</x:t>
   </x:si>
   <x:si>
     <x:t>64742-67-2</x:t>
   </x:si>
   <x:si>
     <x:t>265-171-8</x:t>
   </x:si>
   <x:si>
     <x:t>bezinkselolie (aardolie)</x:t>
   </x:si>
   <x:si>
     <x:t>foots oil (petroleum)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">De stof hoeft volgens CLP niet als kankerverwekkend te worden ingedeeld als kan worden aangetoond dat zij minder dan 3 % Dmso-extract bevat, gemeten volgens IP 346 „Determination of polycyclic aromatics in unused lubricating base oils and asphaltene free petroleum fractions — Dimethyl sulphoxide extraction refractive index method”, Institute of Petroleum, Londen. De stof kan dan echter toch een ZZS zijn. Andere componenten erin kunnen bijvoorbeeld schadelijk zijn voor de voortplanting of PBT (Persistent, Bioaccumulerend én Toxisch) zijn. Om te concluderen dat de stof geen ZZS is moet duidelijk zijn dat het geen van deze componenten bevat.  </x:t>
   </x:si>
   <x:si>
     <x:t>97862-77-6</x:t>
   </x:si>
   <x:si>
     <x:t>308-127-6</x:t>
   </x:si>
@@ -2288,87 +2288,87 @@
   <x:si>
     <x:t>extracten (aardolie), zwaar paraffinehoudend destillaat oplosmiddel, met klei behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>extracts (petroleum), heavy paraffinic distillate solvent, clay-treated</x:t>
   </x:si>
   <x:si>
     <x:t>90641-08-0</x:t>
   </x:si>
   <x:si>
     <x:t>292-632-0</x:t>
   </x:si>
   <x:si>
     <x:t>extracten (aardolie), zwaar paraffinehoudend destillaat oplosmiddel, met waterstof behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>extracts (petroleum), heavy paraffinic distillate solvent, hydrotreated</x:t>
   </x:si>
   <x:si>
     <x:t>97926-43-7</x:t>
   </x:si>
   <x:si>
     <x:t>308-261-5</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">extracten (aardolie), zware naftaoplosmiddeL met klei behandeld </x:t>
+    <x:t>extracten (aardolie), zware naftaoplosmiddel met klei behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>extracts (petroleum) heavy naphtha solvent, clay-treated</x:t>
   </x:si>
   <x:si>
     <x:t>68814-89-1</x:t>
   </x:si>
   <x:si>
     <x:t>272-342-0</x:t>
   </x:si>
   <x:si>
     <x:t>extracten (aardolie), zware paraffinehoudende destillaten oplosmiddel-gedeasfalteerd</x:t>
   </x:si>
   <x:si>
     <x:t>extracts (petroleum), heavy paraffinic distillates, solvent-deasphalted</x:t>
   </x:si>
   <x:si>
     <x:t>122070-78-4</x:t>
   </x:si>
   <x:si>
     <x:t>310-169-5</x:t>
   </x:si>
   <x:si>
     <x:t>fenantreen destillatieresiduen</x:t>
   </x:si>
   <x:si>
     <x:t>phenanthrene, distn. residues</x:t>
   </x:si>
   <x:si>
     <x:t>84988-93-2</x:t>
   </x:si>
   <x:si>
     <x:t>284-881-9</x:t>
   </x:si>
   <x:si>
-    <x:t>fenolen ammoniakprocesvochtextract</x:t>
+    <x:t>fenolen ammoniakprocesvochtextract, alkalisch extract, (de verzameling fenolen die met isobutylacetaat worden geëxtraheerd uit het ammoniakprocesvocht dat wordt gecondenseerd uit het gas dat ontstaat bij de destructieve lage-temperatuur-destillatie (minder dan 700°c) van kool. bestaat voornamelijk uit een mengsel van een- en tweewaardige fenolen)</x:t>
   </x:si>
   <x:si>
     <x:t>phenols, ammonia liquor ext.</x:t>
   </x:si>
   <x:si>
     <x:t>64742-29-6</x:t>
   </x:si>
   <x:si>
     <x:t>265-129-9</x:t>
   </x:si>
   <x:si>
     <x:t>gasoliën (aardolie), chemisch geneutraliseerd</x:t>
   </x:si>
   <x:si>
     <x:t>gas oils (petroleum), chemically neutralized</x:t>
   </x:si>
   <x:si>
     <x:t>97926-59-5</x:t>
   </x:si>
   <x:si>
     <x:t>308-278-8</x:t>
   </x:si>
   <x:si>
     <x:t>gasoliën (aardolie), lichte vacuüm-, thermisch gekraakt met waterstof ontzwaveld</x:t>
   </x:si>
@@ -2672,51 +2672,51 @@
   <x:si>
     <x:t>gassen (aardolie), destillatie gasconcentratie-herabsorbeerder</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), gas concn. reabsorber distn.</x:t>
   </x:si>
   <x:si>
     <x:t>68919-05-1</x:t>
   </x:si>
   <x:si>
     <x:t>272-878-5</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), direct door fractionering verkregen lichte benzine, stabilisatoruitstoot</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), light straight run gasoline fractionation stabilizer off</x:t>
   </x:si>
   <x:si>
     <x:t>68955-34-0</x:t>
   </x:si>
   <x:si>
     <x:t>273-270-2</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">gassen (aardolie), direct door fractionering verkregen nafta, katalytische reformer, stabilisator-topproducten </x:t>
+    <x:t>gassen (aardolie), direct door fractionering verkregen nafta, katalytische reformer, stabilisator-topproducten</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), straight-run naphtha catalytic reformer stabilizer overhead</x:t>
   </x:si>
   <x:si>
     <x:t>68919-09-5</x:t>
   </x:si>
   <x:si>
     <x:t>272-882-7</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), direct door fractionering verkregen nafta, katalytische reforming, uitstoot</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), straight-run naphtha catalytic reforming off</x:t>
   </x:si>
   <x:si>
     <x:t>68919-10-8</x:t>
   </x:si>
   <x:si>
     <x:t>272-883-2</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), directe fractionering, stabilisatoruitstoot</x:t>
   </x:si>
@@ -2900,51 +2900,51 @@
   <x:si>
     <x:t>gassen (aardolie), katalytisch gepolymeriseerde nafta, stabilisator-topfractie, C2-4-rijk</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), catalytic polymd. naphtha stabilizer overhead, C2-4-rich</x:t>
   </x:si>
   <x:si>
     <x:t>68477-77-0</x:t>
   </x:si>
   <x:si>
     <x:t>270-759-2</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), katalytisch gereformde nafta, stripper-topproducten</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), catalytic reformed naphtha stripper overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68783-64-2</x:t>
   </x:si>
   <x:si>
     <x:t>272-203-4</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">gassen (aardolie), katalytisch kraken </x:t>
+    <x:t>gassen (aardolie), katalytisch kraken</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), catalytic cracking</x:t>
   </x:si>
   <x:si>
     <x:t>68477-74-7</x:t>
   </x:si>
   <x:si>
     <x:t>270-756-6</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), katalytische kraker</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), catalytic cracker</x:t>
   </x:si>
   <x:si>
     <x:t>68919-02-8</x:t>
   </x:si>
   <x:si>
     <x:t>272-874-3</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), katalytische kraker met wervelbed fractioneringsuitstoot</x:t>
   </x:si>
@@ -3227,51 +3227,51 @@
   <x:si>
     <x:t>gassen (aardolie), residu visbreaking uitstoot</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), residue visbaking off</x:t>
   </x:si>
   <x:si>
     <x:t>68989-88-8</x:t>
   </x:si>
   <x:si>
     <x:t>273-563-5</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), ruwe destillatie en katalytisch kraken</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), crude distn. and catalytic cracking</x:t>
   </x:si>
   <x:si>
     <x:t>68918-99-0</x:t>
   </x:si>
   <x:si>
     <x:t>272-871-7</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">gassen (aardolie), ruwe olie, fractioneringsuitstoot, </x:t>
+    <x:t>gassen (aardolie), ruwe olie, fractioneringsuitstoot,</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), crude oil fractionation off</x:t>
   </x:si>
   <x:si>
     <x:t>92045-19-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-401-2</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), stoomkraken van nafta, hogedruk-restgassen</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), naphtha steam cracking high-pressure residual</x:t>
   </x:si>
   <x:si>
     <x:t>92045-22-2</x:t>
   </x:si>
   <x:si>
     <x:t>295-404-9</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), stoomkraker, rijk aan C3</x:t>
   </x:si>
@@ -3359,51 +3359,51 @@
   <x:si>
     <x:t>gassen (aardolie), topproducten butaansplitter</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), butane splitter overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68477-86-1</x:t>
   </x:si>
   <x:si>
     <x:t>270-768-1</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), topproducten van ethaanverwijdering</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), deethanizer overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68477-87-2</x:t>
   </x:si>
   <x:si>
     <x:t>270-769-7</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">gassen (aardolie), topproducten van isobutaanverwijdering-toren </x:t>
+    <x:t>gassen (aardolie), topproducten van isobutaanverwijdering-toren</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), deisobutanizer tower overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68477-91-8</x:t>
   </x:si>
   <x:si>
     <x:t>270-773-9</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), topproducten van propaanverwijdering</x:t>
   </x:si>
   <x:si>
     <x:t>gases (petroleum), depropanizer overheads</x:t>
   </x:si>
   <x:si>
     <x:t>68513-15-5</x:t>
   </x:si>
   <x:si>
     <x:t>271-000-8</x:t>
   </x:si>
   <x:si>
     <x:t>gassen (aardolie), totaalfractie door directe fractionering verkregen nafta, uitstoot van hexaanverwijdering</x:t>
   </x:si>
@@ -4745,51 +4745,51 @@
   <x:si>
     <x:t>nafta (aardolie), met stoom gekraakte lichte fractie, waterstofbehandeld</x:t>
   </x:si>
   <x:si>
     <x:t>naphtha (petroleum), hydrotreated light steam-cracked</x:t>
   </x:si>
   <x:si>
     <x:t>92045-51-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-432-1</x:t>
   </x:si>
   <x:si>
     <x:t>nafta (aardolie), met stoom gekraakte zware fractie, gehydrogeneerd</x:t>
   </x:si>
   <x:si>
     <x:t>naphtha (petroleum), heavy steam-cracked, hydrogenated</x:t>
   </x:si>
   <x:si>
     <x:t>64742-15-0</x:t>
   </x:si>
   <x:si>
     <x:t>265-115-2</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">nafta (aardolie), met zuur behandeld </x:t>
+    <x:t>nafta (aardolie), met zuur behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>naphtha (petroleum), acid-treated</x:t>
   </x:si>
   <x:si>
     <x:t>68783-12-0</x:t>
   </x:si>
   <x:si>
     <x:t>272-186-3</x:t>
   </x:si>
   <x:si>
     <x:t>nafta (aardolie), niet stankvrij gemaakt</x:t>
   </x:si>
   <x:si>
     <x:t>naphtha (petroleum), unsweetened</x:t>
   </x:si>
   <x:si>
     <x:t>64741-84-0</x:t>
   </x:si>
   <x:si>
     <x:t>265-086-6</x:t>
   </x:si>
   <x:si>
     <x:t>nafta (aardolie), oplosmiddelgeraffineerde lichte</x:t>
   </x:si>
@@ -5444,108 +5444,108 @@
   <x:si>
     <x:t>85029-74-9</x:t>
   </x:si>
   <x:si>
     <x:t>285-098-5</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (aardolie), met alumina behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (petroleum), alumina-treated</x:t>
   </x:si>
   <x:si>
     <x:t>92045-77-7</x:t>
   </x:si>
   <x:si>
     <x:t>295-459-9</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (aardolie), met waterstof behandeld</x:t>
   </x:si>
   <x:si>
     <x:t>petrolatum (petroleum), hydrotreated</x:t>
   </x:si>
   <x:si>
+    <x:t>97722-19-5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>307-769-4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>petroleumgas, raffinaten (aardolie), stoomgekraakte c4-fractie, cuproammoniumacetaatextractie, c3-5- en c3-5-onverzadigd vrij van butadieen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>raffinates (petroleum), steam-cracked C4 fraction cuprous ammonium acetate extn., C3-5 and C3-5 unsatd., butadiene-free</x:t>
+  </x:si>
+  <x:si>
     <x:t>68476-85-7</x:t>
   </x:si>
   <x:si>
     <x:t>270-704-2</x:t>
   </x:si>
   <x:si>
     <x:t>petroleumgassen vloeibaar gemaakt</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum gases, liquefied</x:t>
   </x:si>
   <x:si>
     <x:t>68476-86-8</x:t>
   </x:si>
   <x:si>
     <x:t>270-705-8</x:t>
   </x:si>
   <x:si>
     <x:t>petroleumgassen vloeibaar gemaakt, stankvrij gemaakt</x:t>
   </x:si>
   <x:si>
     <x:t>petroleum gases, liquefied, sweetened</x:t>
   </x:si>
   <x:si>
     <x:t>68410-71-9</x:t>
   </x:si>
   <x:si>
     <x:t>270-088-5</x:t>
   </x:si>
   <x:si>
     <x:t>raffinaten (aardolie), katalytische reformer, ethyleenglycol-water-tegenstroomextractie</x:t>
   </x:si>
   <x:si>
     <x:t>raffinates (petroleum), catalytic reformer ethylene glycol-water countercurrent exts.</x:t>
   </x:si>
   <x:si>
     <x:t>68425-35-4</x:t>
   </x:si>
   <x:si>
     <x:t>270-349-3</x:t>
   </x:si>
   <x:si>
     <x:t>raffinaten (aardolie), reformer, Lurgi-afscheider</x:t>
   </x:si>
   <x:si>
     <x:t>raffinates (petroleum), reformer, Lurgi unit-sepd.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>raffinates (petroleum), steam-cracked C4 fraction cuprous ammonium acetate extn., C3-5 and C3-5 unsatd., butadiene-free</x:t>
   </x:si>
   <x:si>
     <x:t>68607-30-7</x:t>
   </x:si>
   <x:si>
     <x:t>271-763-7</x:t>
   </x:si>
   <x:si>
     <x:t>residuen (aardolie), aftopinrichting, laag zwavelgehalte</x:t>
   </x:si>
   <x:si>
     <x:t>residues (petroleum), topping plant, low-sulfur</x:t>
   </x:si>
   <x:si>
     <x:t>68513-66-6</x:t>
   </x:si>
   <x:si>
     <x:t>271-010-2</x:t>
   </x:si>
   <x:si>
     <x:t>residuen (aardolie), alkyleringssplitter, C4-rijk</x:t>
   </x:si>
   <x:si>
     <x:t>residues (petroleum), alkylation splitter, C4-rich</x:t>
   </x:si>
@@ -27939,51 +27939,51 @@
       <x:c r="G447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N447" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:15">
       <x:c r="A448" s="1" t="s">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
         <x:v>1824</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
@@ -28033,51 +28033,51 @@
       <x:c r="G449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:15">
       <x:c r="A450" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">