--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d26ebd83e74f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a834d71475214b6ab26d907a7d62c4ce.psmdcp" Id="R7c7c49930642416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7873e02f5c044a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/554a3f115de64fc586d7ce4be8dc271a.psmdcp" Id="R379a96a74e6a482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>