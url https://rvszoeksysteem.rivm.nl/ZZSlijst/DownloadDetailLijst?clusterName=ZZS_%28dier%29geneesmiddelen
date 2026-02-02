--- v1 (2025-12-03)
+++ v2 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7873e02f5c044a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/554a3f115de64fc586d7ce4be8dc271a.psmdcp" Id="R379a96a74e6a482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b4a8d7742f4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e4117acc27441318a40019ef7b4c2ea.psmdcp" Id="R2e54b0bbd2f24f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>