--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b4a8d7742f4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e4117acc27441318a40019ef7b4c2ea.psmdcp" Id="R2e54b0bbd2f24f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb361440b9f8e4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a871182742e4b87a5ddd9f9b715baf2.psmdcp" Id="R172a14a8da504cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CAS-nummer</x:t>
   </x:si>
   <x:si>
     <x:t>EG-nummer</x:t>
   </x:si>
   <x:si>